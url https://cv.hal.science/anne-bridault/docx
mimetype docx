--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Bridault </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6505-1763</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">147065208</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/F-4939-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropogenic Events and Their Impact on Species' Genomic Diversity: A Case Study from the Natufian Period to Recent Times in Hula Valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ksenia Juravel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael C. Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gila Kahila Bar-Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMBE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, BeiJing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Of rodents and men: Zooarchaeological and paleogenomic perspectives on rodenthuman- pathogen interactions in France over 10,000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Daly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ICAZ AGPM Working Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deer hunting during the Mesolithic at Les Cabônes rockshelter (Jura, France): insights from dental remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malo Trémolières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Roe deer (Capreolus capreolus) during the Late-Glacial : a high resolution study of hunting strategies and habitat change at la Fru (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIè Congrès mondial UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (55)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois concentrations contiguës de vestiges beuroniens sur le site de Warluis IV (Oise).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Guéret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Seignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1-2, pp.91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles données sur l’enregistrement sédimentaire tardiglaciaire-holocène et les occupations préhistoriques dans la vallée de la Selle (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1-2, pp.5-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4500 years of morphological diversification in Western Europe wild boars (Sus scrofa) and the consequences of the Neolithic transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Harbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Neaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Balasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Garbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 309, pp.108100. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2023.108100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04096957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone aerophones from Eynan-Mallaha (Israel) indicate imitation of raptor calls by the last hunter-gatherers in the Levant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Davin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Miguel Tejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tal Simmons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Shaham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.8709. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-35700-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04192476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic Freshwater Fishing: A Zooarchaeological Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Frontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (1), pp.739-764. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/opar-2022-0254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03806418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic Freshwater Fishing: A Zooarchaeological Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Frontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (1), pp.739-764. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/opar-2022-0254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bones geometric morphometrics illustrate 10th millennium cal. BP domestication of autochthonous Cypriot wild boar (Sus scrofa circeus nov. ssp)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriale Domont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Harbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Alcàntara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-90933-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246314v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The anurans and squamates assemblage from Final Natufian Eynan (Ain Mallaha, Israel) with an emphasis on snake-human interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Biton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Bailon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Birkenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (2), pp.e0247283. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0247283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03153676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonality of the Final Natufian occupation at Eynan/Ain Mallaha (Israel): an approach combining dental ageing, mesowear and microwear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rivals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (10), </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01190-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des implantations du Mésolithique ancien dans la vallée du Thérain à Warluis VII (Oise)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Seignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 3/4, pp.5-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03077761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and human subsistence in Northern France at the Late Glacial to early Holocene transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Baumann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (8), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01149-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and human subsistence in Northern France at the Late Glacial to early Holocene transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Valentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (8), pp.194. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01149-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the exploitation pattern of a newly established species, the case of the Late-Glacial roe deer (Capreolus capreolus) at La Fru (Savoie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Pion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (9), pp.229. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01168-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02928527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archéozoologues face à l'économie : esquisse d'une question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Frère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les archéologues face à l'économie, HS (5), pp.133-139. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeopages.9664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre zone marécageuse et collines steppiques : l'exploitation des ressources animales à Ain Mallaha (Eynan) (Haute vallée du Jourdain) à la fin du Pléistocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bourgogne-Franche-Comté Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Zones humides et archéologie. Actes du VIè colloque international du Groupe d'Histoire des Zones Humides, Hors série (16), pp.218-229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding of trout (Salmo cf. trutta) in the Northern Jordan Valley (Israel) at the end of the Pleistocene: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Biton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Prevost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (18), pp.59-64. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01850067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen isotopes in Quaternary mammal collagen from Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darren Gröcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Sauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mietje Germonpré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.12-16. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2016.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une concentration singulière de vestiges mésolithiques à Herchies dans l'Oise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1/2, pp.69-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The First Mesolithic in the French Alps: New data from La Grande Rivoire rockshelter (Vercors range, Isère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Angelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Léopold Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Chesnaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 423, pp.193-212. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2015.06.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of X-ray irradiation on ancient DNA in sub-fossil bones - Guidelines for safe X-ray imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Immel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Bonazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Herbig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heiko Temming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, 14 p. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep32969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem and human responses to palaeoclimate changes in the Jura Mountains between 40 and 8 ka cal BP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Magny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bégeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 378, pp.40-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01117994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in ecosystems, climate and societies in the Jura Mountains between 40 and 8 ka cal BP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Magny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bégeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Volume 378 (18 August 2015), pp.40-72. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2014.05.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01294941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementoblastoma in a red deer (Cervus elaphus) from the Late Pleistocene of Rochedane, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uwe Kierdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Witzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Kierdorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8, pp.42-47. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2014.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild boar ( Sus scrofa scrofa ) hunting and exploitation strategies during the Mesolithic at Les Cabônes (Ranchot Jura, France), layer 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2, pp.473-484. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2015.05.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01684601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental development pathology in wild artiodactyls: Two prehistoric case studies from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.53-58. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2013.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The last of its kind? Radiocarbon, ancient DNA and stable isotope evidence from a late cave bear (Ursus spelaeus ROSENMÜLLER, 1794) from Rochedane (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Hofreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne C. Münzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 339-340, pp.179-188. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2013.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une concentration de vestiges caractéristiques du Beuronien à segments : le gisement de Warluis I (Oise).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1-2, pp.1-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dog's life: Multiple trauma and potential abuse in a medieval dog from Guimps (Charente, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Wardius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (1), pp.39-47. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2013.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports et limites de l’étude des vestiges fauniques à la caractérisation d’un site mésolithique de plein air à Paris : « 62 rue Henry-Farman » (15e arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (2), pp.257-280. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2013.14260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un important site mésolithique dans le Nord – Pas-de-Calais : La Mort à Beaurainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Routier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (1), pp.130 - 133. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2013.14236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental context of the Magdalenian settlement in the Jura Mountains using stable isotope tracking (13C, 15N, 34S) of bone collagen from reindeer (Rangifer tarandus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. G Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 272-273, pp.322-332. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2012.05.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00822563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotopic evidence for dietary ecology of cave lion (Panthera spelaea) in North-Western Europe: Prey choice, competition and implications for extinction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas J. Conard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 245 (2), pp.249-261. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2011.02.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of habitat and environment of red deer (Cervus elaphus) during the Lateglacial and early Holocene in eastern France using stable isotope composition ( d13C, d15N, d18O) of archaeological bones.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hujic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Bocherens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 245, pp.268-278. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2011.07.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONTEXTE GÉOMORPHOLOGIQUE, CHRONOSTRATIGRAPHIQUE ET PALÉOENVIRONNEMENTAL DES SITES MÉSOLITHIQUES ET PALÉOLITHIQUES DE WARLUIS DANS LA VALLÉE DU THÉRAIN (OISE, FRANCE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 21 (4), pp.357-384. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.5702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chasser au Mésolithique. L'apport des sites de vallées du quart nord-est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Séara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28, pp.26-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone stable isotopic signatures (15N, 18O) as tracers of temperature variation during the Late-glacial and early Holocene: case study on red deer Cervus elaphus from Rochedane (Jura, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Iacumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44 (5), pp.593-604. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/gj.1170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can carbon-13 in large herbivores reflect the canopy effect in temperate and boreal ecosystems? Evidence from modern and ancient ungulates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keith A Hobson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elwira Szuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 266 (1-2), pp.69-82. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2008.03.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles de Ain Mallaha (Eynan) de 2003 à 2005: Quatrième rapport préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Valladas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kaltnecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Bocquentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Israel prehistoric society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37, pp.135-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles de Mallaha en 2000 et 2001: 3ème rapport préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Valladas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Tisnerat-Laborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Samuelian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Israel prehistoric society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 34, pp.49-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon and nitrogen isotopic composition of red deer (Cervus elaphus) collagen as a tool for tracking palaeoenvironmental change during the Late-Glacial and Early Holocene in the northern Jura (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Billiou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 195 (3-4), pp.375 - 388. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0031-0182(03)00366-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mésolithique moyen et «Néolithique ancien» sur le Causse de Séverac. Aperçu sur quelques résultats des fouilles 1997-2002 au Clos de Poujol: Campagnac.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Heinz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Théry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'archéologie aveyronnaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 17 (33-45)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléments de réflexion sur la question du contrôle des ressources dans les sociétés de chasseurs cueilleurs de la préhistoire récente.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 3, pp.21-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande faune chassée à la fin du Tardiglaciaire dans le Nord de la France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, II, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les économies de chasse de la fin du paléolithique à la fin du mésolithique en Europe nord-occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild boar - age at death estimates : the relevance of new modern data for archaeological skeletal material. 1. Presentation on the corpus. Dental and epiphyseal fusion ages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Horard Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pellé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 31, pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01672033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild boar - age at death estimates : the relevance of new modern data for archaeological skeletal material. 2. shaft growth in length and breadth. Archeological application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Horard Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pellé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 31, pp.19-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01672035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bâtiment du groupe Villeneuve-Saint-Germain de Rueil-Malmaison « rue Marollet » (Hauts-de-Seine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Le Coz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 97 (3), pp.419-431. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2000.11130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques données sur les occupations du Clos du Poujol (Aveyron)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 94 (1), pp.51-60. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.1997.10633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche archéozoologique des économies de chasse épipaléolithiques et mésolithiques dans le Nord et l'Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 19, pp.97-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chasseurs de chevaux de Marolles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Valentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, hors série (3), pp.22-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les économies de chasse épipaléolithiques et mésolithiques dans le Nord et l'Est de la France : nouvelles analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 19, pp.55-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations magdaléniennes en Bassée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Rieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Groupement archéologique de Seine-et-Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 32-34, pp.289-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The status of Elk during the Mesolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 16, pp.151-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles données sur l'exploitation des animaux sauvages de l'Epipaléolithique au Mésolithique final dans les Alpes du Nord et le Jura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preistoria Alpina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 28, pp.115-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un gisement mésolithique exceptionnel dans le Nord de la France : Le Petit Marais de la Chaussée-Tirancourt (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ducrocq Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-Valentin Munaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 88 (9), pp.272-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amiens - Rue Lecocq et Rue Dejean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jagerschmidt-Séguin, A.; Paris, C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Somme des Préhistoires. Un territoire, notre histoire, (cat. expo. Musée de Picardie, Amiens, mars - nov. 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Snoeck, pp.205-207, 2024, 9789461618719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état de référence. Un mythe écologique à déconstruire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dournel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Valette; Albane Burens; Laurent Carozza; Cristian Micu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géohistoire des zones humides. Trajectoires d'artificialisation et de conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Midi, pp.167-185, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chaussée-Tirancourt, site du &amp;quot;PetitMarais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jagerschmidt-Séguin, A.; Paris, C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Somme des Préhistoires. Un territoire, notre histoire, (cat. expo. Musée de Picardie, Amiens, mars - nov. 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Snoeck, pp.200-203, 2024, 9789461618719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cortège de faune au Mésolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jagerschmidt-Séguin, A.; Paris, C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Somme des Préhistoires. Un territoire, notre histoire. (cat. expo. Musée de Picardie, Amiens, mars - nov. 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Snoeck, pp.133-135, 2024, 9789461618719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les outils et les parures en matière osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Sidéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Legrand-Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Oboukhoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Garmond; Isabelle Sidéra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’émergence du Chasséen en question. Les enceintes de Beaumont « le Crot aux Moines »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-184, 2024, Ensemble, 978-2-84016-539-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04350537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune au Tardiglaciaire dans l’Arc jurassien : recomposition et expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magny, M. et Richard, H. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du climat dans les montagnes du Jura. Ecosystèmes et sociétés face à un avenir incertain.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Belle Etoile, pp.72-74, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vestiges fauniques : modalités de traitement du gibier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Souffi, B. (Dir). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine : Le site de la rue Farman à Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inrap. CNRS Éditions (Recherches archéologiques 24), pp.71-83, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance des maladies contagieuses du bétail : le cas des dépôts bovins altomédiévaux de la Porte de Bourgogne (Franche-Comté) et de l’Ajoie (Jura suisse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Putelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Guintard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clément, F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épidémies, épizooties. Des représentations anciennes aux approches actuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de rennes, pp.195-252, 2017, 9782753555402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eynan (Ain Mallaha)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Samuelian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Bocquentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enzel, Y. and Bar-Yosef, O. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary of the Levant. Environments, climate change, and humans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.295-302, 2017, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781316106754.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques en bord de Seine : le site du 62 rue Henry-Farman à Paris (15e arrondissement) : organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentin, Boris ; Souffi, Bénédicte ; Ducrocq, Thierry ; Fagnart, Jean-Pierre ; Séara, Frédéric ; Verjux, Christian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du mésolithique recherches sur les habitats de plein air entre Loire et Neckar: actes de la table ronde internationale de Paris, 26 et 27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société préhistorique française, pp.13-36, 2013, Mémoires de la Société Préhistorique française, 978-2-913745-49-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Final Natufian Structure 215-228 at Mallaha (Eynan), Israel: An Attempt at Spatial Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Samuelian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bar-Yosef, O. et Valla, F.R. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natufian foragers in the Levant.Terminal Pleistocene Social Changes in Western Asia </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.146-171, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Bostyn &amp; F. Séara. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations de plein air mésolithiques et néolithiques : Le site de la Presle à Lhéry dans la Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Travaux 10, Société Préhistorique Française, pp.56-57, 2011, Occupations de plein air mésolithiques et néolithiques : Le site de la Presle à Lhéry dans la Marne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of total animal exploitation : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Chauvière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Fontana, F.-X Chauvière &amp; A. Bridault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In search of Total Animal Exploitation. Case Studies from the Upper Palaeolithic and Mesolithic.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 42, pp.1-3, 2009, British archaeological Reports - International Series 2040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in : Jean-Paul Demoule (dir.) Des milieux et des hommes : méthodes d'étude en archéologies environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Ayala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'archéologie préventive dans le monde. Apport de l'archéologie préventive à la connaissance du passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La découverte, pp.117-130, 2007, Collection "Recherches", 978-2-7071-5212-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un siècle d'étude des vestiges fauniques dans les publications de la Société préhistoriques française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siècle de construction du discours scientifique en préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Société préhistorique française, pp.241-249, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00173620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement des variations environnementales par les faunes chassées dans les zones de moyenne montagne d'Europe occidentale, au Tardiglaciaire et au début de l’Holocène.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marylène Patou-Mathis; Hervé Bocherens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le rôle de l'environnement dans les comportements des chasseurs-cueilleurs préhistoriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1105, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BAR Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-65, 2003, 9781841714837</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01858929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l'archéozoologie à la caracterisation des modalités d'occupation des sites alpins et jurassiens, de l'épipaleolithique au néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Europe des derniers chasseurs : épipaléolithique et mésolithique : actes du 5e Colloque international UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du CTHS, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des spectres fauniques aux ressources locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Julien &amp; J.-L. Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien, MSH (DAF), pp.45-47, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un ours captif dans le Mésolithique récent de la Grande Rivoire (Isère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Thévenin et P. Bintz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Europe des derniers chasseurs : Épipaléolithique et Mésolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CTHS, pp.559-562, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la répartition spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Boris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Julien &amp; J.-L. Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH (DAF), pp.132-155, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chasse et le traitement des animaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michèle Julien; Jean-Luc Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Maison des sciences de l’homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-64, 1999, Documents d'archéologie française, 9782735108008. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.45955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02984966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches récentes sur l'exploitation des animaux sauvages au Mésolithique dans les Alpes du Nord et le Jura.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mésolithique entre Rhin et Méditerranée. Actes de la table ronde de Chambéry.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADRAS/DRAC Rhône-Alpes, pp.27-29, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte &amp;quot;à la peinture&amp;quot; à Larchant (Seine-et-Marne), lieu-dit Les Dégoûtants à Ratard. La faune (Mésolithique, Bronze final et Gallo-Romain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bautista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association d'Etudes préhistoriques et protohistoriques de Champagne-Ardenne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Préhistoire et protohistoire en Champagne Ardenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état de référence. Un mythe à déconstruire?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dournel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géohistoire des zones humides. Trajectoires d'artificialisation et de conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Tulcea, Roumanie. pp.167-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman and micromorphological characterization of carbonates in plaster-like materials from the Natufian site of Eynan (Ain Mallaha), Israel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Ess Ebar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Iannucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Grassini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMEKO TC-4 International Conference on Metrology for Archaeology and Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Csenza, Italy. pp.17-22, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21014/tc4-ARC-2022.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of freshwater fishing during the Mesolithic in France: an overview.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une anthropologie de la pêche : études de cas en préhistoire / Towards an anthropology of fishing: case studies in prehistory. Journée internationale du projet collectif ANIMA de l'UMR 7041 ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The last Hunters-gatherers of the Somme and neighbouring peat valleys: method of study, settlement and taphonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vallées de Préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Vallée du Jabron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La domestication du porc (Sus scrofa domesticus) à l’épreuve des indices archéo-zoo-génét-iques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva-María Geigl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANF ARCHEOMIQUES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03910775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A season in Tutchone Indian Country (Yukon, Canada): an insight into fishing camps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une anthropologie de la pêche : études de cas en préhistoire / Towards an anthropology of fishing: case studies in prehistory. Journée internationale du Projet collectif ANIMA de l'UMR 7041 ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman and micromorphological characterization of carbonates in plaster-like materials from the Natufian site of Eynan (Ain Mallaha), Israel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Es Sebar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Iannucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Grassini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IMEKO TC-4 International Conference on Metrology for Archaeology and Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Cosenza, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bones geometric morphometrics illustrate 10th millennium cal. BP domestication of autochthonous Cypriot wild boar (Sus scrofa circeus nov. ssp)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriale Daumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Harbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Guidez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ungulates paleodiet and seasonality in the Final Natufian assemblage from Eynan/Mallaha (Northern Jordan Valley, Israel)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rivals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François R Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62nd Annual Meeting of Hugo Obermaier Society for Quaternary Research and Archaeology of the Stone Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zooarchaeological evidence for freshwater fish exploitation during the Mesolithic: a case study from the Doubs catchment basin (Jura, Eastern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Frontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les zones humides. Une protection contre-nature ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dournel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la réserve intégrale à la nature ordinaire. Les figures changeantes de la protection de la nature (XIXe–XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour l'histoire de la la protection de la nature et de l’environnement; Archives nationales; Ministère de la Transition écologique; Ministère de la Cohésion des territoires, Sep 2020, Pierrefitte-sur-Seine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the brink of cultural change: Animal resource procurement and use in the final Mesolithic at &amp;quot;Tivoli&amp;quot; Place Saint Lambert, Liège (Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the Final Mesolithic of Belgium : The Mammal remains at &amp;quot;Tivoli&amp;quot; Place-Saint-Lambert, Liège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. Jahrestagung der Arbeitsgemeinschaft Mesolithikum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Tuebingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating wild game exploitation during the Final Natufian at Eynan / Ain Mallaha : contribution of the macro mammal remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASWA[AA] XIVth International meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démographie et dynamique d'expansion territoriale des populations animales en Eurasie tempérée après le Dernier Maximum Glaciaire : un état de la question. Journée d'étude organisée par Fabrice Guizard.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoodémographie historique. Pour une histoire du peuplement animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation des ressources animales et modes d'occupation durant le Natoufien final à Eynan/Ain Mallaha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les processus de Néolithisation au Levant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal exploitation and hunting strategies in a changing environment during the Late-Glacial in the French Jura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIè Congrès mondial UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and subsistance in Northern France during the Late Glacial and Early Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIè Congrès mondial UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exploitation of animal resources at Ain Mallaha / Eynan (Hula Valley - Upper Jordan Valley) during the Late Pleistocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zones humides et archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bibracte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Magdalénien de la grotte Grappin à Arlay (Jura). 1913 - 2013 : bilan d'un siècle de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SPF " L'Essor du Magdalénien"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Besançon et Arlay, France. sous presse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01022937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précisions sur les fonctions d'une occupation entre Paléolithique final et Mésolithique : réexamen de la faune de Belloy-surSomme (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Fagnart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions, ruptures et cotinuité en Préhistoire XXVIIe Congrès Préhistorique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Bordeaux-Les Eyzies, France. pp.519-526</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic occupations on the edge of the Seine. Spatial organisation and function of the site of 62 rue Henry Farman, Paris (15th arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du Mésolithique : recherches sur les habitats de plein air entre Loire et Neckar/ Actes de la table ronde de Paris, 27-27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.16-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des squelettes animaux et connaissance des maladies du bétail au premier Moyen Âge : les bovins de la Porte de Bourgogne (Franche-Comté) et de l’Ajoie (Jura suisse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Putelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Guintard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé et environnement : un état des lieux de la recherche historique. Publication des Journées d’étude du RUCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site ‘62, rue H. Farman’, organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde Internationale Palethnographie du Mésolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Souffi, Nov 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic site of Paris ‘rue Henry-Farman’ (France): first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Arias, Sep 2010, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur la recomposition des spectres fauniques dans le massif jurassien et les Alpes françaises du nord durant le Tardiglaciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du Paléolithique supérieur dans les Alpes du nord françaises et le Jura méridional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Chambéry, France. p.60-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matter and Material: Red Deer antler exploitation during the Mesolithic at Clos de Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVth UISPP Congress, Session C61, Lisbon, 4-9 September 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resources for equipment or raw material? The case of cervids antler remains from the Mesolithic cave of the Clos-de-Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th UISPP Congress - 4/C61-Animal exploitation by prehistoric hunter societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Fontana; F.-X. Chauvière, Sep 2006, Lisbonne, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le gisement mésolithique de Warluis (Oise) : approche préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le début du Mésolithique en Europe du Nord-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Amiens, France. pp.85-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02573495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human activities, site location and taphonomic process: a relevant combination for understanding the fauna of Eynan (Ain Mallaha), level Ib (final Natufian, Israel)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tal Simmons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth international Symposium on the Archaeozoology of southwestern Asia and adjacent areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon, France. pp.99-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité de l’impact climatique sur les biocénoses de milieux fluviaux à la transition Tardiglaciaire/Holocène dans le nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde en l’honneur du Professeur René Neboit-Guilhot: "L’érosion entre société, climat et paléoenvironnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Clermont-Ferrand, France. pp.73-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01673483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement global, biodiversité animale et sociétés humaines dans la moitié nord de la France depuis 16000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversité et changement global Réponses adaptatives au changement global : résultats et prospective IFB - GICC Colloque de restitution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement végétal et climatique des sociétés magdaléniennes et épipaléolithiques dans les Alpes du Nord françaises et le Jura méridional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bégeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Marrocchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Birringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement et peuplement de la moyenne montagne du Tardiglaciaire à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Pierrefort, France. pp.19-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00112557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des milieux et des hommes : méthodes d’études en archéologies environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Ayala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt ans d'archéologie préventive dans le monde, Apports de l'archéologie préventive à la connaissance du passé. Colloque international organisé par l'Inrap et la Bibliothèque nationale de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAP/BNF, Sep 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01256641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des grands mammifères en France aux deux derniers extrêmes climatiques (18 Ka et 8 Ka).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Guadelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème Congrès UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Liège, Belgique. pp.39-48, 2 fig., 1 tab</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00197619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité animale à la transition Tardiglaciaire-Holocène, marqueur des changements et témoin des pratiques humaines.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.G. Drucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversité et changement global : dynamique des interactions. Actes des Deuxièmes Journées de l'Institut Français de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFB, 2004, Marseille, France. pp.73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01858887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exploitation du cheval à la fin du Tardiglaciaire dans le Bassin parisien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès du l'UISPP- Mode de Vie au Magdalénien: Apports de l 'Archéozoologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Liège, Belgique. pp.33-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruptures et équilibres dans les faunes à la fin du Pléistocène et durant l’Holocène ancien en Europe occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruptures et Equilibres dans les écosystèmes depuis les 20 derniers millénaires en Europe de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Besançon, France. pp.53-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position chronologique du renne (Rangifer tarandus L.) à la fin du Tardiglaciaire dans les Alpes française du nord et le Jura méridional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Oberlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thiébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde de Chambéry </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadening and diversification of hunted resources, from the Late Palaeolithic to the Late Mesolithic, in the North and East of France and the bordering areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference for Archaeozoology, ICAZ.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Constance, France. pp.295-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites magdaléniens de Marolles-sur-Seine : Le Tureau des Gardes et le Grand Canton (Seine-et-Marne).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Rieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Paléolithique supérieur de l’Est de la France : de l’Aurignacien à l’Ahrensbourgien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Chaumont, France. pp.119-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chasseurs, ressources animales et milieux dans le nord de la France de la fin du Paléolithique à la fin du Mésolithique : problématique et état de la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">119è Congrès National des Sociétés Historiques et Scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème de l'exploitation du gibier au Tureau des Gardes (Marolles-sur-Seine, Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléolithique supérieur et Epipaléolithique dans le Nord-Est de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Dijon, France. pp.141-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fragmentation osseuse : modèle d'analyse pour les séries mésolithiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème table ronde taphonomie/bone modification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visibilité d'un camp de pêche indien en terme de vestiges osseux : ethnoarchéologie en pays Tutchone (Yukon, Canada)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème table ronde taphonomie/bone modificatio </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Patou-Mathis, M., 1991, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine. Le site de la rue Farman à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Chesnaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 302 p., 2023, Recherches archéologiques 24, 978-2-271-14816-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of total animal exploitation - case studies from the Upper Palaeolithic and Mesolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Chauvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John and Erica Hedges Ltd, pp.154, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00447101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCR Occupation et exploitation de la haute vallée du Doubs dans la longue durée – Rapport d’opération archéologique, année 2023. Vol. 2.1., Axe I, Roche-au-Castor, sondages archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Houmard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Conche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Bourgogne Franche-Comté; UMR 6249 CNRS Chrono-environnement. 2023, 67 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grotte à la Peinture à Larchant (Seine-et-Marne) : analyse des restes fauniques issus de la campagne 2021 In Rapport de fouilles programmées 2021. Site des Dégoutants à Ratard1 dit &amp;quot;Grotte à la Peinture&amp;quot;. Larchant (Seine-et-Marne) Forêt domaniale de la commanderie. Guéret, C. & Cantin, A. (dir.).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Ile-de-France. 2022, Annexe 2 (11 p.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03627964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">60-65 rue Robert Lecoq – Amiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Boulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRAP (Rapport de diagnostic). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03458745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hauts-de-France (Oise). Rochy-Condé et Warluis. Carrière de sables et de graviers. Secteur A, tranche2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport de diagnostic). 2021, 68p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05005018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la faune du Diagnostic Amiens 2020- 65 rue Lecoq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2020, 11 p., 1 fig., 1 tabl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact anthropique dans le nord de la vallée du Jourdain (Vallée du Houleh) d’après les indicateurs archéologiques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2020, pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des restes de faune. In Ducrocq, T & Coutard, S. Hauts-de-France, Oise, Déviation de Magneville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport de diagnostic). 2019, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hauts-de-France - Somme, 14 rue Colbert Amiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport de diagnostic). 2019, 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact anthropique dans le nord de la vallée du Jourdain (Vallée du Houleh) d’après les indicateurs archéologiques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2019, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact anthropique dans le nord de la vallée du Jourdain (Vallée du Houleh) d’après les indicateurs archéologiques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2018, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande faune du site Amiens la vallée Ilot CTM (diagnostic INRAP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">cnrs - Arscan. 2014, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Grande faune des Niveaux inférieurs du Mésolithique moyen. In P.-Y. Nicod, R. Picavet et contributeurs, Fouille Archéologique de la Grande Rivoire à Sassenage (Isère). Rapport de fouille 2012-2014.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2014, pp.109-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléolithique final et Mésolithique dans la vallée du Thérain: le gisement de Warluis VII (Oise, Picardie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRAP (Rapport final d'opération). 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03457986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liège -7000 ans, les derniers chasseurs préhistoriques de Wallonie. Archéologie du Mésolithique et Expérimentation. Rapport d’études préliminaires des zones 19 et 20 des fouilles de Tivoli et expérimentations (trophée de cerf, béquille abdominale pour la taille par pression). France: Éva David (dir.), Fanny Bastien (éd.), Maison Archéologie Ethnologie Prod. / CNRS / Service Public de Wallonie (SPW) / coll. Préhistosite de Ramioul & CETREP. DVD 5 PAL, Toutes zones, Couleur, Format 16/9, Français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre van Der Sloot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Léotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Casseyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Maingeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéoforum de Liège. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vestiges en matières dures d'origine animale du Clos-de-Poujol (Aveyron). État de l'avancement des travaux et perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DRAC Midi-Pyrénées; Fouilles programmées triennales 2001-2003 - Missions Marc Boboeuf. 2003, pp.69-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-glacial human subsistence and settlement patterns: insights from bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Boethius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, pp.138, 2022, </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-022-01600-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse archéozoologique de la grande faune du Closeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Closeau, Rueil-Malmaison : Document Final de Synthèse de diagnostic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.66-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02984954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId367"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Bridault </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6505-1763</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">147065208</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/F-4939-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropogenic Events and Their Impact on Species' Genomic Diversity: A Case Study from the Natufian Period to Recent Times in Hula Valley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ksenia Juravel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael C. Dean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gila Kahila Bar-Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMBE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, BeiJing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Of rodents and men: Zooarchaeological and paleogenomic perspectives on rodenthuman- pathogen interactions in France over 10,000 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Jono</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Daly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ICAZ AGPM Working Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deer hunting during the Mesolithic at Les Cabônes rockshelter (Jura, France): insights from dental remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malo Trémolières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Roe deer (Capreolus capreolus) during the Late-Glacial : a high resolution study of hunting strategies and habitat change at la Fru (France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIè Congrès mondial UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (55)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois concentrations contiguës de vestiges beuroniens sur le site de Warluis IV (Oise).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Guéret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Seignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1-2, pp.91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles données sur l’enregistrement sédimentaire tardiglaciaire-holocène et les occupations préhistoriques dans la vallée de la Selle (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1-2, pp.5-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4500 years of morphological diversification in Western Europe wild boars (Sus scrofa) and the consequences of the Neolithic transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Harbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Neaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Balasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Garbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 309, pp.108100. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2023.108100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04096957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone aerophones from Eynan-Mallaha (Israel) indicate imitation of raptor calls by the last hunter-gatherers in the Levant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Davin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Miguel Tejero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tal Simmons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Shaham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.8709. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-023-35700-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04192476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic Freshwater Fishing: A Zooarchaeological Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Frontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (1), pp.739-764. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/opar-2022-0254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03806418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic Freshwater Fishing: A Zooarchaeological Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Frontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (1), pp.739-764. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/opar-2022-0254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bones geometric morphometrics illustrate 10th millennium cal. BP domestication of autochthonous Cypriot wild boar (Sus scrofa circeus nov. ssp)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriale Domont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Harbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allowen Evin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Alcàntara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-90933-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246314v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The anurans and squamates assemblage from Final Natufian Eynan (Ain Mallaha, Israel) with an emphasis on snake-human interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Biton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador Bailon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Birkenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (2), pp.e0247283. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0247283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03153676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonality of the Final Natufian occupation at Eynan/Ain Mallaha (Israel): an approach combining dental ageing, mesowear and microwear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rivals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (10), </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01190-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des implantations du Mésolithique ancien dans la vallée du Thérain à Warluis VII (Oise)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Seignac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 3/4, pp.5-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03077761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and human subsistence in Northern France at the Late Glacial to early Holocene transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Baumann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (8), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01149-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and human subsistence in Northern France at the Late Glacial to early Holocene transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Baumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Valentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (8), pp.194. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01149-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the exploitation pattern of a newly established species, the case of the Late-Glacial roe deer (Capreolus capreolus) at La Fru (Savoie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois-Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Pion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (9), pp.229. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-020-01168-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02928527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archéozoologues face à l'économie : esquisse d'une question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Frère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les archéologues face à l'économie, HS (5), pp.133-139. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeopages.9664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre zone marécageuse et collines steppiques : l'exploitation des ressources animales à Ain Mallaha (Eynan) (Haute vallée du Jourdain) à la fin du Pléistocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bourgogne-Franche-Comté Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Zones humides et archéologie. Actes du VIè colloque international du Groupe d'Histoire des Zones Humides, Hors série (16), pp.218-229</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding of trout (Salmo cf. trutta) in the Northern Jordan Valley (Israel) at the end of the Pleistocene: Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Biton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Prevost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (18), pp.59-64. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01850067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen isotopes in Quaternary mammal collagen from Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darren Gröcke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Sauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mietje Germonpré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.12-16. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2016.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une concentration singulière de vestiges mésolithiques à Herchies dans l'Oise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1/2, pp.69-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The First Mesolithic in the French Alps: New data from La Grande Rivoire rockshelter (Vercors range, Isère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Angelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Léopold Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Chesnaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 423, pp.193-212. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2015.06.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of X-ray irradiation on ancient DNA in sub-fossil bones - Guidelines for safe X-ray imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Immel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Bonazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Herbig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heiko Temming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, 14 p. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep32969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem and human responses to palaeoclimate changes in the Jura Mountains between 40 and 8 ka cal BP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Magny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bégeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 378, pp.40-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01117994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cementoblastoma in a red deer (Cervus elaphus) from the Late Pleistocene of Rochedane, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uwe Kierdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Witzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Kierdorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8, pp.42-47. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2014.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in ecosystems, climate and societies in the Jura Mountains between 40 and 8 ka cal BP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Magny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bégeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Volume 378 (18 August 2015), pp.40-72. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2014.05.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01294941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild boar ( Sus scrofa scrofa ) hunting and exploitation strategies during the Mesolithic at Les Cabônes (Ranchot Jura, France), layer 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2, pp.473-484. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2015.05.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01684601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dental development pathology in wild artiodactyls: Two prehistoric case studies from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.53-58. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2013.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The last of its kind? Radiocarbon, ancient DNA and stable isotope evidence from a late cave bear (Ursus spelaeus ROSENMÜLLER, 1794) from Rochedane (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Hofreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne C. Münzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 339-340, pp.179-188. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2013.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une concentration de vestiges caractéristiques du Beuronien à segments : le gisement de Warluis I (Oise).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Cayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1-2, pp.1-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dog's life: Multiple trauma and potential abuse in a medieval dog from Guimps (Charente, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Wardius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (1), pp.39-47. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2013.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports et limites de l’étude des vestiges fauniques à la caractérisation d’un site mésolithique de plein air à Paris : « 62 rue Henry-Farman » (15e arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (2), pp.257-280. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2013.14260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un important site mésolithique dans le Nord – Pas-de-Calais : La Mort à Beaurainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Routier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (1), pp.130 - 133. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2013.14236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental context of the Magdalenian settlement in the Jura Mountains using stable isotope tracking (13C, 15N, 34S) of bone collagen from reindeer (Rangifer tarandus)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. G Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 272-273, pp.322-332. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2012.05.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00822563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotopic evidence for dietary ecology of cave lion (Panthera spelaea) in North-Western Europe: Prey choice, competition and implications for extinction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas J. Conard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 245 (2), pp.249-261. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2011.02.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of habitat and environment of red deer (Cervus elaphus) during the Lateglacial and early Holocene in eastern France using stable isotope composition ( d13C, d15N, d18O) of archaeological bones.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hujic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Bocherens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 245, pp.268-278. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2011.07.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONTEXTE GÉOMORPHOLOGIQUE, CHRONOSTRATIGRAPHIQUE ET PALÉOENVIRONNEMENTAL DES SITES MÉSOLITHIQUES ET PALÉOLITHIQUES DE WARLUIS DANS LA VALLÉE DU THÉRAIN (OISE, FRANCE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Leroyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 21 (4), pp.357-384. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/quaternaire.5702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chasser au Mésolithique. L'apport des sites de vallées du quart nord-est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Séara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28, pp.26-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone stable isotopic signatures (15N, 18O) as tracers of temperature variation during the Late-glacial and early Holocene: case study on red deer Cervus elaphus from Rochedane (Jura, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Iacumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geological Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44 (5), pp.593-604. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/gj.1170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can carbon-13 in large herbivores reflect the canopy effect in temperate and boreal ecosystems? Evidence from modern and ancient ungulates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keith A Hobson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elwira Szuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 266 (1-2), pp.69-82. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2008.03.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles de Ain Mallaha (Eynan) de 2003 à 2005: Quatrième rapport préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Valladas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Kaltnecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Bocquentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Israel prehistoric society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 37, pp.135-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles de Mallaha en 2000 et 2001: 3ème rapport préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Valladas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Tisnerat-Laborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Samuelian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Israel prehistoric society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 34, pp.49-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon and nitrogen isotopic composition of red deer (Cervus elaphus) collagen as a tool for tracking palaeoenvironmental change during the Late-Glacial and Early Holocene in the northern Jura (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Billiou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 195 (3-4), pp.375 - 388. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0031-0182(03)00366-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mésolithique moyen et «Néolithique ancien» sur le Causse de Séverac. Aperçu sur quelques résultats des fouilles 1997-2002 au Clos de Poujol: Campagnac.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Heinz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Théry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'archéologie aveyronnaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 17 (33-45)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléments de réflexion sur la question du contrôle des ressources dans les sociétés de chasseurs cueilleurs de la préhistoire récente.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 3, pp.21-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02100980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande faune chassée à la fin du Tardiglaciaire dans le Nord de la France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, II, pp.41-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les économies de chasse de la fin du paléolithique à la fin du mésolithique en Europe nord-occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02073988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild boar - age at death estimates : the relevance of new modern data for archaeological skeletal material. 2. shaft growth in length and breadth. Archeological application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Horard Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pellé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 31, pp.19-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01672035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wild boar - age at death estimates : the relevance of new modern data for archaeological skeletal material. 1. Presentation on the corpus. Dental and epiphyseal fusion ages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Vigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Horard Herbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pellé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Fiquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 31, pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01672033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bâtiment du groupe Villeneuve-Saint-Germain de Rueil-Malmaison « rue Marollet » (Hauts-de-Seine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Le Coz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Bostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 97 (3), pp.419-431. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2000.11130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01858503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques données sur les occupations du Clos du Poujol (Aveyron)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 94 (1), pp.51-60. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.1997.10633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche archéozoologique des économies de chasse épipaléolithiques et mésolithiques dans le Nord et l'Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 19, pp.97-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chasseurs de chevaux de Marolles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Valentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, hors série (3), pp.22-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les économies de chasse épipaléolithiques et mésolithiques dans le Nord et l'Est de la France : nouvelles analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 19, pp.55-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations magdaléniennes en Bassée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Rieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Groupement archéologique de Seine-et-Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 32-34, pp.289-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The status of Elk during the Mesolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropozoologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 16, pp.151-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles données sur l'exploitation des animaux sauvages de l'Epipaléolithique au Mésolithique final dans les Alpes du Nord et le Jura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preistoria Alpina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 28, pp.115-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un gisement mésolithique exceptionnel dans le Nord de la France : Le Petit Marais de la Chaussée-Tirancourt (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ducrocq Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André-Valentin Munaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 88 (9), pp.272-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02976226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amiens - Rue Lecocq et Rue Dejean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jagerschmidt-Séguin, A.; Paris, C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Somme des Préhistoires. Un territoire, notre histoire, (cat. expo. Musée de Picardie, Amiens, mars - nov. 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Snoeck, pp.205-207, 2024, 9789461618719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état de référence. Un mythe écologique à déconstruire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dournel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Valette; Albane Burens; Laurent Carozza; Cristian Micu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géohistoire des zones humides. Trajectoires d'artificialisation et de conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Midi, pp.167-185, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chaussée-Tirancourt, site du &amp;quot;PetitMarais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jagerschmidt-Séguin, A.; Paris, C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Somme des Préhistoires. Un territoire, notre histoire, (cat. expo. Musée de Picardie, Amiens, mars - nov. 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Snoeck, pp.200-203, 2024, 9789461618719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cortège de faune au Mésolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jagerschmidt-Séguin, A.; Paris, C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Somme des Préhistoires. Un territoire, notre histoire. (cat. expo. Musée de Picardie, Amiens, mars - nov. 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Snoeck, pp.133-135, 2024, 9789461618719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les outils et les parures en matière osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Sidéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Legrand-Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Oboukhoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Garmond; Isabelle Sidéra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’émergence du Chasséen en question. Les enceintes de Beaumont « le Crot aux Moines »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-184, 2024, Ensemble, 978-2-84016-539-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04350537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune au Tardiglaciaire dans l’Arc jurassien : recomposition et expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magny, M. et Richard, H. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du climat dans les montagnes du Jura. Ecosystèmes et sociétés face à un avenir incertain.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Belle Etoile, pp.72-74, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vestiges fauniques : modalités de traitement du gibier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Souffi, B. (Dir). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine : Le site de la rue Farman à Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inrap. CNRS Éditions (Recherches archéologiques 24), pp.71-83, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la connaissance des maladies contagieuses du bétail : le cas des dépôts bovins altomédiévaux de la Porte de Bourgogne (Franche-Comté) et de l’Ajoie (Jura suisse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Putelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Guintard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Clément, F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épidémies, épizooties. Des représentations anciennes aux approches actuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de rennes, pp.195-252, 2017, 9782753555402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eynan (Ain Mallaha)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Samuelian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Bocquentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enzel, Y. and Bar-Yosef, O. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary of the Levant. Environments, climate change, and humans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.295-302, 2017, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781316106754.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques en bord de Seine : le site du 62 rue Henry-Farman à Paris (15e arrondissement) : organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentin, Boris ; Souffi, Bénédicte ; Ducrocq, Thierry ; Fagnart, Jean-Pierre ; Séara, Frédéric ; Verjux, Christian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du mésolithique recherches sur les habitats de plein air entre Loire et Neckar: actes de la table ronde internationale de Paris, 26 et 27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société préhistorique française, pp.13-36, 2013, Mémoires de la Société Préhistorique française, 978-2-913745-49-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Final Natufian Structure 215-228 at Mallaha (Eynan), Israel: An Attempt at Spatial Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Samuelian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bar-Yosef, O. et Valla, F.R. (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natufian foragers in the Levant.Terminal Pleistocene Social Changes in Western Asia </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.146-171, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01852540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Bostyn &amp; F. Séara. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations de plein air mésolithiques et néolithiques : Le site de la Presle à Lhéry dans la Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Travaux 10, Société Préhistorique Française, pp.56-57, 2011, Occupations de plein air mésolithiques et néolithiques : Le site de la Presle à Lhéry dans la Marne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of total animal exploitation : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Chauvière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Fontana, F.-X Chauvière &amp; A. Bridault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In search of Total Animal Exploitation. Case Studies from the Upper Palaeolithic and Mesolithic.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 42, pp.1-3, 2009, British archaeological Reports - International Series 2040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in : Jean-Paul Demoule (dir.) Des milieux et des hommes : méthodes d'étude en archéologies environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Ayala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'archéologie préventive dans le monde. Apport de l'archéologie préventive à la connaissance du passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La découverte, pp.117-130, 2007, Collection "Recherches", 978-2-7071-5212-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un siècle d'étude des vestiges fauniques dans les publications de la Société préhistoriques française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siècle de construction du discours scientifique en préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Société préhistorique française, pp.241-249, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00173620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enregistrement des variations environnementales par les faunes chassées dans les zones de moyenne montagne d'Europe occidentale, au Tardiglaciaire et au début de l’Holocène.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marylène Patou-Mathis; Hervé Bocherens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le rôle de l'environnement dans les comportements des chasseurs-cueilleurs préhistoriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1105, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BAR Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.55-65, 2003, 9781841714837</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01858929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de l'archéozoologie à la caracterisation des modalités d'occupation des sites alpins et jurassiens, de l'épipaleolithique au néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Europe des derniers chasseurs : épipaléolithique et mésolithique : actes du 5e Colloque international UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du CTHS, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02364712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des spectres fauniques aux ressources locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Julien &amp; J.-L. Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien, MSH (DAF), pp.45-47, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un ours captif dans le Mésolithique récent de la Grande Rivoire (Isère, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Picavet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Thévenin et P. Bintz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Europe des derniers chasseurs : Épipaléolithique et Mésolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CTHS, pp.559-562, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la répartition spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Boris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Julien &amp; J.-L. Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH (DAF), pp.132-155, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03891953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chasse et le traitement des animaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michèle Julien; Jean-Luc Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations du Paléolithique supérieur dans le sud-est du Bassin Parisien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Maison des sciences de l’homme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-64, 1999, Documents d'archéologie française, 9782735108008. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsmsh.45955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02984966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches récentes sur l'exploitation des animaux sauvages au Mésolithique dans les Alpes du Nord et le Jura.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mésolithique entre Rhin et Méditerranée. Actes de la table ronde de Chambéry.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADRAS/DRAC Rhône-Alpes, pp.27-29, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grotte &amp;quot;à la peinture&amp;quot; à Larchant (Seine-et-Marne), lieu-dit Les Dégoûtants à Ratard. La faune (Mésolithique, Bronze final et Gallo-Romain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bautista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association d'Etudes préhistoriques et protohistoriques de Champagne-Ardenne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Préhistoire et protohistoire en Champagne Ardenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'état de référence. Un mythe à déconstruire?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dournel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géohistoire des zones humides. Trajectoires d'artificialisation et de conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Tulcea, Roumanie. pp.167-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman and micromorphological characterization of carbonates in plaster-like materials from the Natufian site of Eynan (Ain Mallaha), Israel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Ess Ebar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Iannucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Grassini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMEKO TC-4 International Conference on Metrology for Archaeology and Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Csenza, Italy. pp.17-22, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21014/tc4-ARC-2022.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The last Hunters-gatherers of the Somme and neighbouring peat valleys: method of study, settlement and taphonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vallées de Préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Vallée du Jabron, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of freshwater fishing during the Mesolithic in France: an overview.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une anthropologie de la pêche : études de cas en préhistoire / Towards an anthropology of fishing: case studies in prehistory. Journée internationale du projet collectif ANIMA de l'UMR 7041 ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La domestication du porc (Sus scrofa domesticus) à l’épreuve des indices archéo-zoo-génét-iques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva-María Geigl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ANF ARCHEOMIQUES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03910775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A season in Tutchone Indian Country (Yukon, Canada): an insight into fishing camps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une anthropologie de la pêche : études de cas en préhistoire / Towards an anthropology of fishing: case studies in prehistory. Journée internationale du Projet collectif ANIMA de l'UMR 7041 ArScAn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raman and micromorphological characterization of carbonates in plaster-like materials from the Natufian site of Eynan (Ain Mallaha), Israel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leila Es Sebar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Iannucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Grassini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Angelini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IMEKO TC-4 International Conference on Metrology for Archaeology and Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Cosenza, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bones geometric morphometrics illustrate 10th millennium cal. BP domestication of autochthonous Cypriot wild boar (Sus scrofa circeus nov. ssp)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriale Daumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Harbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Guidez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ungulates paleodiet and seasonality in the Final Natufian assemblage from Eynan/Mallaha (Northern Jordan Valley, Israel)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Rivals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamoudi Khalaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François R Valla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62nd Annual Meeting of Hugo Obermaier Society for Quaternary Research and Archaeology of the Stone Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les zones humides. Une protection contre-nature ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dournel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Marinval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la réserve intégrale à la nature ordinaire. Les figures changeantes de la protection de la nature (XIXe–XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour l'histoire de la la protection de la nature et de l’environnement; Archives nationales; Ministère de la Transition écologique; Ministère de la Cohésion des territoires, Sep 2020, Pierrefitte-sur-Seine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the brink of cultural change: Animal resource procurement and use in the final Mesolithic at &amp;quot;Tivoli&amp;quot; Place Saint Lambert, Liège (Belgium)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zooarchaeological evidence for freshwater fish exploitation during the Mesolithic: a case study from the Doubs catchment basin (Jura, Eastern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Frontin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the Final Mesolithic of Belgium : The Mammal remains at &amp;quot;Tivoli&amp;quot; Place-Saint-Lambert, Liège</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Roman-Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. Jahrestagung der Arbeitsgemeinschaft Mesolithikum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Tuebingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating wild game exploitation during the Final Natufian at Eynan / Ain Mallaha : contribution of the macro mammal remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASWA[AA] XIVth International meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitation des ressources animales et modes d'occupation durant le Natoufien final à Eynan/Ain Mallaha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les processus de Néolithisation au Levant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal exploitation and hunting strategies in a changing environment during the Late-Glacial in the French Jura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIè Congrès mondial UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démographie et dynamique d'expansion territoriale des populations animales en Eurasie tempérée après le Dernier Maximum Glaciaire : un état de la question. Journée d'étude organisée par Fabrice Guizard.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoodémographie historique. Pour une histoire du peuplement animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environment and subsistance in Northern France during the Late Glacial and Early Holocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIè Congrès mondial UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exploitation of animal resources at Ain Mallaha / Eynan (Hula Valley - Upper Jordan Valley) during the Late Pleistocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zones humides et archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bibracte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03894201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Magdalénien de la grotte Grappin à Arlay (Jura). 1913 - 2013 : bilan d'un siècle de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Cailhol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SPF " L'Essor du Magdalénien"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Besançon et Arlay, France. sous presse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-01022937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précisions sur les fonctions d'une occupation entre Paléolithique final et Mésolithique : réexamen de la faune de Belloy-surSomme (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Fagnart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions, ruptures et cotinuité en Préhistoire XXVIIe Congrès Préhistorique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Bordeaux-Les Eyzies, France. pp.519-526</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic occupations on the edge of the Seine. Spatial organisation and function of the site of 62 rue Henry Farman, Paris (15th arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du Mésolithique : recherches sur les habitats de plein air entre Loire et Neckar/ Actes de la table ronde de Paris, 27-27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.16-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des squelettes animaux et connaissance des maladies du bétail au premier Moyen Âge : les bovins de la Porte de Bourgogne (Franche-Comté) et de l’Ajoie (Jura suisse)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Putelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Guintard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé et environnement : un état des lieux de la recherche historique. Publication des Journées d’étude du RUCHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site ‘62, rue H. Farman’, organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde Internationale Palethnographie du Mésolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Souffi, Nov 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic site of Paris ‘rue Henry-Farman’ (France): first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Arias, Sep 2010, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur la recomposition des spectres fauniques dans le massif jurassien et les Alpes françaises du nord durant le Tardiglaciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fin du Paléolithique supérieur dans les Alpes du nord françaises et le Jura méridional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Chambéry, France. p.60-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matter and Material: Red Deer antler exploitation during the Mesolithic at Clos de Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVth UISPP Congress, Session C61, Lisbon, 4-9 September 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resources for equipment or raw material? The case of cervids antler remains from the Mesolithic cave of the Clos-de-Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th UISPP Congress - 4/C61-Animal exploitation by prehistoric hunter societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Fontana; F.-X. Chauvière, Sep 2006, Lisbonne, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le gisement mésolithique de Warluis (Oise) : approche préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le début du Mésolithique en Europe du Nord-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Amiens, France. pp.85-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02573495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human activities, site location and taphonomic process: a relevant combination for understanding the fauna of Eynan (Ain Mallaha), level Ib (final Natufian, Israel)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivka Rabinovich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tal Simmons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighth international Symposium on the Archaeozoology of southwestern Asia and adjacent areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lyon, France. pp.99-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité de l’impact climatique sur les biocénoses de milieux fluviaux à la transition Tardiglaciaire/Holocène dans le nord de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde en l’honneur du Professeur René Neboit-Guilhot: "L’érosion entre société, climat et paléoenvironnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Clermont-Ferrand, France. pp.73-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01673483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement global, biodiversité animale et sociétés humaines dans la moitié nord de la France depuis 16000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversité et changement global Réponses adaptatives au changement global : résultats et prospective IFB - GICC Colloque de restitution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement végétal et climatique des sociétés magdaléniennes et épipaléolithiques dans les Alpes du Nord françaises et le Jura méridional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Bégeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Marrocchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Argant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Birringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement et peuplement de la moyenne montagne du Tardiglaciaire à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Pierrefort, France. pp.19-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00112557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des milieux et des hommes : méthodes d’études en archéologies environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Ayala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Cammas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt ans d'archéologie préventive dans le monde, Apports de l'archéologie préventive à la connaissance du passé. Colloque international organisé par l'Inrap et la Bibliothèque nationale de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAP/BNF, Sep 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01256641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution des grands mammifères en France aux deux derniers extrêmes climatiques (18 Ka et 8 Ka).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Guadelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème Congrès UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Liège, Belgique. pp.39-48, 2 fig., 1 tab</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00197619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biodiversité animale à la transition Tardiglaciaire-Holocène, marqueur des changements et témoin des pratiques humaines.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bocherens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.G. Drucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversité et changement global : dynamique des interactions. Actes des Deuxièmes Journées de l'Institut Français de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFB, 2004, Marseille, France. pp.73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01858887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'exploitation du cheval à la fin du Tardiglaciaire dans le Bassin parisien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès du l'UISPP- Mode de Vie au Magdalénien: Apports de l 'Archéozoologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Liège, Belgique. pp.33-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02335251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruptures et équilibres dans les faunes à la fin du Pléistocène et durant l’Holocène ancien en Europe occidentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruptures et Equilibres dans les écosystèmes depuis les 20 derniers millénaires en Europe de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Besançon, France. pp.53-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Position chronologique du renne (Rangifer tarandus L.) à la fin du Tardiglaciaire dans les Alpes française du nord et le Jura méridional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Oberlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Thiébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde de Chambéry </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chasseurs, ressources animales et milieux dans le nord de la France de la fin du Paléolithique à la fin du Mésolithique : problématique et état de la recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">119è Congrès National des Sociétés Historiques et Scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadening and diversification of hunted resources, from the Late Palaeolithic to the Late Mesolithic, in the North and East of France and the bordering areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th International Conference for Archaeozoology, ICAZ.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Constance, France. pp.295-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites magdaléniens de Marolles-sur-Seine : Le Tureau des Gardes et le Grand Canton (Seine-et-Marne).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Rieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Paléolithique supérieur de l’Est de la France : de l’Aurignacien à l’Ahrensbourgien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Chaumont, France. pp.119-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème de l'exploitation du gibier au Tureau des Gardes (Marolles-sur-Seine, Seine-et-Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléolithique supérieur et Epipaléolithique dans le Nord-Est de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Dijon, France. pp.141-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fragmentation osseuse : modèle d'analyse pour les séries mésolithiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème table ronde taphonomie/bone modification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1991, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visibilité d'un camp de pêche indien en terme de vestiges osseux : ethnoarchéologie en pays Tutchone (Yukon, Canada)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème table ronde taphonomie/bone modificatio </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Patou-Mathis, M., 1991, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01544873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PCR Occupation et exploitation de la haute vallée du Doubs dans la longue durée – Rapport d’opération archéologique, année 2023. Vol. 2.1., Axe I, Roche-au-Castor, sondages archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Houmard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Conche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Bourgogne Franche-Comté; UMR 6249 CNRS Chrono-environnement. 2023, 67 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grotte à la Peinture à Larchant (Seine-et-Marne) : analyse des restes fauniques issus de la campagne 2021 In Rapport de fouilles programmées 2021. Site des Dégoutants à Ratard1 dit &amp;quot;Grotte à la Peinture&amp;quot;. Larchant (Seine-et-Marne) Forêt domaniale de la commanderie. Guéret, C. & Cantin, A. (dir.).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] SRA Ile-de-France. 2022, Annexe 2 (11 p.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03627964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">60-65 rue Robert Lecoq – Amiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Boulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRAP (Rapport de diagnostic). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03458745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hauts-de-France (Oise). Rochy-Condé et Warluis. Carrière de sables et de graviers. Secteur A, tranche2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport de diagnostic). 2021, 68p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05005018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la faune du Diagnostic Amiens 2020- 65 rue Lecoq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2020, 11 p., 1 fig., 1 tabl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact anthropique dans le nord de la vallée du Jourdain (Vallée du Houleh) d’après les indicateurs archéologiques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2020, pp.1-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des restes de faune. In Ducrocq, T & Coutard, S. Hauts-de-France, Oise, Déviation de Magneville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport de diagnostic). 2019, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hauts-de-France - Somme, 14 rue Colbert Amiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP (Rapport de diagnostic). 2019, 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact anthropique dans le nord de la vallée du Jourdain (Vallée du Houleh) d’après les indicateurs archéologiques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2019, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact anthropique dans le nord de la vallée du Jourdain (Vallée du Houleh) d’après les indicateurs archéologiques et génétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2018, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Grande faune des Niveaux inférieurs du Mésolithique moyen. In P.-Y. Nicod, R. Picavet et contributeurs, Fouille Archéologique de la Grande Rivoire à Sassenage (Isère). Rapport de fouille 2012-2014.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS - Arscan. 2014, pp.109-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande faune du site Amiens la vallée Ilot CTM (diagnostic INRAP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">cnrs - Arscan. 2014, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03892188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paléolithique final et Mésolithique dans la vallée du Thérain: le gisement de Warluis VII (Oise, Picardie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Coutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRAP (Rapport final d'opération). 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03457986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liège -7000 ans, les derniers chasseurs préhistoriques de Wallonie. Archéologie du Mésolithique et Expérimentation. Rapport d’études préliminaires des zones 19 et 20 des fouilles de Tivoli et expérimentations (trophée de cerf, béquille abdominale pour la taille par pression). France: Éva David (dir.), Fanny Bastien (éd.), Maison Archéologie Ethnologie Prod. / CNRS / Service Public de Wallonie (SPW) / coll. Préhistosite de Ramioul & CETREP. DVD 5 PAL, Toutes zones, Couleur, Format 16/9, Français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre van Der Sloot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Léotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Casseyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Maingeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéoforum de Liège. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vestiges en matières dures d'origine animale du Clos-de-Poujol (Aveyron). État de l'avancement des travaux et perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DRAC Midi-Pyrénées; Fouilles programmées triennales 2001-2003 - Missions Marc Boboeuf. 2003, pp.69-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine. Le site de la rue Farman à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Chesnaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 302 p., 2023, Recherches archéologiques 24, 978-2-271-14816-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of total animal exploitation - case studies from the Upper Palaeolithic and Mesolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Chauvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John and Erica Hedges Ltd, pp.154, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00447101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-glacial human subsistence and settlement patterns: insights from bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Drucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Boethius</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeological and Anthropological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, pp.138, 2022, </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12520-022-01600-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse archéozoologique de la grande faune du Closeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Closeau, Rueil-Malmaison : Document Final de Synthèse de diagnostic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.66-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02984954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId367"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6CFD740D"/>
+    <w:nsid w:val="68E9D75A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bridault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6505-1763" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147065208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-4939-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295113v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Juravel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C. Dean" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bridault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rivka Rabinovich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gila Kahila Bar-Gal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344866v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jono" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois-Roman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Daly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894151v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Tr&#233;moli&#232;res" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cupillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894195v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Roman-Binois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295019v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gu&#233;ret" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672290v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096957v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Harbers" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Neaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garb&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108100" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04192476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Davin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Miguel Tejero" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal Simmons" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Shaham" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-35700-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03806418v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Frontin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0254" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806525v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246314v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriale Domont" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Harbers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Alc&#224;ntara" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90933-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153676v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Biton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Birkenfeld" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamoudi Khalaily" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0247283" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936554v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rivals" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valla" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-020-01190-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03077761v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466949v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Valentin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Drucker" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Baumann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-020-01149-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909458v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. Drucker" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02928527v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G Drucker" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Pion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-020-01168-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290014v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.9664" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178433v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01850067v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prevost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.01.008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852528v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Gr&#246;cke" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sauer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mietje Germonpr&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.11.020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852502v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673486v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Angelin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-L&#233;opold Brochier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chaix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.06.027" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572976v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Immel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bonazzi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Herbig" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Temming" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32969" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117994v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magny" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bocherens" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole B&#233;geot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294941v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2014.05.032" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673482v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Kierdorf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Witzel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Kierdorf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2014.09.004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01684601v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2015.05.010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673480v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.11.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673468v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hofreiter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne C. M&#252;nzel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2013.05.021" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852546v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858415v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Wardius" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rio" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.02.001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529124v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va David" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14260" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483890v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Routier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14236" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00822563v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. G Drucker" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2012.05.040" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673488v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonjean" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Conard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.02.023" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669478v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hujic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bocherens" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.07.019" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564184v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5702" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01737206v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#233;ara" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564408v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Iacumin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.1170" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02335420v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Hobson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elwira Szuma" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2008.03.020" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02013710v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Valladas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kaltnecker" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02013609v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat-Laborde" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samuelian" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858681v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Billiou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0031-0182(03)00366-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858671v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heinz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marinval" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100980v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094946v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073988v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672033v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Vigne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Horard Herbin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pell&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fiquet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672035v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858503v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le Coz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Durand" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2000.11130" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545439v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1997.10633" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544951v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976186v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alix" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rieu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Valentin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544939v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976176v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544821v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976151v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976226v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ducrocq Thierry" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Valentin Munaut" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559029v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510765v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beck" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dournel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gregoire" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Marinval" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559022v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559016v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04350537v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sid&#233;ra" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legrand-Pineau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Oboukhoff" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.parisnanterre.fr/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224468v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248578v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891917v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Putelat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guintard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852519v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamudi Khalaily" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316106754.034" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538927v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marti" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852540v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891934v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458210v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253892v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Burnouf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Ayala" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173620v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858929v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.barpublishing.com/le-role-de-lenvironnement-dans-les-comportements-des-chasseurs-cueilleurs-prehistoriques.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02364712v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891943v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924381v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Picavet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891953v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Julien" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boris" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02984966v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-msh.fr/livre/occupations-du-paleolithique-superieur-dans-le-sud-est-du-bassin-parisien/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.45955" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924433v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544774v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bautista" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465577v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313712v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Ess Ebar" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Iannucci" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Grassini" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Angelini" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/tc4-ARC-2022.004" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894295v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892211v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03910775v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Mar&#237;a Geigl" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894284v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892234v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Es Sebar" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992059v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriale Daumont" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guidez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894118v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R Valla" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894094v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125902v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894089v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894326v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894343v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894456v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894131v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894157v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894164v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894201v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01022937v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Aubert" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055421v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chevallier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fagnart" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836227v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890689v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922993v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923077v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564396v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564143v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923208v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02573495v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564232v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01673483v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gautier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960187v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00112557v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Marrocchi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Birringer" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256641v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197619v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guadelli" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858887v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Drucker" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02335251v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924321v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01544709v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaix" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pion" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oberlin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thi&#233;bault" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545100v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544993v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545561v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544983v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672023v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544873v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04176839v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447101v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548281v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houmard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Conche" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627964v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03458745v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005018v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892119v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892010v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892071v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892091v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892021v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892038v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892188v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892181v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03457986v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Juhel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927707v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Der Sloot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;otard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Casseyas" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maingeot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558592v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714485v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Boethius" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-022-01600-8" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02984954v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-bridault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6505-1763" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147065208" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-4939-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295113v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Juravel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C. Dean" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bridault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rivka Rabinovich" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gila Kahila Bar-Gal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344866v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Jono" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois-Roman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Daly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894151v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Tr&#233;moli&#232;res" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cupillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894195v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Roman-Binois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295019v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Gu&#233;ret" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672290v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096957v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Harbers" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Neaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garb&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108100" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04192476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Davin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Miguel Tejero" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tal Simmons" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Shaham" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-35700-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03806418v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Frontin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2022-0254" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806525v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246314v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriale Domont" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Harbers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allowen Evin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Alc&#224;ntara" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90933-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153676v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Biton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Birkenfeld" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamoudi Khalaily" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0247283" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936554v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Rivals" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valla" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-020-01190-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03077761v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayol" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466949v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Valentin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Drucker" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Baumann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-020-01149-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909458v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. Drucker" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02928527v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G Drucker" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Pion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-020-01168-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290014v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.9664" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178433v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01850067v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prevost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.01.008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852528v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Gr&#246;cke" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sauer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mietje Germonpr&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.11.020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852502v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673486v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Angelin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-L&#233;opold Brochier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chaix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.06.027" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572976v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Immel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bonazzi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Herbig" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Temming" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32969" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117994v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magny" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bocherens" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole B&#233;geot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673482v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Kierdorf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Witzel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Kierdorf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2014.09.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294941v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2014.05.032" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01684601v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2015.05.010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673480v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.11.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673468v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hofreiter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne C. M&#252;nzel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2013.05.021" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852546v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858415v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Wardius" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rio" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.02.001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529124v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va David" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14260" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483890v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Routier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14236" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00822563v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. G Drucker" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2012.05.040" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673488v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonjean" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Conard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.02.023" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669478v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hujic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bocherens" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2011.07.019" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564184v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.5702" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01737206v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#233;ara" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564408v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Iacumin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gj.1170" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02335420v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Hobson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elwira Szuma" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2008.03.020" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02013710v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Valladas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kaltnecker" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02013609v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisnerat-Laborde" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samuelian" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858681v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Billiou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0031-0182(03)00366-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858671v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heinz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marinval" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100980v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094946v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073988v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672035v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Vigne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Horard Herbin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pell&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fiquet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672033v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858503v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Le Coz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Durand" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2000.11130" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545439v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.1997.10633" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544951v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976186v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alix" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rieu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Valentin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544939v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976176v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544821v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976151v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976226v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ducrocq Thierry" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Valentin Munaut" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559029v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510765v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beck" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dournel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gregoire" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Marinval" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559022v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559016v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04350537v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sid&#233;ra" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legrand-Pineau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Oboukhoff" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.parisnanterre.fr/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224468v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248578v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891917v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Putelat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guintard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852519v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamudi Khalaily" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316106754.034" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538927v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marti" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01852540v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891934v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458210v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253892v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Burnouf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Ayala" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173620v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858929v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.barpublishing.com/le-role-de-lenvironnement-dans-les-comportements-des-chasseurs-cueilleurs-prehistoriques.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02364712v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891943v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924381v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Picavet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03891953v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Julien" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boris" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02984966v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-msh.fr/livre/occupations-du-paleolithique-superieur-dans-le-sud-est-du-bassin-parisien/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.45955" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924433v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544774v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bautista" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465577v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313712v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Ess Ebar" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Iannucci" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Grassini" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Angelini" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/tc4-ARC-2022.004" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892211v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894295v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03910775v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Mar&#237;a Geigl" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894284v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892234v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Es Sebar" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992059v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriale Daumont" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guidez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894118v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R Valla" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125902v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894089v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894094v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894326v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894343v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894131v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894157v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894456v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894164v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03894201v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-01022937v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Aubert" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cailhol" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055421v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chevallier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fagnart" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836227v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890689v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922993v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923077v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564396v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564143v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923208v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02573495v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564232v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01673483v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gautier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960187v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00112557v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Marrocchi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Birringer" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256641v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00197619v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guadelli" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Vigne" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858887v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Drucker" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02335251v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924321v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01544709v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaix" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pion" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oberlin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thi&#233;bault" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545561v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545100v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544993v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544983v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672023v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01544873v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548281v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houmard" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Conche" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627964v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03458745v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005018v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892119v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892010v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892071v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892091v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892021v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892038v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892181v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03892188v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03457986v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Juhel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Paris" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927707v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Der Sloot" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;otard" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Casseyas" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maingeot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558592v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04176839v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447101v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714485v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Boethius" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-022-01600-8" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02984954v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>