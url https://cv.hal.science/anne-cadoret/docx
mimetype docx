--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -771,286 +771,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04388253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie scientifique 2023-2032 du Parc national de Port-Cros (Provence, France)</w:t>
+                <w:t xml:space="preserve">Using perceived impacts, governance and social indicators to explain support for protected areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Peirache</w:t>
+                <w:t xml:space="preserve">Nikoleta Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Barcelo</w:t>
+                <w:t xml:space="preserve">Chrisovaladis Malesios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Aboucaya</w:t>
+                <w:t xml:space="preserve">James Mcginlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Alaphilippe</w:t>
+                <w:t xml:space="preserve">Sebastian Villasante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Alary</w:t>
+                <w:t xml:space="preserve">Juraj Svajda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (5), pp.054011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/acc95b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05284408v1</w:t>
+                <w:t xml:space="preserve">hal-04253739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using perceived impacts, governance and social indicators to explain support for protected areas</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stratégie scientifique 2023-2032 du Parc national de Port-Cros (Provence, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrisovaladis Malesios</w:t>
+                <w:t xml:space="preserve">Marion Peirache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Mcginlay</w:t>
+                <w:t xml:space="preserve">Alain Barcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Villasante</w:t>
+                <w:t xml:space="preserve">Annie Aboucaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juraj Svajda</w:t>
+                <w:t xml:space="preserve">Magalie Alaphilippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Scientific Reports of the Port-Cros National Park</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.335-417</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04253739v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05284408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conflits, freins et leviers pour l’ancrage territorial des aires marines protégées</w:t>
               </w:r>
@@ -1121,252 +1121,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03815254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effort de conservation et Aires marines protégées : quatre illusions et un changement de perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
+                <w:t xml:space="preserve">Carte à la une. Représenter la protection de la nature en France : l’exemple de la réserve naturelle de Cerbère-Banyuls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Milian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Laslaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Géoconfluences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03304274v1</w:t>
+                <w:t xml:space="preserve">hal-03351452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faut-il disqualifier les « parcs de papier » ? De l’intérêt du bricolage institutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 23 (3), pp.245-269. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/ges.2021.0014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03815308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questionner l’efficacité de la gouvernance d’une AMP : le cas de Natura 2000 en mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1388,249 +1392,245 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/vertigo.30564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03287999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carte à la une. Représenter la protection de la nature en France : l’exemple de la réserve naturelle de Cerbère-Banyuls</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conflicts and acceptability of visitation management measures for a marine protected area: The case of Porquerolles, Port-Cros National Park</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Laslaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géoconfluences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 204, pp.105547. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2021.105547⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351452v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conflicts and acceptability of visitation management measures for a marine protected area: The case of Porquerolles, Port-Cros National Park</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effort de conservation et Aires marines protégées : quatre illusions et un changement de perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 204, pp.105547. </w:t>
+              <w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2021.105547⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.30538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03146843v1</w:t>
+                <w:t xml:space="preserve">hal-03304274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding and valuing conflicts in marine protected areas: The best way to develop innovations?</w:t>
               </w:r>
@@ -2722,105 +2722,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00856727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des processus conflictuels. Le cas du littoral du Languedoc-Roussillon</w:t>
+                <w:t xml:space="preserve">Des initiatives locales pour gérer ensemble la nature : vers une démocratie coopérative ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Géographique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 40 (3), pp.231-244. </w:t>
+              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 88 (4), pp.403-417. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/eg.403.0231⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/bagf.2011.8234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00907014v1</w:t>
+                <w:t xml:space="preserve">hal-00842459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle durabilité des formes de régulation des conflits littoraux ?</w:t>
               </w:r>
@@ -2878,118 +2891,105 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00627703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des initiatives locales pour gérer ensemble la nature : vers une démocratie coopérative ?</w:t>
+                <w:t xml:space="preserve">Analyse des processus conflictuels. Le cas du littoral du Languedoc-Roussillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 88 (4), pp.403-417. </w:t>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 40 (3), pp.231-244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/bagf.2011.8234⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/eg.403.0231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00842459v1</w:t>
+                <w:t xml:space="preserve">hal-00907014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une gouvernance territoriale endogène de l'environnement : contours et enjeux. Près de 300 initiatives soumises à une analyse comparative</w:t>
               </w:r>
@@ -4131,1214 +4131,1240 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00932311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesurer la conflictualité pour gérer les territoires, Recherche exploratoire sur les conflits littoraux et maritimes</w:t>
+                <w:t xml:space="preserve">Les formes participatives citoyennes pour la gestion intégrée de la zone côtière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Brice Trouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Outils Pour Décider Ensemble (OPDE) "Aide à la décision et gouvernance"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque interdisciplinaire Gestion durable des zones côtières et marines : nouveaux discours, nouvelles durabilités, nouvelles frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00913773v1</w:t>
+                <w:t xml:space="preserve">hal-00764673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing conflicts seaports : towards a research agenda</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V Lavaud-Letilleul</w:t>
+                <w:t xml:space="preserve">Pour une exploitation systématique de la notion d’interface dans l’analyse des villes‐ports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 Annual Conference of the International Association of Maritime Economists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">"L'interface : une notion mobilisatrice ?" (ART-Dev UM3-CNRS-CIRAD), Montpellier, 4 mars 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764688v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'urbanisation illégale sur le littoral du Languedoc-Roussillon</w:t>
+                <w:t xml:space="preserve">Conflits d'usage, préservation des espaces et tensions foncières sur le littoral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Darly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la Commission de Géographie de la Mer, des Côtes et des Iles/CNFG « Aménager ou ménager le littoral », Marseille, 29 juin 2010</w:t>
+              <w:t xml:space="preserve">Journées de la Commission de Géographie de la Mer, des Côtes et des Iles/CNFG "Aménager ou ménager le littoral", Marseille, 29 juin 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03074548v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les formes participatives citoyennes pour la gestion intégrée de la zone côtière</w:t>
+                <w:t xml:space="preserve">Les facteurs de durabilité des formes de régulation des conflits littoraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque interdisciplinaire Gestion durable des zones côtières et marines : nouveaux discours, nouvelles durabilités, nouvelles frontières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">colloque interdisciplinaire Gestion durable des zones côtières et marines : nouveaux discours, nouvelles durabilités, nouvelles frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764673v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une exploitation systématique de la notion d’interface dans l’analyse des villes‐ports</w:t>
+                <w:t xml:space="preserve">L'urbanisation illégale sur le littoral du Languedoc-Roussillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"L'interface : une notion mobilisatrice ?" (ART-Dev UM3-CNRS-CIRAD), Montpellier, 4 mars 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journée de la Commission de Géographie de la Mer, des Côtes et des Iles/CNFG « Aménager ou ménager le littoral », Marseille, 29 juin 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03074547v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conflits d'usage, préservation des espaces et tensions foncières sur le littoral</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
+                <w:t xml:space="preserve">Managing conflicts seaports : towards a research agenda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Parola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Lavaud-Letilleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Kirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Commission de Géographie de la Mer, des Côtes et des Iles/CNFG "Aménager ou ménager le littoral", Marseille, 29 juin 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Marseille, France</w:t>
+              <w:t xml:space="preserve">2010 Annual Conference of the International Association of Maritime Economists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03074549v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs de durabilité des formes de régulation des conflits littoraux</w:t>
+                <w:t xml:space="preserve">Mesurer la conflictualité pour gérer les territoires, Recherche exploratoire sur les conflits littoraux et maritimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Foulquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guineberteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lamberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Trouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque interdisciplinaire Gestion durable des zones côtières et marines : nouveaux discours, nouvelles durabilités, nouvelles frontières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Colloque Outils Pour Décider Ensemble (OPDE) "Aide à la décision et gouvernance"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00913780v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ports et transport maritime face aux défis du développement durable</w:t>
+                <w:t xml:space="preserve">L'urbanisation illégale sur le littoral du Languedoc-Roussillon entre laisser-faire et reprise en main par les pouvoirs publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20e Festival International de Géographie, "Mers et Océans : les géographes prennent le large", St-Dié-des-Vosges, 1-4 octobre 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Saint-Dié des Vosges, France</w:t>
+              <w:t xml:space="preserve">3ème Rencontre internationale du programme Ramses II "Régulation publique de l'urbanisation et des conflits d'usage autour des espaces ouverts littoraux méditerranéens", Ecole Française de Rome, Aix-en-Provence, 8 septembre 2009.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03072383v1</w:t>
+                <w:t xml:space="preserve">hal-03072385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les contentieux liés à des conflits d'usage sur les territoires à l'épreuve des proximités spatiales, fonctionnelles et sociales. L'exemple du département de l'Hérault</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Kirat</w:t>
+                <w:t xml:space="preserve">Programme ORECOLM : Construction d'un protocole d'analyse des conflits littoraux et maritimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guineberteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ségolène Darly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6èmes journées de la Proximité "Dynamiques de proximités, le temps des débats"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Rencontre thématique internationale "Typologies des conflits littoraux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Madrid, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764671v1</w:t>
+                <w:t xml:space="preserve">hal-00764721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programme ORECOLM : Construction d'un protocole d'analyse des conflits littoraux et maritimes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Typologie des conflits d'usage sur le littoral du Languedoc-Roussillon (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre thématique internationale "Typologies des conflits littoraux"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Madrid, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764721v1</w:t>
+                <w:t xml:space="preserve">hal-00764746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typologie des conflits d'usage sur le littoral du Languedoc-Roussillon (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les contentieux liés à des conflits d'usage sur les territoires à l'épreuve des proximités spatiales, fonctionnelles et sociales. L'exemple du département de l'Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Darly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre thématique internationale "Typologies des conflits littoraux"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Madrid, Espagne</w:t>
+              <w:t xml:space="preserve">6èmes journées de la Proximité "Dynamiques de proximités, le temps des débats"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764746v1</w:t>
+                <w:t xml:space="preserve">hal-00764671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'urbanisation illégale sur le littoral du Languedoc-Roussillon entre laisser-faire et reprise en main par les pouvoirs publics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un espace, plusieurs regards, plusieurs logiques. Le poids des représentations sociales dans les processus conflictuels sur les littoraux. Exemples en Languedoc-Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Rencontre internationale du programme Ramses II "Régulation publique de l'urbanisation et des conflits d'usage autour des espaces ouverts littoraux méditerranéens", Ecole Française de Rome, Aix-en-Provence, 8 septembre 2009.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Rencontre thématique internationale "Les enjeux de délimitation du littoral en mer et sur terre et les représentations de la zone côtière"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Bari, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03072385v1</w:t>
+                <w:t xml:space="preserve">hal-00764747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un espace, plusieurs regards, plusieurs logiques. Le poids des représentations sociales dans les processus conflictuels sur les littoraux. Exemples en Languedoc-Roussillon</w:t>
+                <w:t xml:space="preserve">Face à la multifonctionnalité : régulation imposée ou co-construite ? Analyse comparative de deux territoires lagunaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre thématique internationale "Les enjeux de délimitation du littoral en mer et sur terre et les représentations de la zone côtière"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Bari, Italie</w:t>
+              <w:t xml:space="preserve">Rencontres thématiques internationales "Valorisation touristique et multifonctionalité"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764747v1</w:t>
+                <w:t xml:space="preserve">hal-00764501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face à la multifonctionnalité : régulation imposée ou co-construite ? Analyse comparative de deux territoires lagunaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les contentieux liés à des conflits d'usage sur les territoires à l'épreuve des proximités spatiales, fonctionnelles et sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Darly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Kirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres thématiques internationales "Valorisation touristique et multifonctionalité"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Athènes, Grèce</w:t>
+              <w:t xml:space="preserve">Colloque "Dynamiques de Proximité : le temps des débats", Poitiers, 16 octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764501v1</w:t>
+                <w:t xml:space="preserve">hal-03074550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place pour la concertation dans les politiques de gestion durable des territoires ?</w:t>
               </w:r>
@@ -5400,217 +5426,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00767196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les contentieux liés à des conflits d'usage sur les territoires à l'épreuve des proximités spatiales, fonctionnelles et sociales</w:t>
+                <w:t xml:space="preserve">Ports et transport maritime face aux défis du développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Kirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Dynamiques de Proximité : le temps des débats", Poitiers, 16 octobre 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Poitiers, France</w:t>
+              <w:t xml:space="preserve">20e Festival International de Géographie, "Mers et Océans : les géographes prennent le large", St-Dié-des-Vosges, 1-4 octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Saint-Dié des Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03074550v1</w:t>
+                <w:t xml:space="preserve">hal-03072383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évaluation du phénomène conflictuel des territoires. Réflexions et expériences sur des espaces littoraux et maritimes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guineberteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lamberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Trouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'ASRDLF 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5849,165 +5849,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mediation : a tool for the sustainable resolution of land use conflicts ?</w:t>
+                <w:t xml:space="preserve">Structuration et restructuration des acteurs autour d'un projet de territoire : le cas du Parc Naturel Régional de la Narbonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Local governance and sustainable development de l'ERSA (The European Regional Science Association) et de l'ASRDLF (Association de Science Régionale de Langue Française)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Dynamiques territoriales ASRDLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764691v1</w:t>
+                <w:t xml:space="preserve">hal-00764732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structuration et restructuration des acteurs autour d'un projet de territoire : le cas du Parc Naturel Régional de la Narbonnaise</w:t>
+                <w:t xml:space="preserve">Mediation : a tool for the sustainable resolution of land use conflicts ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Dynamiques territoriales ASRDLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, France</w:t>
+              <w:t xml:space="preserve">Local governance and sustainable development de l'ERSA (The European Regional Science Association) et de l'ASRDLF (Association de Science Régionale de Langue Française)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764732v1</w:t>
+                <w:t xml:space="preserve">hal-00764691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces sous-tension : de l'émergence à la régulation des conflits sur le littoral</w:t>
               </w:r>
@@ -6056,165 +6056,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illegal constructions on the Languedoc-Roussillon coastal zone : emergence and resolution of the phenomenon</w:t>
+                <w:t xml:space="preserve">La ressource marine : objet de conflits et support de gestion territoriale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Local governance and sustainable development de l'ERSA (The European Regional Science Association) et de l'ASRDLF (Association de Science Régionale de Langue Française)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire du laboratoire MTE : Peut-on parler d'une "ressource environnementale" dans l'analyse des territoires ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764511v1</w:t>
+                <w:t xml:space="preserve">hal-00764657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ressource marine : objet de conflits et support de gestion territoriale</w:t>
+                <w:t xml:space="preserve">Illegal constructions on the Languedoc-Roussillon coastal zone : emergence and resolution of the phenomenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du laboratoire MTE : Peut-on parler d'une "ressource environnementale" dans l'analyse des territoires ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Local governance and sustainable development de l'ERSA (The European Regional Science Association) et de l'ASRDLF (Association de Science Régionale de Langue Française)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764657v1</w:t>
+                <w:t xml:space="preserve">hal-00764511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6226,260 +6226,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conflits: des opportunités à saisir pour l'ancrage des aires marines protégées dans le territoire</w:t>
+                <w:t xml:space="preserve">Un modèle générique de conservation des Aires Marines Protégées à l’épreuve du local : Démarche du projet de recherche CALM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum mondial de la nature, UICN</w:t>
+              <w:t xml:space="preserve">Forum Mondial de la Nature, UICN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Marseille, France. , 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341367v1</w:t>
+                <w:t xml:space="preserve">hal-03341348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un modèle générique de conservation des Aires Marines Protégées à l’épreuve du local : Démarche du projet de recherche CALM</w:t>
+                <w:t xml:space="preserve">Les conflits: des opportunités à saisir pour l'ancrage des aires marines protégées dans le territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum Mondial de la Nature, UICN</w:t>
+              <w:t xml:space="preserve">Forum mondial de la nature, UICN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Marseille, France. , 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341348v1</w:t>
+                <w:t xml:space="preserve">hal-03341367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mer agitée, mer à gérer. Pour une compréhension des conflits littoraux et maritimes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guineberteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lamberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Trouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7338,504 +7338,504 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiation environnementale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Du conflit à la mise en place d'un dispositif participatif de dépollution à Balaruc-les-Bains (France) : analyse d'une mobilisation citoyenne locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">D.,Bourg and Papaux, O. </w:t>
+              <w:t xml:space="preserve">CENTEMERI Laura, DAUMALIN Xavier (éd.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire de la pensée écologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">Pollutions industrielles et espaces méditerranéens, XVIIIè-XXIè siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthala; MMSH</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.111-123, 2015, 9782811112394</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01543250v1</w:t>
+                <w:t xml:space="preserve">hal-01479202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du conflit à la mise en place d'un dispositif participatif de dépollution à Balaruc-les-Bains (France) : analyse d'une mobilisation citoyenne locale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La médiation environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eudes Beuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CENTEMERI Laura, DAUMALIN Xavier (éd.). </w:t>
+              <w:t xml:space="preserve">D.,Bourg and Papaux, O. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pollutions industrielles et espaces méditerranéens, XVIIIè-XXIè siècle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dictionnaire de la pensée écologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karthala; MMSH</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01479202v1</w:t>
+                <w:t xml:space="preserve">hal-01543250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'urbanisation illégale sur le littoral du Languedoc Roussillon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Introduction : Les dynamiques d'artificialisation des espaces agricoles et naturels des littoraux méditerranéens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">C. PERRIN. </w:t>
+              <w:t xml:space="preserve">Perrin Coline (Ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Méditerranée : vers un littoral sans nature ? les espaces agricoles et naturels face à l'urbanisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École française de Rome, pp.173-187, 2013</w:t>
+              <w:t xml:space="preserve">Un littoral sans nature ? L'avenir de la Méditerranée face à l'urbanisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, pp.49-63, 2013, 978-2-7283-0962-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03056676v1</w:t>
+                <w:t xml:space="preserve">hal-03889870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : situations de tensions et de conflits au sein des espaces ouverts littoraux méditerranéens</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'urbanisation illégale sur le littoral du Languedoc Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lavaud-Letilleul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Perrin Coline (Ed.). </w:t>
+              <w:t xml:space="preserve">C. PERRIN. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Un littoral sans nature ? L'avenir de la Méditerranée face à l'urbanisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 481, pp.115-125, 2013, Collection de l’École française de Rome, 978-2-7283-0962-7</w:t>
+              <w:t xml:space="preserve">La Méditerranée : vers un littoral sans nature ? les espaces agricoles et naturels face à l'urbanisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, pp.173-187, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03895668v1</w:t>
+                <w:t xml:space="preserve">hal-03056676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face à la multifonctionnalité : régulation imposée ou co-construite? Analyse comparative de deux territoires lagunaires (France)</w:t>
+                <w:t xml:space="preserve">Introduction : situations de tensions et de conflits au sein des espaces ouverts littoraux méditerranéens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Perrin Coline (Ed). </w:t>
+              <w:t xml:space="preserve">Perrin Coline (Ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un littoral sans nature ? L'avenir de la Méditerranée face à l'urbanisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 481, pp.271-279, 2013, Collection de l’École française de Rome, 978-2-7283-0962-7</w:t>
+              <w:t xml:space="preserve">, 481, pp.115-125, 2013, Collection de l’École française de Rome, 978-2-7283-0962-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03895651v1</w:t>
+                <w:t xml:space="preserve">hal-03895668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : Les dynamiques d'artificialisation des espaces agricoles et naturels des littoraux méditerranéens</w:t>
+                <w:t xml:space="preserve">Face à la multifonctionnalité : régulation imposée ou co-construite? Analyse comparative de deux territoires lagunaires (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cadoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Perrin Coline (Ed.). </w:t>
+              <w:t xml:space="preserve">Perrin Coline (Ed). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un littoral sans nature ? L'avenir de la Méditerranée face à l'urbanisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, École française de Rome, pp.49-63, 2013, 978-2-7283-0962-7</w:t>
+              <w:t xml:space="preserve">, 481, pp.271-279, 2013, Collection de l’École française de Rome, 978-2-7283-0962-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03889870v1</w:t>
+                <w:t xml:space="preserve">hal-03895651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’urbanisation illégale sur le littoral du languedoc-roussillon : Entre laisser-faire et reprise en main par les pouvoirs publics</w:t>
               </w:r>
@@ -8880,51 +8880,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="54138F98"/>
+    <w:nsid w:val="331F93CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9111,51 +9111,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-cadoret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1074-5252" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116286857" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://telemme.mmsh.univ-aix.fr/membres/Anne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/anne-cadoret-73ba8568/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219617v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Beuret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Newton Jos&#233; Rodrigues da Silva" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2025.106852" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04839615v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delannoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ges.2024.27" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310073v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.203.0033" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388253v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laslaz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05284408v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Peirache" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barcelo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Aboucaya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Alaphilippe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Alary" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253739v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoleta Jones" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisovaladis Malesios" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mcginlay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Villasante" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Svajda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/acc95b" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815254v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.746.0032" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304274v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30538" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815308v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2021.0014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287999v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30564" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351452v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146843v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2021.105547" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02365219v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pothin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie S Barnay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onyx Le Bihan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3070" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991922v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daumalin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3244" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02053527v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18680" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02273274v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.6161" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01727891v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18436" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318271v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222759v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Torre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Bossuet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Caron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189900v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibullah Magsi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bossuet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-3-85" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239065v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.16.207-231" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01414373v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lavaud-Letilleul" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.5378" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856727v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kirat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4328" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907014v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.403.0231" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627703v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.10946" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00842459v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2011.8234" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00842462v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627705v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.9590" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729993v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627710v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-009-0048-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KW1L2PST-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906968v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282148v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341402v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939112v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mongruel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939152v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03579919v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913752v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salavatore Maugeri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Parola" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932311v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913773v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foulquier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guineberteau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Trouillet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764688v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Parola" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lavaud-Letilleul" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074548v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764673v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074547v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074549v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913780v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072383v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764671v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764721v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764746v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072385v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764747v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764501v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767196v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074550v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436250v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767195v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764462v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764670v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764691v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764732v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764493v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764511v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764657v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341367v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341348v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436266v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977529v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9811/les-aires-marines-protegees-vaines-promesses-et-vrais-enjeux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108349v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencepress.mnhn.fr/fr" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526896v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perrin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthopoulou Theodosia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Bouraoui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Buhot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821343v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eclm.fr/bdf/ouvrage-341.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729522v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.13.363-386" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-FGPMNB5V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04484076v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729396v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mody Diaw" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lyser" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1063380" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318275v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01543250v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01479202v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/atelier-mediterraneen/2966-pollutions-industrielles-et-espaces-mediterraneens-xviii-e-xxi-e-siecle-9782811112394.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056676v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895668v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895651v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889870v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895663v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lavaud Letilleul" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913676v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913670v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731564v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Audouit" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910080v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080101v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Baconnet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Barr&#233;-P&#233;pin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Billet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Boutelet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913890v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Vu Pham" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907276v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907286v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00176681v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-cadoret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1074-5252" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/116286857" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://telemme.mmsh.univ-aix.fr/membres/Anne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/anne-cadoret-73ba8568/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219617v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Beuret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cadoret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Newton Jos&#233; Rodrigues da Silva" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2025.106852" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04839615v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delannoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ges.2024.27" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310073v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.203.0033" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388253v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laslaz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Milian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253739v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikoleta Jones" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisovaladis Malesios" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mcginlay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Villasante" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Svajda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/acc95b" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05284408v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Peirache" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barcelo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Aboucaya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Alaphilippe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Alary" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815254v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.746.0032" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351452v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815308v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2021.0014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287999v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30564" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146843v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2021.105547" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03304274v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30538" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02365219v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pothin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie S Barnay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onyx Le Bihan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3070" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991922v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daumalin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3244" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02053527v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18680" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02273274v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.6161" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01727891v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.18436" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318271v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222759v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Torre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Melot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Bossuet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Caron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189900v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibullah Magsi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bossuet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2193-1801-3-85" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239065v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.16.207-231" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01414373v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lavaud-Letilleul" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.5378" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856727v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Kirat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4328" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00842459v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2011.8234" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627703v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.10946" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907014v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.403.0231" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00842462v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627705v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.9590" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729993v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00627710v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-009-0048-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KW1L2PST-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906968v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282148v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341402v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939112v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Mongruel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939152v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03579919v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913752v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salavatore Maugeri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Parola" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932311v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764673v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074547v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074549v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913780v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074548v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764688v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Parola" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lavaud-Letilleul" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913773v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foulquier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guineberteau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Trouillet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072385v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764721v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764746v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764671v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764747v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764501v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074550v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767196v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072383v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436250v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767195v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764462v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764670v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764732v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764691v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764493v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764657v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764511v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341348v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341367v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436266v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977529v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9811/les-aires-marines-protegees-vaines-promesses-et-vrais-enjeux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108349v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencepress.mnhn.fr/fr" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526896v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perrin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthopoulou Theodosia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Bouraoui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Buhot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821343v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eclm.fr/bdf/ouvrage-341.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729522v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.13.363-386" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-FGPMNB5V-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04484076v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729396v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mody Diaw" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lyser" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1063380" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318275v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01479202v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.karthala.com/atelier-mediterraneen/2966-pollutions-industrielles-et-espaces-mediterraneens-xviii-e-xxi-e-siecle-9782811112394.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01543250v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889870v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056676v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895668v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895651v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895663v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lavaud Letilleul" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913676v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913670v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731564v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Audouit" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910080v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080101v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Baconnet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Barr&#233;-P&#233;pin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Billet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Boutelet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913890v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Vu Pham" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907276v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907286v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00176681v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>