--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1110,183 +1110,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03941747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changing religious landscapes in Gupta times : archaeological evidence from the area of Badoh-Pathari in central India</w:t>
+                <w:t xml:space="preserve">Pour une histoire de l’Inde médiévale face aux variations du climat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Casile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">South Asian Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 30 (2), pp.245-268. </w:t>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 149, pp.15-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02666030.2014.962303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nda.3773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03536537v1</w:t>
+                <w:t xml:space="preserve">hal-03941876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une histoire de l’Inde médiévale face aux variations du climat</w:t>
+                <w:t xml:space="preserve">Changing religious landscapes in Gupta times : archaeological evidence from the area of Badoh-Pathari in central India</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Casile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 149, pp.15-23. </w:t>
+              <w:t xml:space="preserve">South Asian Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 30 (2), pp.245-268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nda.3773⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02666030.2014.962303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03941876v1</w:t>
+                <w:t xml:space="preserve">hal-03536537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1399,199 +1399,199 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vadovyapattana: an Agro-Urban Centre and its Hinterlands in Paramara Times</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identities, territories and agricultural practices : some landmarks for the preservation of local communities' heritage in East Timor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Galipaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Casile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Tichit, Pankaj Rag and Michael Willis and O.P. Mishra and Doria. </w:t>
+              <w:t xml:space="preserve">Loney, H. and Da Silva, A. B. and Canas Mendes, N. and Da Costa Ximenes, A. and Fernandes, C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimoine Culturel de l’Eau. Cities and Settlements, Temples and Tanks in the Medieval Landscape of Central India</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bhopal: Department of Archaeology, Museums and Archives, pp.133-155, 2014, 8189660195, 9788189660192</w:t>
+              <w:t xml:space="preserve">Buka hatene Compreender Mengerti Understanding Timor-Leste 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Timor-Leste Studies Association, pp.81-86, 2014, 978-0-85590-834-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01845570v1</w:t>
+                <w:t xml:space="preserve">hal-01845717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identities, territories and agricultural practices : some landmarks for the preservation of local communities' heritage in East Timor</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vadovyapattana: an Agro-Urban Centre and its Hinterlands in Paramara Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Casile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Loney, H. and Da Silva, A. B. and Canas Mendes, N. and Da Costa Ximenes, A. and Fernandes, C. </w:t>
+              <w:t xml:space="preserve">Tichit, Pankaj Rag and Michael Willis and O.P. Mishra and Doria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buka hatene Compreender Mengerti Understanding Timor-Leste 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Timor-Leste Studies Association, pp.81-86, 2014, 978-0-85590-834-8</w:t>
+              <w:t xml:space="preserve">Patrimoine Culturel de l’Eau. Cities and Settlements, Temples and Tanks in the Medieval Landscape of Central India</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bhopal: Department of Archaeology, Museums and Archives, pp.133-155, 2014, 8189660195, 9788189660192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845717v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01845570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie de l'eau pour le développement : réflexions sur le cas de l'Inde</w:t>
               </w:r>
@@ -1819,51 +1819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Casile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supriya Varma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarmiento Castillo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankita Battacharya" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sampurna Bordoloi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322422v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04291709v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Drouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676648v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Aubriot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jem Walker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212501v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.30965" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941757v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Hawkes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riza Abbas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaseera C.M." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Lefrancq" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2022.28" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941738v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09719458211056147" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224982v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41826-020-00032-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941747v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536537v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02666030.2014.962303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941876v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3773" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869934v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845570v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845717v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Galipaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845572v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Casile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supriya Varma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarmiento Castillo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankita Battacharya" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sampurna Bordoloi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322422v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04291709v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Drouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676648v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Aubriot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jem Walker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212501v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.30965" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941757v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Hawkes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riza Abbas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaseera C.M." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Lefrancq" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2022.28" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941738v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09719458211056147" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224982v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41826-020-00032-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941747v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941876v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3773" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536537v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02666030.2014.962303" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869934v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845717v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Galipaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845570v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845572v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>