--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -236,325 +236,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REM sleep microstructure alterations in REM sleep behavior disorder: beyond muscle tone</w:t>
+                <w:t xml:space="preserve">The cross-cultural temporal neurodynamics of fairness: A developmental machine-learning neuroscience investigation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Nicolas</w:t>
+                <w:t xml:space="preserve">Jason Cowell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Comperat</w:t>
+                <w:t xml:space="preserve">Chenyi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Fort</w:t>
+                <w:t xml:space="preserve">Yawei Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Cheylus</w:t>
+                <w:t xml:space="preserve">Justine Epinat-Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Ricordeau</w:t>
+                <w:t xml:space="preserve">Benoit Triniol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep</w:t>
+              <w:t xml:space="preserve">Developmental Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/sleep/zsaf158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/dev0002103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05110771v2</w:t>
+                <w:t xml:space="preserve">hal-05453627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cross-cultural temporal neurodynamics of fairness: A developmental machine-learning neuroscience investigation.</w:t>
+                <w:t xml:space="preserve">REM sleep microstructure alterations in REM sleep behavior disorder: beyond muscle tone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Cowell</w:t>
+                <w:t xml:space="preserve">Judith Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenyi Chen</w:t>
+                <w:t xml:space="preserve">Louis Comperat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yawei Cheng</w:t>
+                <w:t xml:space="preserve">Patrice Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Epinat-Duclos</w:t>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Triniol</w:t>
+                <w:t xml:space="preserve">François Ricordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Psychology</w:t>
+              <w:t xml:space="preserve">Sleep</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/dev0002103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/sleep/zsaf158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05453627v1</w:t>
+                <w:t xml:space="preserve">hal-05110771v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasibility and efficacy of exercise training on sleep symptoms and comorbidities in narcolepsy type 1: a prospective interventional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ricordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeric Stauffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -562,51 +562,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Putois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jaffiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sleep</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -657,51 +657,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the prefrontal cortex in musical and verbal short-term memory: A functional near-infrared spectroscopy study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ginzburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -804,51 +804,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Spiegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Eve Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kieran Ayling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -964,51 +964,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Léone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Boisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 42 (11), pp.3396-3410. </w:t>
@@ -1072,51 +1072,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Costagliola d'Abele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Altmanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1340,51 +1340,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penka Stateva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Andreetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1448,90 +1448,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What's Behind a “+” Sign? Perceiving an Arithmetic Operator Recruits Brain Circuits for Spatial Orienting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Epinat-Duclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Sigovan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cerebral Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 28 (5), pp.1673-1684. </w:t>
@@ -1697,1454 +1697,1454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02871228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scalar Implicatures: The Psychological Reality of Scales</w:t>
+                <w:t xml:space="preserve">Scalar Implicatures: The psychological reality of scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex de Carvalho</w:t>
+                <w:t xml:space="preserve">Alex A de Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne C Reboul</w:t>
+                <w:t xml:space="preserve">Anne C. Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste van Der Henst</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Jean-Baptiste Van der Henst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Nazir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7, </w:t>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02951229v1</w:t>
+                <w:t xml:space="preserve">hal-01374001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scalar Implicatures: The psychological reality of scales</w:t>
+                <w:t xml:space="preserve">Scalar Implicatures: The Psychological Reality of Scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex A de Carvalho</w:t>
+                <w:t xml:space="preserve">Alex de Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne C. Reboul</w:t>
+                <w:t xml:space="preserve">Anne C Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Van der Henst</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Jean-Baptiste van Der Henst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana Nazir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, </w:t>
+              <w:t xml:space="preserve">, 2016, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01374001v1</w:t>
+                <w:t xml:space="preserve">hal-02951229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context in Generalized Conversational Implicatures: the case of some</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Novel Analog Reasoning Paradigm: New Insights in Intellectually Disabled Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Curie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludivine E. Dupuy</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Amandine Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Reboul</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Nazir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (2), pp.e0149717. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.00381⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0149717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01582067v1</w:t>
+                <w:t xml:space="preserve">hal-01281629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Analog Reasoning Paradigm: New Insights in Intellectually Disabled Patients</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Context in Generalized Conversational Implicatures: the case of some</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Brun</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Ludivine E. Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste van Der Henst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Reboul</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (2), pp.e0149717. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0149717⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.00381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01281629v1</w:t>
+                <w:t xml:space="preserve">hal-01582067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple technique to study embodied language processes: the grip force sensor</w:t>
+                <w:t xml:space="preserve">Double Negation in a Negative Concord language: An experimental investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatjana A Nazir</w:t>
+                <w:t xml:space="preserve">Viviane Déprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lianna Hrycyk</w:t>
+                <w:t xml:space="preserve">Susagna Tubau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Moreau</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Teresa Espinal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior Research Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13428-015-0696-7⟩</w:t>
+              <w:t xml:space="preserve">Lingua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 163, pp.75-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lingua.2015.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01281675v1</w:t>
+                <w:t xml:space="preserve">hal-01158576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double Negation in a Negative Concord language: An experimental investigation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A simple technique to study embodied language processes: the grip force sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana A Nazir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viviane Déprez</w:t>
+                <w:t xml:space="preserve">Lianna Hrycyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susagna Tubau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Quentin Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Frak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lingua</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 163, pp.75-107. </w:t>
+              <w:t xml:space="preserve">Behavior Research Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 49 (1), pp.61-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lingua.2015.05.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3758/s13428-015-0696-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01158576v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reasoning from transitive premises: An EEG study.</w:t>
+                <w:t xml:space="preserve">Differentiating Semantic Categories during the Acquisition of Novel Words: Correspondence Analysis Applied to Event-related Potentials.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bonnefond</w:t>
+                <w:t xml:space="preserve">Raphaël Fargier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Castelain</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sabine Ploux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Paulignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bandc.2014.06.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/jocn_a_00669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01067953v1</w:t>
+                <w:t xml:space="preserve">hal-01067944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face the hierarchy: ERP and oscillatory brain responses in social rank processing.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Baudouin</w:t>
+                <w:t xml:space="preserve">The c.429_452 duplication of the ARX gene: a unique developmental-model of limb kinetic apraxia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Curie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatjana Nazir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Paulignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Reboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0091451⟩</w:t>
+              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9, pp.25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1750-1172-9-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01067837v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural correlates of non-verbal social interactions: a dual-EEG study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Ménoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Varnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Fargier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Curie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 55, pp.85-97. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2013.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01067941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating Semantic Categories during the Acquisition of Novel Words: Correspondence Analysis Applied to Event-related Potentials.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Reasoning from transitive premises: An EEG study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste van Der Henst</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/jocn_a_00669⟩</w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90, pp.100-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2014.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01067944v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01067953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The c.429_452 duplication of the ARX gene: a unique developmental-model of limb kinetic apraxia.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amandine Brun</w:t>
+                <w:t xml:space="preserve">Face the hierarchy: ERP and oscillatory brain responses in social rank processing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Paulignan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Reboul</w:t>
+                <w:t xml:space="preserve">Karim Jerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9, pp.25. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (3), pp.e91451. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1750-1172-9-25⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0091451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020483v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01067837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action relevance in linguistic context drives word-induced motor activity.</w:t>
               </w:r>
@@ -3156,77 +3156,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pia Aravena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Courson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Frak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Paulignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8, pp.163. </w:t>
@@ -3277,64 +3277,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What's behind a P600? Integration operations during irony processing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Spotorno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste van Der Henst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ira A Noveck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3375,298 +3375,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00875135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What MEG can reveal about inference making: the case of if...then sentences.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stroke by carotid artery complete occlusion in Kawasaki disease: case report and review of literature.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ira Noveck</w:t>
+                <w:t xml:space="preserve">Isabelle Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Baillet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Stéphane Chabrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Hees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pediatric Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49 (6), pp.469-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pediatrneurol.2013.08.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00927578v1</w:t>
+                <w:t xml:space="preserve">hal-01067870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stroke by carotid artery complete occlusion in Kawasaki disease: case report and review of literature.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amandine Brun</w:t>
+                <w:t xml:space="preserve">What MEG can reveal about inference making: the case of if...then sentences.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Hees</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Ira Noveck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Neurology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 34 (3), pp.684-97</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01067870v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00927578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grip force reveals the context sensitivity of language-induced motor activity during &amp;quot;action words&amp;quot; processing: evidence from sentential negation.</w:t>
               </w:r>
@@ -3691,64 +3691,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvonne Delevoye-Turrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Paulignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (12), pp.e50287. </w:t>
@@ -3786,103 +3786,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Neurolexicology: A Method for Exploring the Organization of the Mental Lexicon by Analyzing Electrophysiological Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Ploux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Dabic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Paulignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatjana A Nazir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mental Lexicon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (2), pp.210-236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3942,51 +3942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Kaliuzhna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ira A Noveck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4059,627 +4059,627 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLUME-FEATHER, Referencing and Finding Software for Research and Education</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CREAT_criteria: What have we learned regarding CTD patient epilepsy? A prospective study in creatine transporter deficiency (SLC6A8) patients to determine the most relevant outcome measures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Curie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Bénassy</w:t>
+                <w:t xml:space="preserve">Lisa Ouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Caron</w:t>
+                <w:t xml:space="preserve">Fahra Gheurbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Ferret-Canape</w:t>
+                <w:t xml:space="preserve">Michaël Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cheylus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E Courcelle</w:t>
+                <w:t xml:space="preserve">Nathalie Touil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Computing in High Energy and Nuclear Physics (CHEP2013)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2024 CCDS Scientific + Patient Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association for Creatine Deficiencies, Jun 2024, Salt Lake City (US), United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04686875v1</w:t>
+                <w:t xml:space="preserve">hal-04731103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CREAT_criteria: What have we learned regarding CTD patient epilepsy? A prospective study in creatine transporter deficiency (SLC6A8) patients to determine the most relevant outcome measures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurore Curie</w:t>
+                <w:t xml:space="preserve">PLUME-FEATHER, Referencing and Finding Software for Research and Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Bénassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Ouss</w:t>
+                <w:t xml:space="preserve">C Ferret-Canape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fahra Gheurbi</w:t>
+                <w:t xml:space="preserve">A Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Pommier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Touil</w:t>
+                <w:t xml:space="preserve">E Courcelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 CCDS Scientific + Patient Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th International Conference on Computing in High Energy and Nuclear Physics (CHEP2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Amsterdam, Netherlands. pp.062022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/513/6/062022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731103v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creat_criteria: a prospective study in Creatine Transporter Deficiency (SLC6A8) patients to determine the most relevant outcome measures: preliminary results</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Étude des déterminants de la perception du sommeil dans les troubles de l’hypersomnolence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Buchy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michaël Pommier</w:t>
+                <w:t xml:space="preserve">Cyann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiphaine Courtalon</w:t>
+                <w:t xml:space="preserve">Lorëva Ambrogi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ricordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Cerebral Creatine Deficiency Syndromes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le congrès du sommeil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Recherche et Médecine du Sommeil (SFRMS); Société de Pneumologie de Langue Française (SPLF), Nov 2022, Lille, France. pp.5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msom.2023.01.154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419252v1</w:t>
+                <w:t xml:space="preserve">hal-04050449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des déterminants de la perception du sommeil dans les troubles de l’hypersomnolence</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Ricordeau</w:t>
+                <w:t xml:space="preserve">Creat_criteria: a prospective study in Creatine Transporter Deficiency (SLC6A8) patients to determine the most relevant outcome measures: preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Curie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahra Gheurbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Bastuji</w:t>
+                <w:t xml:space="preserve">Marion Buchy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiphaine Courtalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le congrès du sommeil</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Symposium on Cerebral Creatine Deficiency Syndromes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Xtraordinaire, Sep 2023, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04050449v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se réveiller et rester éveillé : un défi dans l’hypersomnie idiopathique !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorëva Ambrogi Martins Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ricordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le congrès du sommeil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Recherche et Médecine du Sommeil (SFRMS); Société de Pneumologie de Langue Française (SPLF), Nov 2022, Lille, France. pp.7-8, </w:t>
@@ -4756,64 +4756,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penka Stateva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Andreetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste van Der Henst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Connaissances et usages en langue seconde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Nantes, France. </w:t>
@@ -4976,77 +4976,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Negative Discord in a Concord Language: an Experimental Investigation of NC and DN in Catalan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Déprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susagna Tubau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Espinal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5084,64 +5084,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When and How is Concord preferred? An Experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Déprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Larrivée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5205,77 +5205,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pia Aravena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Paulignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Frak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Neurobiology of Language Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, San Sebastian, Spain</w:t>
@@ -5336,103 +5336,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NREM to REM sleep transitions and REM sleep microstructure in isolated REM sleep behavior disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Comperat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Leclair-Visonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ricordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">European Sleep Research Society. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Congress of the European Sleep Research Society</w:t>
@@ -5523,51 +5523,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Des Portes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Curie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Bussy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5791,51 +5791,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3F12D375"/>
+    <w:nsid w:val="FE185C73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6022,51 +6022,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-cheylus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4243-3686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070271836" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/GSD-3809-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110771v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Nicolas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Comperat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fort" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ricordeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsaf158" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453627v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Cowell" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyi Chen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawei Cheng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat-Duclos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Triniol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/dev0002103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281144v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Stauffer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Putois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaffiol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsaf272" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575183v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ginzburg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Collard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferreri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00168" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080648v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Spiegel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Eve Rey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Ayling" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Benedict" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.02.017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052304v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parnika Bhatia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Delem" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L&#233;one" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Boisin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820940631" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03041162v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Costagliola d'Abele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Altmanova" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Cayol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reboul" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803002v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Curie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Friocourt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Des Portes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Roy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Nazir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2018.04.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803048v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Dupuy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka Stateva" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Andreetta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Deprez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lab.17017.dup" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378072v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mathieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Sigovan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Breton" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhx064" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871228v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Curie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Friocourt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bertrand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rochefort" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Loa&#235;c" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2017.04.936" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951229v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Carvalho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Reboul" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste van Der Henst" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01500" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374001v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex A de Carvalho" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C. Reboul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Van der Henst" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582067v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine E. Dupuy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.00381" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281629v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Brun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0149717" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281675v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana A Nazir" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianna Hrycyk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frak" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-015-0696-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158576v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane D&#233;prez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susagna Tubau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teresa Espinal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2015.05.012" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067953v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonnefond" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Castelain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2014.06.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067837v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Jerbi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Henaff" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudouin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0091451" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067941v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M&#233;noret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Varnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fargier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2013.10.001" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQ70X689-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067944v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Ploux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Paulignan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_00669" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020483v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1750-1172-9-25" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067818v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Aravena" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Courson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00163" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875135v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Spotorno" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira A Noveck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066839" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927578v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Noveck" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067870v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sabatier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chabrier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hees" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pediatrneurol.2013.08.011" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS3QJ3GD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875165v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Delevoye-Turrell" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050287" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806541v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dabic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ml.7.2.wit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652528v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prado" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kaliuzhna" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2008.04.017" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686875v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O B&#233;nassy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ferret-Canape" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cheylus" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Courcelle" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/513/6/062022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731103v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ouss" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahra Gheurbi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pommier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Touil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419252v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Buchy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiphaine Courtalon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050449v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyann Bernard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#235;va Ambrogi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bastuji" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2023.01.154" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050362v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#235;va Ambrogi Martins Lopes" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2023.01.161" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659678v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20173800005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281755v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bertrand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rochefort" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Loa&#235;c" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148128v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Espinal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146044v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larriv&#233;e" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932603v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794627v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Leclair-Visonneau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023154v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bussy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03826298v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Eug&#233;nie, Jeanne Cheylus N&#233;e Crouzeix" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-cheylus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4243-3686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070271836" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/GSD-3809-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453627v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Cowell" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyi Chen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawei Cheng" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Epinat-Duclos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Triniol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/dev0002103" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110771v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Nicolas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Comperat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Fort" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ricordeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsaf158" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281144v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Stauffer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Putois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jaffiol" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsaf272" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575183v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ginzburg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Collard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferreri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00168" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080648v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Spiegel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Eve Rey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Ayling" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Benedict" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.02.017" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052304v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parnika Bhatia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Delem" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L&#233;one" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Boisin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820940631" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03041162v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Costagliola d'Abele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Altmanova" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Cayol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reboul" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803002v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Curie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Friocourt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Des Portes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Roy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana Nazir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2018.04.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803048v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Dupuy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka Stateva" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Andreetta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Deprez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lab.17017.dup" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378072v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mathieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Sigovan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Breton" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhx064" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871228v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Curie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Friocourt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bertrand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rochefort" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Loa&#235;c" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2017.04.936" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374001v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex A de Carvalho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C. Reboul" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Van der Henst" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01500" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951229v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Carvalho" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Reboul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste van Der Henst" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281629v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Brun" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0149717" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582067v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine E. Dupuy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.00381" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158576v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane D&#233;prez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susagna Tubau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teresa Espinal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2015.05.012" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281675v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatjana A Nazir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianna Hrycyk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frak" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-015-0696-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067944v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fargier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Ploux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Paulignan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_00669" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020483v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1750-1172-9-25" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067941v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M&#233;noret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Varnet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2013.10.001" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQ70X689-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067953v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonnefond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Castelain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2014.06.010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067837v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Jerbi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Henaff" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudouin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0091451" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067818v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Aravena" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Courson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00163" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875135v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Spotorno" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira A Noveck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0066839" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067870v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sabatier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chabrier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hees" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pediatrneurol.2013.08.011" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS3QJ3GD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927578v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ira Noveck" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpuech" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875165v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Delevoye-Turrell" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050287" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806541v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dabic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ml.7.2.wit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652528v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prado" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kaliuzhna" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2008.04.017" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731103v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Ouss" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahra Gheurbi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pommier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Touil" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686875v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O B&#233;nassy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caron" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ferret-Canape" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cheylus" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Courcelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/513/6/062022" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050449v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyann Bernard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#235;va Ambrogi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bastuji" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2023.01.154" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419252v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Buchy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiphaine Courtalon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050362v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#235;va Ambrogi Martins Lopes" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2023.01.161" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659678v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20173800005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281755v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bertrand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rochefort" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Loa&#235;c" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148128v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Espinal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146044v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larriv&#233;e" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932603v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794627v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Leclair-Visonneau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023154v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bussy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03826298v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Eug&#233;nie, Jeanne Cheylus N&#233;e Crouzeix" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>