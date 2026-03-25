--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1402,234 +1402,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04163877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cultures numériques enfantines : Un impensé de l'EMI ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Les jeunes et le numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École nationale supérieure des sciences de l'information et des bibliothèques (ENSSIB), Feb 2022, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03581595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pourquoi chercher à faire peur ? » : Des approches préventives à une approche sociale et pro-active de l’éducation au numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international sur le (cyber)harcèlement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine), Dec 2022, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Saisir les cultures numériques enfantines : un impératif scientifique et social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Médias numériques, famille et apprentissages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Acfas, May 2022, Montréal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04091124v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03581595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sémiotique sociale et intelligence artificielle. Quel enjeu pour une éducation critique à l'image ?</w:t>
               </w:r>
@@ -1786,273 +1786,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04091120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Perception des infox et mobilisation de l’esprit critique en temps de crise sanitaire : les apports de la méthode Living Lab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Dolbeau-Bandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Georget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassili Rivron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international - Journalisme et plateformes 2ème éd. : information, infomédiation et "fake news"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Aix-Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Regards pluriels sur l’éducation à l’image : enjeux, pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Diana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Appiotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Müller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde dans le cadre du séminaire Fait didactique et éducation à L’éducation à l’image en contexte numérique et de crise sanitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine); Institut national supérieur du professorat et de l'éducation (Inspé de Lorraine), Dec 2020, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549907v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-03629979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards réflexifs d'acteurs·rices sur l'éducation à l'information et aux médias dans leur scolarité : des enseignements pour l'action</w:t>
               </w:r>
@@ -2740,50 +2740,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La théorie du document de Robert Escarpit : Filiations et affiliations pour penser les cultures de l'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Liquète</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lehmans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Robert Escarpit : Centenaire d'un pionnier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01858270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A la recherche du Temps perdu : recherche du temps, temps de la recherche, sur les usages et pratiques numériques dans les processus éducatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RUNED18 Colloque international francophone Usages du numérique en éducation : Regards Critiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01742233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le jeu vidéo comme médiateur d’apprentissage informels. Le cas des jeux Europa Universalis et Crusader Kings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dussarps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2792,309 +2956,145 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une écriture vidéoludique de l’Histoire (Journée d’étude)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02483553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Vincent Liquète</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages numériques en éducation : l’influence de la perception des risques par les enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Capelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lehmans</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RUNED18 Colloque international francophone Usages du numérique en éducation : Regards Critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...93 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01742229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3418,234 +3418,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05131943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« S’informer » aujourd’hui : Pratiques et regards de jeunes sur l’information et le paysage médiatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international et interdisciplinaire « Sauver les jeunes des médias sociaux ? État des lieux des recherches sur les usages informationnels et relationnels juvéniles des médias sociaux, et perspectives éducatives »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du design de la transparence à l'agir informationnel : Les apports d'une approche sociale de l'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">H2PTM'17 : Le numérique à l’ère des designs, de l’hypertexte à l’hyper-expérience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Valenciennes, France. pp.131-146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pratiques informationnelles des jeunes et EMI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence nationale « Cultures numériques, éducation aux médias et à l’information", IFE-ENS Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01599193v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-01599183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les héritages informationnels familiaux : Un impensé à conscientiser pour une approche sociocritique du numérique en éducation</w:t>
               </w:r>
@@ -3694,194 +3694,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01599189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Postures enseignantes et modalités d’affiliation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lehmans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Translittératie et affiliations numériques, ANR TRANSLIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Talence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vers un écosystème de formation réagencé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International en Éducation CRIFPE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01599289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Anne Lehmans</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Et pourtant, ils créent… Quand la créativité des pratiques informationnelles juvéniles enrichit les pratiques pédagogiques, et réciproquement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Translittératie et affiliations numériques, ANR TRANSLIT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Talence, France</w:t>
+              <w:t xml:space="preserve">Colloque international ACFAS – EntreLacer « Hybridté/multimodalité dans les pratiques de création/réception des jeunes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses d’interactions au sein de « situations translittéraciques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3910,126 +3979,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque final ANR TRANSLIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01599190v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01599290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand le milieu informationnel impacte l’acte d’enseignement-apprentissage : Discours et pratiques d’acteurs</w:t>
               </w:r>
@@ -4160,194 +4160,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01266959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La translittératie, un facteur de réagencement de l'organisation scolaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Liquète</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19ème Colloque Bilatéral Franco-Roumain en Sciences de l'Information et de la Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Bucarest, Roumanie. pp.1-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01066402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Et si on enseignait l'incertitude pour construire une culture de l'information ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Spécialisé en Sciences de l'Information COSSI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, France. [12p.]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">sic_00803091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Vincent Liquète</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Information Literacy, Transliteracy and Information Culture Development in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lehmans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Colloque Bilatéral Franco-Roumain en Sciences de l'Information et de la Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Conference, ECIL 2013, Istanbul, Turkey, Octob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, France. pp.478-484, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-03919-0_64⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00955663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La translittératie, un facteur de réagencement de l'organisation scolaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4363,148 +4454,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème colloque bilatéral franco-roumain en Sciences de l'Information et de la Communication.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Bucarest, Roumanie. A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00927588v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-00955663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information literacy, transliteracy and information culture development in France: what the teacher-librarian can change</w:t>
               </w:r>
@@ -4729,1132 +4729,1925 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Apprendre au quotidien dans et hors la classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dussarps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littératie et culture numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Beckmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Capelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Sahut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karel Soumagnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquête ELN - Questionnaire Parents : Quelles compétences numériques sont attribuées aux enfants par leurs parents ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Famille, parentalité et numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enquêter auprès des enfants : méthodologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Dupret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Famille, parentalité et numérique</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monographie de terrain. 6ème – REP+ Zone urbaine Hauts-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Clément Dussarps</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfance et socialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Danic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Camille Capelle</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages des écrans : quels impacts sur le jeune, sa vie sociale, sa vie d’élève ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ils (s’)informent, oui ! Et comment ?!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éduquer aux médias et à l’information : Un défi collectif !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaginaires et pratiques numériques juvéniles à l’aune du Genre : des sociabilités (re)configurées ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01599192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grandir Informés. Les pratiques informationnelles des enfants, adolescents et jeunes adultes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C &amp; F Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Les enfants du numérique, 978-2-37662-065-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04078606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enfants et les écrans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Erhel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éd. Retz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Mythes et réalités, André Tricot, 9782725643816</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05010466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utopies contemporaines en information-documentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Liquète</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 246 p., 2018, 978-1-78405-391-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03226407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grandir Connectés : Les adolescents et la recherche d'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C &amp; F Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Les Enfants du Numérique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pratiques informationnelles : dynamiques conceptuelles, questionnements méthodologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sahut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...508 lines deleted...]
-                <w:t xml:space="preserve">halshs-01599192v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2 (61), 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/edc.16036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’interprétation des images &amp;quot;choc&amp;quot; : signes, filtres, idéologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Tréhondart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Saemmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semen - Revue de sémio-linguistique des textes et discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 53, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le document fait société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication &amp; langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 199, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écriture numérique : Des usages sociaux aux formations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Alamargot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 196, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littéracies informationnelles et médiatiques au prisme du genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multimodalité(s) : Revue de recherches en littératie médiatique multimodale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 04, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réseaux sociaux altèrent les liens sociaux des adolescents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Stassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Cordier; Séverine Erhel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les enfants et les écrans.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed. Retz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.137-149, 2023, 9782725643816</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Former par le/au numérique à l’école et en formation professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Camille Capelle; Vincent Liquète. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceptions et analyses des risques numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.65-87, 2023, Série médiations et médiatisations des savoirs, 978-1-78-405866-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04078614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...98 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“A Big Nebula that is a Bit Scary” (Louise, Trainee Schoolteacher): Training through/in Digital Technology, in School and in Professional Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Camille Capelle; Vincent Liquète. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceptions and Analysis of Digital Risks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE Editions; Wiley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.55-80, 2022, Knowledge management series, 978-1-78-630744-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saisir les pratiques informationnelles : enjeux épistémologiques et méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lehmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5864,586 +6657,586 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alexandre Serres; Vincent Liquète; Eric Delamotte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des cultures aux pratiques informationnelles Approches, enjeux, diversité des pratiques informationnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de la Méditérannée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.29-56, 2021, Des cultures aux pratiques informationnelles : Approches, enjeux, diversité des pratiques informationnelles, 978-2-36781-447-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03431696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Squeezie, TikTok, Maman, Papa et Moi ! Quand le numérique vient agrandir la famille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Meyer; Salvatore Stella. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parentalité(s) et après ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erès éd.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.257-276, 2021, 9782749271392</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From home to school, and vice versa ? Digital education in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jos Tolboom; Lydwin Van Rooyen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Literacy: Curriculum Development and Implementation in European Countries - CIDREE Yearbook 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Netherlands Institute for Curriculum Development</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.50-67, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03539428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déconstruire le mythe des digital natives, et au-delà : Cheminements théoriques et méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de l'ENSSIB. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éducation critique aux médias et à l’information en contexte numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et pourtant ils créent ! Entrelacement de la créativité des pratiques numériques juvéniles et des pratiques pédagogiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires du Québec. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Croiser littératie, art et culture des jeunes : Impacts sur l’enseignement des arts et des langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, In LACELLE, Nathalie, RICHARD, Moniques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LA PRATIQUE DE LA LECTURE : ENTRE GENRE ET FAN STUDIES (Entretien croisé réalisé par Mélanie Bourdaa et Arnaud Alessandrin, avec Anne Cordier et Emilie Lechenaut)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lechenaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mélanie Bourdaa; Arnaud Alessandrin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FAN STUDISES - GENDER STUDIES, le retour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éd. Téraèdre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.39-52, 2019, 9782360850952</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ados en quête d'infos : De la jungle à la steppe, cheminer en conscience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Laval. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accompagner les ados à l'ère du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">sic_02299371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaboration and Empowerment in Transliteracy at School</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Aillerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6481,232 +7274,232 @@
               <w:t xml:space="preserve">Information Literacy in the Workplace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 978-3-319-74334-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-74334-9_33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01599185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affiliations numériques et postures enseignantes : vers une redéfinition de la communauté d’apprentissage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lehmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Liquète, Vincent. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Les affiliations par et avec le numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 978 2 7056 9402 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01568856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une EMI sans frontières est-elle possible… et souhaitable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LAMOUROUX Mireille, TROUCHE Luc (dir). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures numériques, éducation aux médias et à l’information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Canopé, p.97-102, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affiliations numériques et postures enseignantes : vers une redéfinition de la communauté d’apprentissage ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6722,73 +7515,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les affiliations par et avec le numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, 2017, Les affiliations par et avec le numérique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01599188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transliteracy and Knowledge Formats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lehmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6804,73 +7597,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Literacy. Lifelong Learning and Digital Citizenship</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 492, pp.118-127, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01265979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La culture générale face à l'information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Liquète</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6880,938 +7673,145 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Liquète. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures de l'information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Editions, pp.69-90, 2014, 978-2-271-08073-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.20107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03226463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Êtreprofdoc@sos.com Ou comment Internet questionne le sentiment de légitimité du professeur documentaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">C'est fou tout ce qu'on peut faire au CDI !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.201-212, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">sic_00734220v1</w:t>
-              </w:r>
-[...791 lines deleted...]
-                <w:t xml:space="preserve">hal-03349202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8791,83 +8791,83 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du numéro</w:t>
+                <w:t xml:space="preserve">Présentation du numéro : &amp;quot;Écritures numériques : Des usages sociaux aux formations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amarie (anne-Marie) Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Alamargot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 196 (1), pp.3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8964,165 +8964,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01580459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ni complices, ni soumis : L’engagement en politique numérique des digital natives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hybrid. Revue des arts et médiations humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Cultures numériques : alternatives, 03</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01598271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Agir contre la (re)production de « distinctions »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Ce que le numérique peut en éducation, 185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01580420v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01598271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques translittéraciques juvéniles et imaginaires croisés d'acteurs : une question de genre ?</w:t>
               </w:r>
@@ -9171,50 +9171,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Imaginaire(s) de la Jeunesse à l'heure du numérique : Entre discours et pratiques, des imaginaires en tension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaces numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Imaginaire(s) et numérique, 04 (02)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01580768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Transliteracy and Knowledge Formats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lehmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -9223,126 +9292,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications in Computer and Information Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01710536v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">sic_01580768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distance learning as a central issue for the learning and professionalization process of professeurs documentalistes: The French synthesis of transliteracy</w:t>
               </w:r>
@@ -9901,51 +9901,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992124v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cordier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138647v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015149v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dussarps" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vaugier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Doreau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Beckmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04734916v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04318577v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pauchard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723508v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehmans" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Blanquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vandebrouck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Train" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01552095v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Aillerie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lespinet-Najib" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009251v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Bagnol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deschryver" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Felder" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382854v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04734882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Baudin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Barbet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091123v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875482v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sahut" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04163885v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04163877v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Massou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091124v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091119v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03581595v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04627086v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tr&#233;hondart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedra Mellouli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091120v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03549907v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Diana" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Appiotti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne M&#252;ller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629979v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dolbeau-Bandin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georget" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Millet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Rivron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188483v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03454320v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Claveau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divina Frau-Meigs" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pierre-Maurice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03452769v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203568v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Capelle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473085v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349696v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899026v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349194v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02483553v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742233v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742229v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811697v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858271v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858301v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131943v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-74334-9_33" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599193v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599184v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599183v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599189v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599289v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599187v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599190v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599290v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599186v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266959v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00803091v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01066402v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927588v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955663v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03919-0_64" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927567v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00642953v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04734942v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293169v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293167v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04281405v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04281406v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Soumagnac" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293206v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293175v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04281402v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Danic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599291v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599292v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599194v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04078614v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/perceptions-et-analyses-des-risques-numeriques/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04718179v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Stassin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-retz.com/enrichir-sa-pedagogie/mes-connaissances-educatives/les-enfants-et-les-ecrans-9782725643816.html?srsltid=AfmBOopzZXFaR2rAoIrS6-NqGMVwskaK-cRbRswf7CgvNIC4I107Myfc#details-techniques" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04096384v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=1815" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431696v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/des-cultures-aux-pratiques-informationnelles.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03349651v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/ouvrage/4787/parentalite-s-et-apres" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03539428v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cidree.org/wp-content/uploads/2021/11/cidree_yearbook_2021_digital_literacy.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349161v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349234v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051314v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lechenaut" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teraedre.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=62325" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_02299371v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599185v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349238v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01568856v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599188v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265979v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226463v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.20107" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00734220v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010466v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Erhel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-retz.com/enrichir-sa-pedagogie/mes-connaissances-educatives/les-enfants-et-les-ecrans-9782725643816.html?srsltid=AfmBOoolrj9sUEKg-pBGP34JV3gc7GgyPSi0_tmjTNu0gaY3GiptS_dR" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04078606v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/grandir-informes/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226407v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/utopies-contemporaines-en-information-documentation/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348980v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/grandirConnectes/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869049v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.16036" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315905v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349197v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349201v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Petitjean" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Alamargot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349202v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872161v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.16046" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315950v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.18720" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091117v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.29278" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03537570v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03541492v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349634v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.9478" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218633v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01598221v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349259v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858307v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Collin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592978v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Stalder" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02545309v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jehel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366989v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarie (anne-Marie) Petitjean" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.196.0003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01580459v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01580420v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01598271v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349216v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710536v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01580768v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950834v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00686336v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524534v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Serres" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Ballarini-Santonocito" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Dimier," TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Duplessis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00737637v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992124v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cordier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138647v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015149v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dussarps" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vaugier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Doreau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Beckmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04734916v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04318577v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pauchard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723508v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehmans" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Blanquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vandebrouck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Train" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01552095v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Aillerie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lespinet-Najib" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009251v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charlier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Bagnol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deschryver" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Felder" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382854v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04734882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Baudin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Barbet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091123v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875482v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sahut" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04163885v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04163877v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Massou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03581595v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091119v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091124v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04627086v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tr&#233;hondart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedra Mellouli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Saemmer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091120v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dolbeau-Bandin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georget" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Millet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Rivron" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03549907v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Diana" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Appiotti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne M&#252;ller" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188483v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03454320v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Claveau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divina Frau-Meigs" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pierre-Maurice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03452769v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203568v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Capelle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473085v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349696v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899026v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349194v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858270v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742233v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02483553v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742229v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811697v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858271v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858301v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131943v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-74334-9_33" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599183v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599184v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599193v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599189v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599187v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599289v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599290v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599190v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599186v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266959v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01066402v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00803091v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955663v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03919-0_64" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927588v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927567v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00642953v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04734942v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04281405v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04281406v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Soumagnac" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293206v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293167v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293169v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293175v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04281402v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Danic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599291v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599292v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599194v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04078606v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/grandir-informes/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010466v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Erhel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-retz.com/enrichir-sa-pedagogie/mes-connaissances-educatives/les-enfants-et-les-ecrans-9782725643816.html?srsltid=AfmBOoolrj9sUEKg-pBGP34JV3gc7GgyPSi0_tmjTNu0gaY3GiptS_dR" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226407v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/utopies-contemporaines-en-information-documentation/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348980v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/grandirConnectes/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869049v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.16036" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315905v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349197v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349201v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Petitjean" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Alamargot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349202v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04718179v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Stassin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-retz.com/enrichir-sa-pedagogie/mes-connaissances-educatives/les-enfants-et-les-ecrans-9782725643816.html?srsltid=AfmBOopzZXFaR2rAoIrS6-NqGMVwskaK-cRbRswf7CgvNIC4I107Myfc#details-techniques" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04078614v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/perceptions-et-analyses-des-risques-numeriques/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04096384v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=1815" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431696v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/des-cultures-aux-pratiques-informationnelles.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03349651v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/ouvrage/4787/parentalite-s-et-apres" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03539428v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cidree.org/wp-content/uploads/2021/11/cidree_yearbook_2021_digital_literacy.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349161v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349234v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051314v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lechenaut" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.teraedre.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=62325" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_02299371v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599185v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01568856v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349238v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01599188v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265979v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226463v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.20107" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00734220v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872161v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.16046" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315950v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/semen.18720" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04091117v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.29278" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03537570v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03541492v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349634v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.9478" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218633v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01598221v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349259v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01858307v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Collin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592978v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Stalder" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02545309v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jehel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366989v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarie (anne-Marie) Petitjean" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.196.0003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01580459v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01598271v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01580420v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349216v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01580768v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710536v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950834v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00686336v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524534v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Serres" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Ballarini-Santonocito" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Dimier," TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Duplessis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00737637v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>