--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1886,212 +1886,212 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05319522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration des stratégies de faire face à la douleur en contexte d'activité physique chez des femmes atteintes d'endométriose</w:t>
+                <w:t xml:space="preserve">Présentation des relations liant activités physiques (adaptées) et les émotions des pratiquants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charline Aignel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème congrès de l’Association des Chercheurs en Activités Physiques et Sportives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
+              <w:t xml:space="preserve">53ème réunion annuelle du réseau Muco Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05465067v1</w:t>
+                <w:t xml:space="preserve">hal-05319307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation des relations liant activités physiques (adaptées) et les émotions des pratiquants</w:t>
+                <w:t xml:space="preserve">Exploration des stratégies de faire face à la douleur en contexte d'activité physique chez des femmes atteintes d'endométriose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Aignel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53ème réunion annuelle du réseau Muco Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Angers, France</w:t>
+              <w:t xml:space="preserve">21ème congrès de l’Association des Chercheurs en Activités Physiques et Sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05319307v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets d’un programme de restauration fonctionnelle du rachis réalisé au CH de Cholet sur les évolutions biopsychosociales des patients : une étude rétrospective</w:t>
               </w:r>
@@ -2567,528 +2567,865 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de l’activité physique sur la résilience des patients post-infarctus.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Étude des relations liant activité physique auto-rapportée, capacité fonctionnelle, kinésiophobie et qualité de vie dans une population souffrant de troubles musculosquelettiques : une analyse en réseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Charles Martin-Krumm</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Jobard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Descarreaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second Congrès Francophone de Psychologie Positive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Metz, France</w:t>
+              <w:t xml:space="preserve">Journées nationales d’études de la Société Française de Psychologie du Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02935945v1</w:t>
+                <w:t xml:space="preserve">hal-05554490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effets de l’activité physique sur la résilience des patients post-infarctus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Courbalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Martin-Krumm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second Congrès Francophone de Psychologie Positive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The contribution of physical activity on positive and negative affects’ dynamic : a differential approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mareike Kaemmerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Courbalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Pavani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Congard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dauvier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Tilburg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact de l’activité physique sur la résilience des patients post-infarctus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloé Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Martin-Krumm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la SFPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Angers - Les Ponts de Cé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02935925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eﬀet d’interaction entre la personnalité et la pratique d’activité physique sur la dynamique aﬀective : un questionnement intra- et interindividuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Courbalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Pavani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iréné Lopez-Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dauvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Congard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Internationales de Psychologie Différentielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Luxembourg, Luxembourg</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la ludification de séances d'activités physiques adaptées sur la kinésiophobie et l'intensité des douleurs perçues chez des patients atteints de maladies rhumatismales.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Étude des relations liant le comportement actif et la qualité de vie chez des séniors vivant à leur domicile versus en établissement de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème congrès de l’Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05465129v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des relations liant le comportement actif et la qualité de vie chez des séniors vivant à leur domicile versus en établissement de santé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets de la ludification de séances d'activités physiques adaptées sur la kinésiophobie et l'intensité des douleurs perçues chez des patients atteints de maladies rhumatismales.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Heuveline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème congrès de l’Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05465112v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05465129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets comparés de programmes d'endurance associée à la boxe ou au yoga sur les troubles anxiodépressifs et les affects positifs chez des personnes atteintes d'un diabète de type 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lora Thirouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème congrès de l’Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3098,114 +3435,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des déterminants intra- et interindividuels impliqués dans les jugements de la douleur d’autrui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Courbalay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université Paris Sud - Paris XI, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015PA113003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01236630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId109"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3352,51 +3689,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05337316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chatrenet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hur&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia D&#8217;alessandro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Collet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2025.09.034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465172v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Amiot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Daneau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cou&#235;pel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Descarreaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023006" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548387v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brandet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-021-00489-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03512837v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Jobard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bouvard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/JPR.S323424" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319487v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margie Davenport" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andree-Anne Marchand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mottola" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Poitras" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Gray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2018-099400" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319495v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deroche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pradon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Oliveira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange Amorim" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2018.09.013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JPDRPSRK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319508v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britton Brewer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MRR.0000000000000203" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319505v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-017-0254-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319500v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles T&#233;treau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lardon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cantin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmpt.2017.07.004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319519v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deroche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Woodman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.02.001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B6J10CFV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319513v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descarreaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prigent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O'Shaughnessy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/7134825" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01951434v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prigent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange M.-A. Amorim" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2015.01.038" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L01VFSP4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319522v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Chalabaev" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465067v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Aignel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319307v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465198v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dabin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaum&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jarrion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319486v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465220v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465243v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sondt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fournier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935945v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Michaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grall" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Martin-Krumm" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935925v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465129v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lefort" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Heuveline" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465112v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tapie" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465087v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lora Thirouard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01236630v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA113003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05337316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chatrenet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hur&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia D&#8217;alessandro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Collet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2025.09.034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465172v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Amiot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Daneau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cou&#235;pel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Descarreaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Bernier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023006" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548387v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brandet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-021-00489-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03512837v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Jobard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bouvard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/JPR.S323424" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319487v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margie Davenport" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andree-Anne Marchand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Mottola" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Poitras" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Gray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2018-099400" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319495v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deroche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pradon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Oliveira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange Amorim" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2018.09.013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JPDRPSRK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319508v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britton Brewer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MRR.0000000000000203" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319505v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-017-0254-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319500v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles T&#233;treau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lardon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cantin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmpt.2017.07.004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319519v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deroche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Woodman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.02.001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B6J10CFV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319513v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descarreaux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prigent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. O'Shaughnessy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/7134825" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01951434v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prigent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;na Chalabaev" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange M.-A. Amorim" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2015.01.038" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L01VFSP4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319522v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aina Chalabaev" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319307v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465067v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Aignel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465198v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dabin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaum&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jarrion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05319486v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465220v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465243v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Sondt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fournier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554490v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935945v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Michaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Grall" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Martin-Krumm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554458v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareike Kaemmerer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pavani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dauvier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935925v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554506v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;n&#233; Lopez-Fontana" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465112v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tapie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465129v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lefort" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Heuveline" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465087v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lora Thirouard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01236630v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA113003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>