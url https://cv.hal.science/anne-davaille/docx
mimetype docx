--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -125,269 +125,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convection-evaporation of water in a large aspect ratio layer</w:t>
+                <w:t xml:space="preserve">Continental rifts and mantle convection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Remise-Charlot</w:t>
+                <w:t xml:space="preserve">Laurent Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maelle Bombled</w:t>
+                <w:t xml:space="preserve">Claudio Faccenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Alba-Simionesco</w:t>
+                <w:t xml:space="preserve">Thorsten Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 270, pp.105243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2025.105243⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05408624v1</w:t>
+                <w:t xml:space="preserve">hal-05215999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continental rifts and mantle convection</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Convection-evaporation of water in a large aspect ratio layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thorsten Becker</w:t>
+                <w:t xml:space="preserve">Hugo Remise-Charlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelle Bombled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Alba-Simionesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05215999v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deformation of a macroscopic yield stress hydrogel during the free fall of a sphere</w:t>
               </w:r>
@@ -917,261 +917,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheological control on the segmentation of the mid-ocean ridges: Laboratory experiments with extension initially perpendicular to the axis</w:t>
+                <w:t xml:space="preserve">Lithosphere Destabilization and Small‐Scale Convection Constrained From Geophysical Data and Analogical Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.L.R. L R Sibrant</w:t>
+                <w:t xml:space="preserve">C. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pandit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Mittelstaedt</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. D Kempton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2020.116706⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (3), pp.e2020GC009462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020GC009462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03453730v1</w:t>
+                <w:t xml:space="preserve">hal-03343689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithosphere Destabilization and Small‐Scale Convection Constrained From Geophysical Data and Analogical Models</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rheological control on the segmentation of the mid-ocean ridges: Laboratory experiments with extension initially perpendicular to the axis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Pandit</w:t>
+                <w:t xml:space="preserve">A.L.R. L R Sibrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. D Kempton</w:t>
+                <w:t xml:space="preserve">E. Mittelstaedt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (3), pp.e2020GC009462. </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 557, pp.116706. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2020GC009462⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2020.116706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03343689v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03453730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deflating the LLSVPs: bundles of mantle thermochemical plumes rather than thick stagnant &amp;quot;piles</w:t>
               </w:r>
@@ -1476,399 +1476,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drying colloidal systems: Laboratory models for a wide range of applications</w:t>
+                <w:t xml:space="preserve">Accretion mode of oceanic ridges governed by axial mechanical strength</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Bacchin</w:t>
+                <w:t xml:space="preserve">A. L. R. Sibrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mittelstaedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Brutin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Davaille</w:t>
+                <w:t xml:space="preserve">L. Pauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Di Giuseppe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xiao Dong Chen</w:t>
+                <w:t xml:space="preserve">A. Aubertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epje/i2018-11712-x⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (4), pp.274-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-018-0084-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01864878v1</w:t>
+                <w:t xml:space="preserve">hal-02354509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Episodic crustal production before 2.7 Ga</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Drying colloidal systems: Laboratory models for a wide range of applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bacchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kent Condie</w:t>
+                <w:t xml:space="preserve">David Brutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Puetz</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Erika Di Giuseppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao Dong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precambrian Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.precamres.2018.05.005⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (8), pp.94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2018-11712-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03898679v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accretion mode of oceanic ridges governed by axial mechanical strength</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Episodic crustal production before 2.7 Ga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Pauchard</w:t>
+                <w:t xml:space="preserve">Kent Condie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Aubertin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stephen Puetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11 (4), pp.274-279. </w:t>
+              <w:t xml:space="preserve">Precambrian Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 312, pp.16-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41561-018-0084-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.precamres.2018.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354509v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venus Interior Structure and Dynamics</w:t>
               </w:r>
@@ -2056,663 +2056,663 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zircon age peaks: Production or preservation of continental crust?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Quantifying the evolution of the continental and oceanic crust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Puetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kent Condie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Arndt</w:t>
+                <w:t xml:space="preserve">Sergei Pisarevsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Schwarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1130/GES01361.1⟩</w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 164, pp.63-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2016.10.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03898935v1</w:t>
+                <w:t xml:space="preserve">hal-04009513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal radiation of magma ocean planets using a 1-D radiative-convective model of H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O-CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; atmospheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Salvador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Massol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 122 (7), pp.1539-1553. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/2016JE005224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01564674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relative influence of H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O and CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; on the primitive surface conditions and evolution of rocky planets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Salvador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Massol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Salvador</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 122 (7), pp.1458-1486. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/2017JE005286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01540209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and observational evidence for plume-induced subduction on Venus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Zircon age peaks: Production or preservation of continental crust?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kent Condie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Arndt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. Tomlinson</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Puetz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 10 (5), pp.349-355. </w:t>
+              <w:t xml:space="preserve">Geosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (2), pp.227-234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/NGEO2928⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1130/GES01361.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903033v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the evolution of the continental and oceanic crust</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kent Condie</w:t>
+                <w:t xml:space="preserve">Experimental and observational evidence for plume-induced subduction on Venus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergei Pisarevsky</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Davaille</w:t>
+                <w:t xml:space="preserve">S. Smrekar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carl Schwarz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Tomlinson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 164, pp.63-83. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (5), pp.349-355. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2016.10.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/NGEO2928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04009513v1</w:t>
+                <w:t xml:space="preserve">hal-03903033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation and evolution of protoatmospheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Massol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keiko Hamano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3200,90 +3200,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upstairs-downstairs: supercontinents and large igneous provinces, are they related?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kent Condie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Aster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Arndt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Geology Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 57 (11-12), pp.1341-1348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3330,90 +3330,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal evolution of an early magma ocean in interaction with the atmosphere: conditions for the condensation of a water ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Massol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chassefière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIO Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2, 01006 (4p.). </w:t>
@@ -3598,90 +3598,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal evolution of an early magma ocean in interaction with the atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Massol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chassefière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 118 (6), pp.1155-1176. </w:t>
@@ -3823,51 +3823,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheological and mechanical properties of silica colloids: from Newtonian liquid to brittle behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Di Giuseppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4644,307 +4644,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02932057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chemical composition of the Earth: Enstatite chondrite models</w:t>
+                <w:t xml:space="preserve">Extremely thin crust in the Indian Ocean possibly resulting from Plume–Ridge Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Javoy</w:t>
+                <w:t xml:space="preserve">Satish C. Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Kaminski</w:t>
+                <w:t xml:space="preserve">Hélène Carton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Guyot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Chrystèle Sanloup</w:t>
+                <w:t xml:space="preserve">Ajay. S. Chauhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Androvandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2010.02.033⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 184 (1), pp.29-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2010.04823.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00591424v1</w:t>
+                <w:t xml:space="preserve">insu-01309448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extremely thin crust in the Indian Ocean possibly resulting from Plume–Ridge Interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The chemical composition of the Earth: Enstatite chondrite models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Javoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Kaminski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satish C. Singh</w:t>
+                <w:t xml:space="preserve">Denis Andrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Carton</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne Davaille</w:t>
+                <w:t xml:space="preserve">Chrystèle Sanloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 293, pp.259-268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2010.02.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2010.04823.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-01309448v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00591424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A noninvasive method for measuring the velocity of diffuse hydrothermal flow by tracking moving refractive index anomalies</w:t>
               </w:r>
@@ -5860,246 +5860,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00084083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of thermal convection in two superimposed miscible viscous fluids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How to anchor hotspots in a convecting mantle?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Le Bars</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Davaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022112002001878⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 203, n° 2, pp.621-634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0012-821X(02)00897-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00084079v1</w:t>
+                <w:t xml:space="preserve">hal-00084075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to anchor hotspots in a convecting mantle?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability of thermal convection in two superimposed miscible viscous fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Davaille</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael Le Bars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 203, n° 2, pp.621-634. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 471, pp.339-363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0012-821X(02)00897-X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0022112002001878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00084075v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00084079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat flow and thickness of the lithosphere in the Canadian Shield</w:t>
               </w:r>
@@ -6369,77 +6369,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continental rifts and mantle convection: Insights from the East African Rift and a new model of the West European Rift System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bellahsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6507,51 +6507,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déstabilisation de la lithosphère et convection à petite échelle : contraintes géophysiques et expériences de laboratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bimal Pandit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6609,247 +6609,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03587841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Evolution of Super-Earths: From Magma Ocean to Temperate Surface Conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the development of fat plumes in a visco-plastic lower mantle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Carrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Washington, United States. pp.abstract #P42A-07</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02054363v1</w:t>
+                <w:t xml:space="preserve">hal-04289071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the development of fat plumes in a visco-plastic lower mantle</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Early Evolution of Super-Earths: From Magma Ocean to Temperate Surface Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Salvador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Massol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Davaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Marcq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Washington, United States. pp.abstract #P42A-07</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289071v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02054363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plumes morphology in a visco-plastic mantle</w:t>
               </w:r>
@@ -6874,51 +6874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Sgreva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Reali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Carrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7109,103 +7109,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of initial CO2 content on a planet surface conditions at the end of the magma ocean phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Salvador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Massol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Davaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Salvador</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sarda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Planetary Science Congress 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Nantes, France. European Planetary Science Congress 2015, 10, pp.EPSC2015-823, 2015</w:t>
@@ -7247,64 +7247,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooling of an early Earth magma ocean in interaction with the atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Massol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7678,51 +7678,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408624v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Remise-Charlot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Bombled" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Alba-Simionesco" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215999v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jolivet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Faccenna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Becker" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2025.105243" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408697v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; R Sgreva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0242825" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alik Ismail-Zadeh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Besse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Volozh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48127-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Massol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davaille" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JE007848" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362237v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Rolf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Weller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna G&#252;lcher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Byrne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph O&#8217;rourke" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-022-00937-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518450v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Massmeyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac258" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453730v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L.R. L R Sibrant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mittelstaedt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116706" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343689v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vidal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pandit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D Kempton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GC009462" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024568v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Davaille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Romanowicz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020TC006265" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024563v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Kumagai" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Kurita" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2020.104355" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897156v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung&#8208;joon Chang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Kendall" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ferreira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB019929" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864878v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brutin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Di Giuseppe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2018-11712-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898679v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kent Condie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Puetz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precamres.2018.05.005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354509v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. R. Sibrant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pauchard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubertin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0084-x" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898780v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Smrekar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sotin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-018-0518-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621562v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Carrez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL076575" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898935v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Arndt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/GES01361.1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01564674v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marcq" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Salvador" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Massol" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JE005224" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01540209v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JE005286" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903033v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Smrekar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tomlinson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NGEO2928" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009513v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Pisarevsky" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Schwarz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2016.10.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01373415v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiko Hamano" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Tian" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Ikoma" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Abe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-016-0280-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025591v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ledevin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arndt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ledevin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simionovici" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-6-253-2015" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03580017v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Giuseppe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Corbi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Funiciello" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Massmeyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. N. Santimano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.12.005" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617138v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Haned" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Stutzmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schimmel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kiselev" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv516" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013721v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Aster" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00206814.2014.963170" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03102929v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebrun" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chassefi&#232;re" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20140201006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856763v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Agrusta" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Arcay" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Ribe" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt128" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799240v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebrun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgre.20068" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581810v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. van Keken" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vatteville" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012GC004383" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007258v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mittelstaedt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Louis Maurice Fran&#231;ois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-011-0611-9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FRZVT4CD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01827799v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Gracias" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur Olive" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barreyre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GC003991" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01354321v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hayn" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Panet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diament" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Holschneider" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mandea" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05455.x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606477v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cadio" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Panet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diament" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;tivier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.03.040" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXFQTLKF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932040v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Androvandi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Limare" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucquier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marais" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.07.004" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T31M9J18-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932057v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Touitou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vatteville" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0924-y" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XTCP1QRX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591424v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Javoy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Kaminski" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guyot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Andrault" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Sanloup" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.02.033" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M5LCSQDF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309448v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish C. Singh" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carton" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay. S. Chauhan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04823.x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01875633v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Keken" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010gc003227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932078v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GC002739" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03603713v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008GL035079" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159803v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.11.029" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271098v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a Silveira" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul J.-P. Montagner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mendes-Victor" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2006.03.022" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXJB8HPL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084090v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Le Bars" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JB002617" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DPL0W62-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084086v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112003006931" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-N71P7JMN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084083v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carbonne" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0713(03)00003-8" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17KQPJZC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084079v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002001878" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-BG1197PQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084075v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(02)00897-X" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93475MDZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00562366v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Jaupart" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mareschal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillou-Frottier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/98JB01395" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DBZCM3B4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051075v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limare" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-444-53802-4.00128-7" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587815v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allanic" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellahsen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briais" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587841v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Adam" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Pandit" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Kempton" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02054363v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289071v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289062v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sgreva" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Reali" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422515v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01221929v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666263v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brandeis" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712664v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Conway" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary Morrow" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riedi" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215999v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jolivet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Faccenna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Becker" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Davaille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2025.105243" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408624v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Remise-Charlot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Bombled" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Alba-Simionesco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408697v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; R Sgreva" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0242825" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alik Ismail-Zadeh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Besse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Volozh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48127-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Massol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davaille" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JE007848" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362237v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Rolf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Weller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna G&#252;lcher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Byrne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph O&#8217;rourke" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-022-00937-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518450v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Massmeyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac258" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343689v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vidal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pandit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D Kempton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GC009462" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453730v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L.R. L R Sibrant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mittelstaedt" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116706" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024568v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Davaille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Romanowicz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020TC006265" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024563v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichiro Kumagai" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Kurita" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2020.104355" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897156v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung&#8208;joon Chang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Kendall" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ferreira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB019929" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354509v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. R. Sibrant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pauchard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubertin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-018-0084-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864878v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brutin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Di Giuseppe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Dong Chen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2018-11712-x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898679v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kent Condie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Puetz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precamres.2018.05.005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898780v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Smrekar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sotin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-018-0518-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621562v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Carrez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL076575" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009513v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Pisarevsky" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Schwarz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2016.10.011" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01564674v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marcq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Salvador" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Massol" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JE005224" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01540209v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JE005286" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898935v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Arndt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/GES01361.1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903033v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Smrekar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tomlinson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NGEO2928" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01373415v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiko Hamano" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Tian" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Ikoma" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Abe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-016-0280-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025591v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ledevin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arndt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ledevin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simionovici" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-6-253-2015" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03580017v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Giuseppe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Corbi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Funiciello" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Massmeyer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. N. Santimano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2014.12.005" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617138v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Haned" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Stutzmann" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schimmel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kiselev" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv516" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013721v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Aster" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00206814.2014.963170" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03102929v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebrun" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chassefi&#232;re" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/20140201006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856763v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Agrusta" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Arcay" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Ribe" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt128" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799240v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lebrun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgre.20068" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581810v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. van Keken" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vatteville" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012GC004383" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007258v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mittelstaedt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Louis Maurice Fran&#231;ois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-011-0611-9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FRZVT4CD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01827799v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Gracias" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Arthur Olive" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Barreyre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GC003991" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01354321v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hayn" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Panet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diament" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Holschneider" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mandea" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05455.x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03606477v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cadio" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Panet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diament" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;tivier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.03.040" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXFQTLKF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932040v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Androvandi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Limare" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucquier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marais" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2011.07.004" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T31M9J18-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932057v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Touitou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vatteville" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-010-0924-y" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XTCP1QRX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01309448v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish C. Singh" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carton" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay. S. Chauhan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2010.04823.x" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591424v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Javoy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Kaminski" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guyot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Andrault" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Sanloup" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.02.033" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M5LCSQDF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01875633v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter van Keken" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010gc003227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02932078v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GC002739" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03603713v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Stutzmann" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008GL035079" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159803v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2006.11.029" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271098v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a Silveira" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul J.-P. Montagner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mendes-Victor" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2006.03.022" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXJB8HPL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084090v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Le Bars" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JB002617" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DPL0W62-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084086v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112003006931" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-N71P7JMN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084083v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carbonne" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0713(03)00003-8" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-17KQPJZC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084075v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(02)00897-X" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93475MDZ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084079v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112002001878" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-BG1197PQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00562366v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Jaupart" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Mareschal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillou-Frottier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/98JB01395" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DBZCM3B4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04051075v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Limare" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-444-53802-4.00128-7" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587815v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allanic" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellahsen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briais" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587841v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Adam" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Pandit" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Kempton" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289071v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02054363v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289062v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sgreva" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Reali" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422515v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01221929v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666263v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brandeis" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712664v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Conway" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary Morrow" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Riedi" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gascoin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>