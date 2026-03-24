--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -190,1945 +190,1945 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Figures of Chance I. Chance in Literature and the Arts (16th–21st Centuries)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Mcintosh-Varjabédian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martyn Back</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figures of Chance I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Mcintosh Varjabédian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003329053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figures of Chance II. Chance in Theory and Practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martyn Back</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison James</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Figures du Hasard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Mcintosh-Varjabédian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiona Mcintosh-Varjabédian</w:t>
+                <w:t xml:space="preserve">Anne-Gaëlle Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison James</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS éditions, 1296 p., A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théâtre barbaresque [de] Cervantès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Teulade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Madelpuech-Toucheron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Duprat; A. Teulade; F. Madelpuech, traduction, introduction et notes. Classiques Garnier, 2022, Littératures du monde, 978-2-406-13045-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13047-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire du Captif. Un paradigme littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, A paraître, Histoire des idées et critique littéraire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03645645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violences de l’interprétation. Le texte devant l’inquisition (XVIe-XVIIIes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brill-Rodopi, 2017, Faux-titre, 9789004331266</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03646990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Légendes barbaresques. Le récit de captivité. Codes, stratégies, détournements, XVIe-XVIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bouchène, 2016, Collection Mediterranea. Série Barbaresques, 978-2-35676-046-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Légende barbaresque. Le récit de captivité : codes, stratégies, détournements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bouchene, 2016, collection « Mediterranea », série « Barbaresques», 978-2-35676-046-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveaux mondes, nouveaux romans ? Actes du XLe congrès de la SFLGC [en ligne]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Dehondt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Gayraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibliothèque électronique de Littérature comparée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoires et Savoirs. Anecdotes scientifiques et sérendipité aux XVIe et XVIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Aït-Touati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang, 2012, collection « Nature, Sciences et les Arts », 9783034305990</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orient baroque, Orient classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hédia Khadhar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etudes réunies par Hédia KHADHAR et Anne DUPRAT. Bouchène, 2010, Collection Mediterranea. Série Etudes littéraires, 978-2-35676-008-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiction et cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lavocat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Champ Social, 2010, 978-2-35371-093-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orient baroque / Orient classique. Variations esthétiques du motif oriental (XVIe - XVIIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hédia Khadhar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bouchène, 2010, collection « Mediterranea », série « Etudes littéraires », 2356760083</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Juif à Maure : Usages dramatiques de l’antagonisme des types (Marlowe, Shakespeare, Daborne, Massinger)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">27, pp.99-117, 2009, Shakespeare et l’Orient, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/shakespeare.1509⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vraisemblances. Poétique et théorie de la fiction en France et en Italie (XVIe-XVIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, pp.408, 2009, coll. « Bibliothèque de littérature générale et comparée », ISBN-10 2745318144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Récits d’Orient dans les littératures d’Europe (XVIe-XVIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Picherot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sorbonne Université Presses, 2008, collection « Recherches récentes en Littérature comparée », 2840505622</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opuscules théoriques, nouvelle édition, introduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Chapelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, 2007, 978-2-600-31117-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La misanthropie au théâtre : Ménandre, &amp;quot;Le bourru&amp;quot;, Shakespeare, &amp;quot;Timon d'Athènes&amp;quot;, Molière, &amp;quot;Le misanthrope&amp;quot;, Hofmannsthal, &amp;quot;L'homme difficile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">CNRS éditions, 1296 p., A paraître</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cusset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Cunin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Giboux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, pp.251, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Figures of Chance II. Chance in Theory and Practice</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00433773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vraisemblance et représentation au XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martyn Back</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Baschera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Routledge, 2024</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Souiller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C.I.C.E. 2004, ISBN : 2-013003-12-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Anne Duprat</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Place Royale, édition, commentaire et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Corneille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Routledge, 2024</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gallimard, 2003, collection « La bibliothèque »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...85 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettre à Mahomet II, Enea Piccolomini (pape Pie II) (1461), traduction intégrale, présentation et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Payot-Rivages, pp.180, 2002, 2-7436-1003-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...85 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04435820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Constitution de la Tragédie de Daniel Heinsius (1611), traduction intégrale, introduction, notes et texte latin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droz, pp.352, 2001, coll. « Travaux du grand siècle », ISBN-13 978-2-600-00621-7</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Droz, A paraître, Histoire des idées et critique littéraire</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04442595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contre la bonne et la mauvaise fortune, Pétrarque (1366), choix de textes, traduction, présentation et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Payot-Rivages, pp.272, 2001, ISBN: 978-2-7436-0869-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...1305 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435824v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04442595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vases athéniens à figures noires, J. Boardman, traduction de l’anglais</w:t>
               </w:r>
@@ -2342,174 +2342,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ombres en exil. Maures et Morisques dans les littératures d’Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 1133-1134, pp.248-258</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« How vaguely and slowly nations float about » : Patrick Leigh Fermor et le tempo du récit de voyage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, HS 6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/viatica.2880⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/viatica.2880⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04422927v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04422942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le hasard ne fait rien au monde que de se faire remarquer&amp;quot;. Entretien avec Anne Duprat</w:t>
               </w:r>
@@ -2740,477 +2740,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03647028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le gothique ou le roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Romanesques noirs (1750-1850), 10, pp.73 à 87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08296-5.p.0073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Literary transfers between the Orient and the West, 17th–20th century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European History Online (EGO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018,  http://www.ieg-ego.eu/duprata-2018-en</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le miroir rayé. Hasard et exemplarité littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Französische Sprache und Literatur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 127 (1-2), pp.45--58. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25162/zfsl-2017-0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03700308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le gothique ou le roman</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Miroir Rayé. Hasard et Exemplarité Littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zeitschrift für Französische Sprache und Literatur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 127 (1/2), pp.45-58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Voyager/Raconter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romanesques : revue du Cercll : roman &amp; romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Romanesques noirs (1750-1850), 10, pp.73 à 87. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08296-5.p.0073⟩</w:t>
+              <w:t xml:space="preserve">, 2015, Le roman du voyage, Hors-série n°7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-8124-6011-1.p.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...158 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoires de captifs dans le conte voltairien (1747-1768)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Voltaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Les voyages voltairiens, 15, pp.19-32. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70551/MFIA9706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430228v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-04425618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre poétique et interprétation. Sur la Lettre-préface de Jean Chapelain à l’Adone de Marino (1623)</w:t>
               </w:r>
@@ -4257,247 +4257,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sur Teodoro Katinis, Medicina e filosofia in Marsilio Ficino, Il Consiglio contro la pestilentia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliothèque d'Humanisme et Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Tome LXX (3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04444028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stultitia loquitur : Fiction and Folly in Early Modern Literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparative Critical Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 5 (2-3), pp.141-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3366/e1744185408000360⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’art et le précepte. Corneille et l’aristotélisme européen (1635-1660)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Papers on French Seventeenth Century Literature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Corneille et l’Europe, vol. XXXV (n° 68), pp.33-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430318v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">hal-04444028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mensonges vécus : sens et non-sens de l’aventure barbaresque chez Cervantès</w:t>
               </w:r>
@@ -4578,700 +4578,700 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Can Fictions Predict the Future?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Françoise Lavocat; Akihiro Kubo; Akihiro Kubo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Routledge Handbook of Fiction and Belief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge, pp.299-310, 2023, 9781003119456. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003119456-26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04426327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sequence in French, Italian, and Spanish literature (1500–1800)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hühn, Peter; Pier, John; Schmid, Wolf. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Handbook of diachronic narratology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 86, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.420-442, 2023, Narratologia, 9783110616439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783110617481-022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04361188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fiction and the Modelling of Chance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alison James; Akihiro Kubo; Françoise Lavocat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Can Fiction Change the World?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Legenda, pp.85-96, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2307/jj.667666.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 2. 1570-1700. De la contestation de la Fortune aux hasards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Cottegnies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Esmein-Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Picherot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS éditions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures du Hasard. L’imaginaire de la contingence en Occident</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Volume 1, Pour une histoire culturelle de la contingence (XVIe-XXIes), A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...28 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations in oriental motifs in sixteenth and seventeenth century european literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Routledge Handbook of Fiction and Belief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4324/9781003119456-26⟩</w:t>
+              <w:t xml:space="preserve">Imagined, Embodied and Actual Turks in Early Modern Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hollitzer Verlag, pp.223-244, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctv1w7v1vz.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Hühn, Peter; Pier, John; Schmid, Wolf. </w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routes into realism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Göttsche; Rosa Mucignat; Robert Weninger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Handbook of diachronic narratology</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Landscapes of realism. Rethinking literary realism in comparative perspectives. Volume I, Mapping realism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Benjamins B.V., 2021, 9789027208064</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routes into realism. Multiple beginnings, shared catalysts, transformative dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Göttsche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ann Caesar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rae Greiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lounsbery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Landscapes of Realism. Rethinking Literary Realism(s) in a Global Comparative Perspective. Vol I. Mapping Realism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins Publishing Company, pp.103-190, 2021, Comparative History of Literatures in European Languages XXXII, 9789027208064. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/chlel.xxxii.05got⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426463v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">hal-03647066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fear, Time and Literature [2017]</w:t>
               </w:r>
@@ -5733,50 +5733,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03648565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Distance historique et différence culturelle : de l’usage de quelques modèles en littérature comparée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Tomiche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le comparatisme comme approche critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.357- 374, 2016, coll. Rencontres – « Littérature générale et comparée »</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montaigne et l’étranger Napolitain. Retour sur la rencontre de Ferrare (15 novembre 1580)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ph. Desan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montaigne à l’étranger. Voyages avérés, possibles et imaginés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.193-211, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lectures contraintes, entre histoire et littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Violences de l’interprétation. Le texte devant l’inquisition (XVIe-XVIIIes)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill-Rodopi, pp.1-18, 2016, coll. « Faux-titre »</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nouveaux mondes, nouveaux romans ? : introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5789,272 +6004,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Louise Dehondt; Anne Duprat; Irène Gayraud; Catherine Grall; Christian Michel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouveaux mondes, nouveaux romans ? : actes du 40e Congrès de la Société française de littérature générale et comparée, pour la “Bibliothèque comparatiste”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFLGC, 2016, Bibliothèque électronique de Littérature comparée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03646673v1</w:t>
-              </w:r>
-[...213 lines deleted...]
-                <w:t xml:space="preserve">hal-03648349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Chapelain et la critique du jugement de goût (1630-1675)</w:t>
               </w:r>
@@ -6254,173 +6254,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le naufrage du Sea Venture et la découverte des Bermudes », W. Strachey (1610), traduction de l’anglais</w:t>
+                <w:t xml:space="preserve">« Per dolore ruinando : L’allégorie urbaine à Naples au 17e siècle », G. Alfano, traduction de l’italien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Lavocat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pestes, incendies, naufrages. Ecritures du désastre au dix-septième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Brepols, pp.224-245, 2012</w:t>
+              <w:t xml:space="preserve">, Brepols, pp.631-665, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04442696v1</w:t>
+                <w:t xml:space="preserve">hal-04442688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Per dolore ruinando : L’allégorie urbaine à Naples au 17e siècle », G. Alfano, traduction de l’italien</w:t>
+                <w:t xml:space="preserve">« Le naufrage du Sea Venture et la découverte des Bermudes », W. Strachey (1610), traduction de l’anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Lavocat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pestes, incendies, naufrages. Ecritures du désastre au dix-septième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Brepols, pp.631-665, 2012</w:t>
+              <w:t xml:space="preserve">, Brepols, pp.224-245, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04442688v1</w:t>
+                <w:t xml:space="preserve">hal-04442696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le don, le lien, la chaîne. Formes modernes de la &amp;quot;prison d'amour</w:t>
               </w:r>
@@ -6649,173 +6649,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corde nouée et corde à nœuds. Images du roman de la Renaissance au classicisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Escola M.; Herman J.; Omacini L.; Pelckmans P.; Sermain J.-P. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Partie et le tout. La composition du roman, de l'âge baroque au tournant des Lumières. Actes des colloques de Paris, Bruxelles et Venise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters Publishers, 2011, Série « La république des lettres », 9789042923898</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04432896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le cheval de Troie. Mimesis et allégorie dans les poétiques de l'épopée au xvie siècle (France, Italie, Espagne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Moll. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La poètica renaixentista a Europa : una recreacio del llegat clàssic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Punctum&amp;Mimesi, 2011, 9788493925208</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04432878v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04432896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Tadino. Un medecin face à la peste. La lettre de G. B. Appiano. Traduction du latin</w:t>
               </w:r>
@@ -7130,534 +7130,534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04432963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les mondes possibles de la fiction baroque : Descartes, Cervantès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Françoise Lavocat. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Théorie littéraire des mondes possibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.149-171, 2009, 978-2-271-06967-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04432981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Témoignages et récits de guerre de course en Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guerres, conflits, violences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Autrement, 2009, 9782746714168</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mimésis et vraisemblance: le choix d’Aristote dans les poétiques italiennes et françaises (1570-1635)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Solervicens. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conceptes clau de la poètica barroca: Un nou sistema epistemològic i estètic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academia, pp.43-71, 2009, 978-8477742548</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Forme et genre chez Cervantès. Métamorphoses de l’histoire du captif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Véronique Lochert; Clotilde Thouret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeux d’influence. Théâtre et roman de la Renaissance aux Lumières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, P.U.P.S, pp.223-239, 2009, 978-2840506560</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04433041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Françoise Lavocat. </w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiction et formalisation de l’expérience de captivité. L’exemple des « retours d’Alger, (1575-1642)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Moureau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Théorie littéraire des mondes possibles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS Éditions, pp.149-171, 2009, 978-2-271-06967-2</w:t>
+              <w:t xml:space="preserve">Captifs en Méditerranée (XVIe-XVIIIe siècles) Histoires, récits, légendes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris-Sorbonne, pp.215-225, 2008, coll. « Imago Mundi », 9782840505839</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pestes et incendies : l'exemplarité du récit de témoin aux XVIe-XVIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurence Giavarini. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Guerres, conflits, violences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Autrement, 2009, 9782746714168</w:t>
+              <w:t xml:space="preserve">Construire l’exemplarité. Pratiques littéraires et discours historiens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l’Université de Bourgogne, pp.63-87, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grenade-Alger-Versailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duprat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Picherot; Anne Duprat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Récits d’Orient dans les littératures d’Europe (XVIe-XVIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, P.U.P.S, pp.7-12, 2008, coll. « Recherches actuelles en littérature comparée », 978-2-84050-562-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04433191v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">hal-04433096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La raison en personne dans les &amp;quot;Remèdes à l’une et l’autre fortune&amp;quot; de Pétrarque</w:t>
               </w:r>
@@ -8049,51 +8049,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cahiers de littérature française. 2023, n° 22</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Mcintosh-Varjabédian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franca Bruera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9565,51 +9565,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4A9229B5"/>
+    <w:nsid w:val="508F0002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9796,51 +9796,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-duprat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2288-2695" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069492921" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422978v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duprat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Mcintosh-Varjab&#233;dian" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Weber" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison James" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425228v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyn Back" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423741v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04653969v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Mcintosh Varjab&#233;dian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835011v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Teulade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Madelpuech-Toucheron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13047-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03645645v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03646990v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647011v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425269v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428976v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grall" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Dehondt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gayraud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sflgc.org/actes/nouveaux-mondes-nouveaux-romans/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425294v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique A&#239;t-Touati" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429089v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;dia Khadhar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03854883v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429051v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lavocat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426188v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.1509" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442878v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429193v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picherot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430189v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chapelain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433773v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cusset" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cunin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Giboux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430129v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Baschera" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Souiller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430170v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corneille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435820v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435824v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442595v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442745v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676653v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11059-024-00750-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422927v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.2880" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422942v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03681608v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Monginot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2385-1945/5884" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648700v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647028v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.098.0029" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03700308v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25162/zfsl-2017-0003" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425576v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08296-5.p.0073" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647755v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647037v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430228v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/MFIA9706" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425618v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-6011-1.p.0011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418287v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.086.0117" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04049511v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/viatica369" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430269v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428893v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/criticon.389" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442775v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.7568" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432233v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dossiersgrihl.5876" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425671v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhren.2013.3334" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425608v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428868v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.341.0085" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430311v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442778v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425721v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.333.0025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442785v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426206v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xvi.2009.940" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430318v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426260v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/e1744185408000360" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444028v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430328v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430396v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.667666.11" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338309v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lacombe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Cottegnies" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Esmein-Sarrazin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Marquer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Picherot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426327v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003119456-26" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361188v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110617481-022" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426463v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk G&#246;ttsche" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Caesar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rae Greiner" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lounsbery" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Roberts" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/chlel.xxxii.05got" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647086v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1w7v1vz.12" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647066v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425534v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gu&#232;vremont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425549v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.booky.fi/tuote/kaisa_kaukiainen/narratives_of_fear_and_safety/9789523590151" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647121v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425597v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/books/9782813003430" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003430" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647749v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648565v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03646673v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647758v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648354v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648349v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427504v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427489v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3667-3.p.0161" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442696v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442688v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432512v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4191-2.p.0155" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432852v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.STSA-EB.4.00157" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-198BH4SC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430291v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432878v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432896v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435811v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tadino" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.STSA-EB.4.00158" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-C808HBGT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432918v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Chevrolet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432933v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432963v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433041v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432981v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433089v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433072v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433191v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433175v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433096v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433211v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431987v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.32694" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433265v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433271v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433274v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415851v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Bruera" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ferraro" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Franchi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16083-0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294011v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouhette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lou&#255;s" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Peraldo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.2870" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03644919v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hersant Marc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ruiz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425286v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981487v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Thouret" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429027v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430392v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04055739v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433290v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de Cervant&#232;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03844278v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648589v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Battaglia" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ca&#239;ra" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Wit" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648711v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430399v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648724v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430356v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-duprat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2288-2695" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069492921" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423741v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duprat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Weber" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Mcintosh-Varjab&#233;dian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martyn Back" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04653969v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Mcintosh Varjab&#233;dian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329053" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425228v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison James" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422978v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03835011v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Teulade" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Madelpuech-Toucheron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13047-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03645645v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03646990v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647011v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425269v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428976v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grall" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Dehondt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gayraud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sflgc.org/actes/nouveaux-mondes-nouveaux-romans/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425294v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique A&#239;t-Touati" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03854883v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;dia Khadhar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429051v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lavocat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429089v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426188v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.1509" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442878v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429193v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picherot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430189v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chapelain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433773v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cusset" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cunin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Giboux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430129v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Baschera" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dumont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Souiller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430170v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corneille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435820v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442595v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442745v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676653v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11059-024-00750-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422942v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422927v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.2880" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03681608v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Monginot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2385-1945/5884" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648700v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647028v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.098.0029" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425576v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08296-5.p.0073" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647755v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03700308v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25162/zfsl-2017-0003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647037v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425618v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-6011-1.p.0011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430228v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/MFIA9706" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418287v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/licla1.086.0117" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04049511v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/viatica369" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430269v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428893v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/criticon.389" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442775v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.7568" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432233v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dossiersgrihl.5876" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425671v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhren.2013.3334" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425608v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428868v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.341.0085" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430311v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442778v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425721v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rlc.333.0025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442785v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426206v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xvi.2009.940" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444028v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426260v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/e1744185408000360" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430318v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430328v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426327v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003119456-26" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361188v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110617481-022" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430396v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.667666.11" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338309v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lacombe" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Cottegnies" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Esmein-Sarrazin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Marquer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Picherot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647086v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1w7v1vz.12" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647066v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426463v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk G&#246;ttsche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Caesar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rae Greiner" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lounsbery" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Roberts" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/chlel.xxxii.05got" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425534v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gu&#232;vremont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425549v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.booky.fi/tuote/kaisa_kaukiainen/narratives_of_fear_and_safety/9789523590151" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647121v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03425597v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/books/9782813003430" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003430" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647749v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648565v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648349v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648354v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03647758v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03646673v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427504v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427489v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-3667-3.p.0161" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442688v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442696v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432512v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-4191-2.p.0155" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432852v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.STSA-EB.4.00157" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-198BH4SC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430291v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432896v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432878v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435811v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tadino" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.STSA-EB.4.00158" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-C808HBGT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432918v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Chevrolet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432933v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432963v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432981v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433089v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433072v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433041v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433175v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433096v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433191v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433211v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431987v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.32694" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433265v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433271v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433274v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415851v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Bruera" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ferraro" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Franchi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16083-0" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294011v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouhette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lou&#255;s" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Peraldo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatica.2870" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03644919v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hersant Marc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ruiz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425286v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981487v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Thouret" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429027v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430392v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04055739v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433290v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de Cervant&#232;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03844278v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648589v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Battaglia" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ca&#239;ra" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Wit" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648711v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430399v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03648724v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430356v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>