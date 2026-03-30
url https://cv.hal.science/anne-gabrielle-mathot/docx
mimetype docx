--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -3420,51 +3420,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04398558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévalence et biodiversité d'Anoxybacillus flavithermus associé à l'industrie des poudres laitières</w:t>
+                <w:t xml:space="preserve">Prevalence And Characterization Of Thermophilic Sporeformers In French Dairy Powders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Macé</w:t>
@@ -3499,97 +3499,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Leguerinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Doctorale EGAAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
+              <w:t xml:space="preserve">IAFP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Louisville (Kentucky), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04398555v1</w:t>
+                <w:t xml:space="preserve">hal-04398546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence And Characterization Of Thermophilic Sporeformers In French Dairy Powders</w:t>
+                <w:t xml:space="preserve">Prévalence et biodiversité d'Anoxybacillus flavithermus associé à l'industrie des poudres laitières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Macé</w:t>
@@ -3624,73 +3624,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Leguerinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAFP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Louisville (Kentucky), France</w:t>
+              <w:t xml:space="preserve">Ecole Doctorale EGAAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04398546v1</w:t>
+                <w:t xml:space="preserve">hal-04398555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of constituents of a model emulsion on the germination and growth of bacterial spores</w:t>
               </w:r>
@@ -4391,51 +4391,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3BDD8D4F"/>
+    <w:nsid w:val="C636C91E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4622,51 +4622,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-gabrielle-mathot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3976-8119" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398586v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Medjahdi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Didouh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boumediene Moussa Boudjemaa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2025.106290" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386727v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dutoit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trunet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decourcelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111132" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398659v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Legu&#233;rinel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Camarero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovaf033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397703v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Hafdane" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Desriac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Marc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01101-25" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398626v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Delaunay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Postollec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2024.110716" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493455v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cozien" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gehannin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Mouhali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Mace" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2020.104889" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02875215v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trunet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Mathot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Postollec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Legu&#233;rinel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02061-19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617842v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauvry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couvert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00322-19" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829591v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;onard-Akkari" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gu&#233;gan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couvert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Lepage" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.04.016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621475v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2018.04.014" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M8GQNTK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606869v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.10.006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635893v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02520-14" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329455v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Broussolle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647048v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2013.00284" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454118v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonilla" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baron" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.06.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MGKCDJG5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729429v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonilla" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00654177v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mvou Lekogo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mafart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679599v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Campagna" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Mathot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fleury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Girardet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gaillard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05132466v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Hsana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lescop" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398564v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801044v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799524v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795075v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924792v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cozien" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398558v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398555v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Mac&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398546v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606625v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;onard Akkari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desriac" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604558v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Decourcelle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guegan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Le Page" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800808v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venaille" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800464v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810328v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-gabrielle-mathot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3976-8119" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398586v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Medjahdi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Didouh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boumediene Moussa Boudjemaa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2025.106290" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386727v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dutoit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trunet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decourcelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111132" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398659v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Legu&#233;rinel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Camarero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovaf033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397703v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Hafdane" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Desriac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Marc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01101-25" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398626v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Delaunay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Postollec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2024.110716" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493455v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cozien" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gehannin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Mouhali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Mace" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2020.104889" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02875215v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trunet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Mathot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Postollec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Legu&#233;rinel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02061-19" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617842v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauvry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couvert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00322-19" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829591v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;onard-Akkari" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gu&#233;gan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courand" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couvert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Lepage" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.04.016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621475v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2018.04.014" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M8GQNTK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606869v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.10.006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635893v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02520-14" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329455v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Broussolle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647048v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2013.00284" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454118v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bonilla" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baron" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.06.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MGKCDJG5-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729429v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonilla" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00654177v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mvou Lekogo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mafart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679599v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Campagna" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Mathot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fleury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Girardet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gaillard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05132466v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Hsana" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rioual" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lescop" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398564v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801044v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799524v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795075v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924792v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cozien" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398558v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398546v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Mac&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398555v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606625v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;onard Akkari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desriac" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604558v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Decourcelle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guegan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Le Page" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800808v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Venaille" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800464v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810328v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>