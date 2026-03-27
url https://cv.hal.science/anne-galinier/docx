--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -870,321 +870,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04110018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PrkA is an ATP-dependent protease that regulates sporulation in Bacillus subtilis</w:t>
+                <w:t xml:space="preserve">Periplasmic oxidized-protein repair during copper stress in E. coli: A focus on the metallochaperone CusF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ao Zhang</w:t>
+                <w:t xml:space="preserve">Alexandra Vergnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régine Lebrun</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Camille Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaia Grassini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara El Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbc.2022.102436⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (7), pp.e1010180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1010180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03764566v1</w:t>
+                <w:t xml:space="preserve">hal-03764577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Periplasmic oxidized-protein repair during copper stress in E. coli: A focus on the metallochaperone CusF</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PrkA is an ATP-dependent protease that regulates sporulation in Bacillus subtilis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Loiseau</w:t>
+                <w:t xml:space="preserve">Ao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara El Hajj</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Régine Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leon Espinosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Pompeo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 18 (7), pp.e1010180. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 298 (10), pp.102436. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1010180⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbc.2022.102436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03764577v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03764566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of protein phosphorylation in bacteria with a main focus on unusual protein kinases in Bacillus subtilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Pompeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2320,225 +2320,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01917100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophisticated egulation of transcriptional factors by the bacterial phosphoenolpyruvate: Sugar phosphotransferase system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">YvcK, a protein required for cell wall integrity and optimal carbon source utilization, binds uridine diphosphate-sugars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Foulquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2017.02.006⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-04064-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01606728v1</w:t>
+                <w:t xml:space="preserve">hal-01640047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">YvcK, a protein required for cell wall integrity and optimal carbon source utilization, binds uridine diphosphate-sugars</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophisticated egulation of transcriptional factors by the bacterial phosphoenolpyruvate: Sugar phosphotransferase system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 429 (6), pp.773-789. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2017.02.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-04064-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01640047v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Serine/Threonine Protein Kinases on the Regulation of Sporulation in Bacillus subtilis</w:t>
               </w:r>
@@ -4002,307 +4002,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural analysis of B. subtilis CcpA effector binding site.</w:t>
+                <w:t xml:space="preserve">X-ray structure of a domain-swapped dimer of Ser46-phosphorylated Crh from Bacillus subtilis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chaptal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurent Larivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Virginie Gueguen-Chaignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Poncet</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Lecampion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Meyer</w:t>
+                <w:t xml:space="preserve">Sylvie Nessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 64 (3), pp.814-6. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prot.21001⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 63 (1), pp.249-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/prot.20816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00164048v1</w:t>
+                <w:t xml:space="preserve">hal-02345005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray structure of a domain-swapped dimer of Ser46-phosphorylated Crh from Bacillus subtilis</w:t>
+                <w:t xml:space="preserve">Structural analysis of B. subtilis CcpA effector binding site.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chaptal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Gueguen-Chaignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lecampion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Larivière</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Nessler</w:t>
+                <w:t xml:space="preserve">Philippe Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 63 (1), pp.249-251. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 64 (3), pp.814-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/prot.21001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/prot.20816⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02345005v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00164048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adipose Tissue Proadipogenic Redox Changes in Obesity</w:t>
               </w:r>
@@ -4702,90 +4702,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HPr kinase/phosphorylase, a Walker motif A-containing bifunctional sensor enzyme controlling catabolite repression in Gram-positive bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Mijakovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Nessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Gueguen-Chaignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chaptal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5116,51 +5116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Mijakovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5237,51 +5237,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Tangney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Mitchell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5453,103 +5453,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HPr kinase/phosphorylase, the sensor enzyme of catabolite repression in gram-positive bacteria: structural aspects of the enzyme and the complex with its protein substrate.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Nessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Fieulaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 185 (14), pp.4003-4010. </w:t>
@@ -6323,410 +6323,401 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00314213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between carbon catabolite repression and the biosynthesis regulation of the prolidase PepQ from Lactobacillus delbrueckii ssp. bulgaricus CNRZ 397</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raymond Portalier</w:t>
+                <w:t xml:space="preserve">Evidence for a dimerisation state of the Bacillus subtilis catabolite repression HPr-like protein, Crh.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Penin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Montserret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Brutscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Lait</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 3, pp.429-432</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00895472v1</w:t>
+                <w:t xml:space="preserve">hal-00313005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphotransfer functions mutated Bacillus subtilis HPr-like protein Crh carrying a histidine in the active site.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Darbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Deutscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 3 (3), pp.439-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray structure of HPr kinase: a bacterial protein kinase with a P-loop nucleotide-binding domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Fieulaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Morera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Monedero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gueguen-Chaigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 20 (15), pp.3917-3927</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02672658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for a dimerisation state of the Bacillus subtilis catabolite repression HPr-like protein, Crh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Penin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6748,340 +6739,349 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Montserret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Brutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 3 (3), pp.429-432</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02671715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autoregulation of the biosynthesis of the CcpA-like protein, PepR1, in Lactobacillus delbrueckii subsp bulgaricus.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Relationship between carbon catabolite repression and the biosynthesis regulation of the prolidase PepQ from Lactobacillus delbrueckii ssp. bulgaricus CNRZ 397</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauld Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bissardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Portalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Lait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 81 (1-2), pp.195-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/lait:2001123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02345932v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00895472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for a dimerisation state of the Bacillus subtilis catabolite repression HPr-like protein, Crh.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Autoregulation of the biosynthesis of the CcpA-like protein, PepR1, in Lactobacillus delbrueckii subsp bulgaricus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Bissardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Atlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 3, pp.429-432</w:t>
+              <w:t xml:space="preserve">, 2001, 3 (1), pp.63-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00313005v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphotransfer functions of mutated Bacillus subtilis HPr-like protein Crh carrying a histidine in the active site</w:t>
               </w:r>
@@ -7093,64 +7093,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Darbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 3 (3), pp.439-444</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7169,390 +7169,390 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02674184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The HPr kinase from Bacillus subtilis is a homo-oligomeric enzyme which exhibits strong positive cooperativity for nucleotide and fructose 1,6-bisphosphate binding</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catabolite repression of dra–nupC–pdp operon expression in Bacillus subtilis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gonzalo</w:t>
+                <w:t xml:space="preserve">Xianmin Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attilio Di Pietro</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hans Saxild</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 275 (3), pp.1773-1780. </w:t>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 146 (11), pp.2901-2908. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.275.3.1773⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/00221287-146-11-2901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02699179v1</w:t>
+                <w:t xml:space="preserve">hal-02345037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorylation of HPr by the bifunctional HPr kinase/P-Ser-HPr phosphatase from Lactobacillus casei controls catabolite represssion and inducer exclusion but not inducer explulsion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The HPr kinase from Bacillus subtilis is a homo-oligomeric enzyme which exhibits strong positive cooperativity for nucleotide and fructose 1,6-bisphosphate binding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Jault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Fieulaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Nessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Dossonnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Monedero</w:t>
+                <w:t xml:space="preserve">Philippe Gonzalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique M. Zagorec</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Perez-Martinez</w:t>
+                <w:t xml:space="preserve">Attilio Di Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 275 (3), pp.1773-1780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.275.3.1773⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02692009v1</w:t>
+                <w:t xml:space="preserve">hal-02699179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catabolite repression of dra–nupC–pdp operon expression in Bacillus subtilis</w:t>
+                <w:t xml:space="preserve">Phosphorylation of HPr by the bifunctional HPr kinase/P-Ser-HPr phosphatase from Lactobacillus casei controls catabolite represssion and inducer exclusion but not inducer explulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xianmin Zeng</w:t>
+                <w:t xml:space="preserve">V. Dossonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Monedero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique M. Zagorec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Perez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 182 (9), pp.2582-2590</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02345037v1</w:t>
+                <w:t xml:space="preserve">hal-02692009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The HPr kinase from Bacillus subtilis is a homo-oligomeric enzyme which exhibits strong positive cooperativity for nucleotide and fructose 1,6-bisphosphate binding.</w:t>
               </w:r>
@@ -7663,51 +7663,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphorylation of HPr by the Bifunctional HPr Kinase/P-Ser-HPr Phosphatase from Lactobacillus casei Controls Catabolite Repression and Inducer Exclusion but Not Inducer Expulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Dossonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Monedero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7715,51 +7715,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zagorec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Perez-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 182 (9), pp.2582-2590. </w:t>
@@ -7791,467 +7791,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorylation of HPr and Crh by HprK, early steps in the catabolite repression signalling pathway for the Bacillus subtilis levanase operon</w:t>
+                <w:t xml:space="preserve">The hprK gene of Enterococcus faecalis encodes a novel bifunctional enzyme: The HPr kinase/phosphatase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Martin-Verstraete</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Kravanja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Engelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Dossonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Blüggel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.E. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 181 (9), pp.2966-2969</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 31 (1), pp.59-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02694497v1</w:t>
+                <w:t xml:space="preserve">hal-02697065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Q15H mutation enables Crh, a Bacillus subtilis HPr-like protein, to carry out some regulatory HPr functions, but does not make it an effective phosphocarrier for sugar transport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
+                <w:t xml:space="preserve">Phosphorylation of either Crh or HPr mediates binding of CcpA to the Bacillus subtilis xyn cre and catabolite repression of the xyn operon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Deutscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Martin-Verstraete</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 145, pp.3195-3204</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 286, pp.307-314</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02693482v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hprK gene of Enterococcus faecalis encodes a novel bifunctional enzyme: The HPr kinase/phosphatase</w:t>
+                <w:t xml:space="preserve">Phosphorylation of HPr and Crh by HprK, early steps in the catabolite repression signalling pathway for the Bacillus subtilis levanase operon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Kravanja</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">I. Martin-Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Deutscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 31 (1), pp.59-66</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 181 (9), pp.2966-2969</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02697065v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorylation of either Crh or HPr mediates binding of CcpA to the Bacillus subtilis xyn cre and catabolite repression of the xyn operon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Q15H mutation enables Crh, a Bacillus subtilis HPr-like protein, to carry out some regulatory HPr functions, but does not make it an effective phosphocarrier for sugar transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Martin-Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Darbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Kilhoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 286, pp.307-314</w:t>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 145, pp.3195-3204</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690992v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02693482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catabolite regulation of the pta gene as part of carbon flow pathways in Bacillus subtilis</w:t>
               </w:r>
@@ -8276,51 +8276,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Longin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8500,51 +8500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of a ptsH homologue from Streptomyces coelicolor A3(2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.J. Butler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.W. Postma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8651,51 +8651,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 31 (3), pp.995-1006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8733,90 +8733,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New protein kinase and protein phosphatase families mediate signal transduction in bacterial catabolite repression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kravanja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Engelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Hengstenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Kilhoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 95 (4), pp.1823-1828</w:t>
@@ -8858,64 +8858,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New protein kinase and protein phosphatase families mediate signal transduction in bacterial catabolite repression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kravanja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Engelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Hengstenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9107,458 +9107,458 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative and non-cooperative DNA binding modes of catabolite control protein CcpA from Bacillus megaterium result from sensing two different signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regulation of carbon metabolism in Gram-positive bacteria by protein phosphorylation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Deutscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Gösseringer</w:t>
+                <w:t xml:space="preserve">Cécile Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elke Küster</w:t>
+                <w:t xml:space="preserve">Véronique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wolfgang Hillen</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cordula Lindner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Folia Microbiologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02345836v1</w:t>
+                <w:t xml:space="preserve">hal-02349441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Bacillus subtilis crh gene encodes a HPr-like protein involved in carbon catabolite repression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Galinier</w:t>
+                <w:t xml:space="preserve">Cooperative and non-cooperative DNA binding modes of catabolite control protein CcpA from Bacillus megaterium result from sensing two different signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Gösseringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elke Küster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Haiech</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wolfgang Hillen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.94.16.8439⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 266 (4), pp.665-676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jmbi.1996.0820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02344530v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of carbon metabolism in Gram-positive bacteria by protein phosphorylation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Josef Deutscher</w:t>
+                <w:t xml:space="preserve">The Bacillus subtilis crh gene encodes a HPr-like protein involved in carbon catabolite repression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Haiech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Kilhoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Fischer</w:t>
+                <w:t xml:space="preserve">M. Jaquinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Charrier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cordula Lindner</w:t>
+                <w:t xml:space="preserve">J. Stulke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Folia Microbiologica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 94 (16), pp.8439-8444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.94.16.8439⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349441v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02344530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloning and Sequencing of two Enterococcal glpK Genes and Regulation of the Encoded Glycerol Kinases by Phosphoenolpyruvate-dependent, Phosphotransferase System-catalyzed Phosphorylation of a Single Histidyl Residue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9648,64 +9648,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein phosphorylation chain of a Bacillus subtilis fructose-specific phosphotransferase system and its participation in regulation of the expression of the lev operon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9929,51 +9929,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasuhiko Miwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Deutscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 17 (5), pp.953-960. </w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10381,277 +10381,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00313230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overproduction and characterization of the iclR gene product of Escherichia coli K-12 and comparison with that of Salmonella typhimurium LT2.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regulation of the acetate operon in Escherichia coli: purification and functional characterization of the IclR repressor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jc Cortay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jc Cortay</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ig Old</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Galinier</w:t>
+                <w:t xml:space="preserve">B. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Richaud</w:t>
+                <w:t xml:space="preserve">G. Perriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1991, 97, pp.29-37</w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 10, pp.675-679</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00313232v1</w:t>
+                <w:t xml:space="preserve">hal-00313231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of the acetate operon in Escherichia coli: purification and functional characterization of the IclR repressor.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overproduction and characterization of the iclR gene product of Escherichia coli K-12 and comparison with that of Salmonella typhimurium LT2.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Negre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jc Cortay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Negre</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ig Old</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Perriere</w:t>
+                <w:t xml:space="preserve">C. Richaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1991, 10, pp.675-679</w:t>
+              <w:t xml:space="preserve">Gene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 97, pp.29-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00313231v1</w:t>
+                <w:t xml:space="preserve">hal-00313232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary structure of the intergenic region between aceK and iclR in the Escherichia coli chromosome.</w:t>
               </w:r>
@@ -10676,64 +10676,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bleicher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Perriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, 97, pp.149-150</w:t>
@@ -10814,51 +10814,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Galinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Marcandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOLOGICAL CHEMISTRY HOPPE-SEYLER</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, 371, pp.764-765</w:t>
@@ -11181,51 +11181,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213420v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pompeo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Foulquier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chastanet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Espinosa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billaudeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44319-025-00547-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213430v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kabor&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Belghazi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verthuy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Galinier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Delan-Forino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00496-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233306v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Warambourg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Mouahid" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Crampon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Claeys-Bruno" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2023.106084" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233229v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lenoir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pelletier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Manuse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Millat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ducret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01411-23" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819314v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Metsu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2023.05.002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110018v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Lakhal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13050720" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764566v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Lebrun" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2022.102436" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764577v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vergnes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Henry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Grassini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loiseau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Hajj" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010180" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347504v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2021.103871" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330256v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Delisle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cordier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audebert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pophillat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cluzel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14798" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293507v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.697930" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03052546v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zuttion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adai Colom" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matile" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denes Farago" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19710-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02960021v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Byrne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Fierobe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72854-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Began" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana B&#345;ezinov&#225;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roz&#225;lie Hexnerov&#225;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019102935" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328615v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Siti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Quiclet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vial" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.194969" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01893240v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pompeo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah N Byrne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mengin-Lecreulx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20145-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01954269v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Rismondo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Gr&#252;ndling" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35696-7" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01917100v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183406012" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606728v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Deutscher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.02.006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX6HKT98-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640047v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04064-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440753v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00568" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452059v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Serrano" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Grangeasse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13015" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341908v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Freton" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.562496" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370117v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fleurie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Zhao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Campo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004275" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346386v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965576v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wicker-Planquart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jault" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.340331" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698146v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pompeo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Luciano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galinier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344492v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernadac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07587.x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793279v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bruel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlind Sulzenbacher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cervera Tison" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Pujol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.286039" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345013v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Fantino" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01493-08" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345106v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhad Forouhar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Abashidze" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huimin Xu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Grochowski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayaraman Seetharaman" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M710352200" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345032v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01575-06" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164048v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaptal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gueguen-Chaignon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lecampion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.21001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G52HPX1R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345005v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larivi&#232;re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nessler" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.20816" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059949v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Carri&#232;re" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Fernandez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Carp&#233;n&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Andr&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M506949200" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313679v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bockmann" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bettler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Emsley" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10858-005-8073-y" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059952v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fernandez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Bessac" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2004.10.067" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLXTD010-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345159v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mijakovic" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2003.11.018" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79NQZJR4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345088v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gorke" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fraysse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.10.2992-2995.2004" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313695v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lange" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luca" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Giraud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345717v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bo&#235;l" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maz&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Taha" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000071072" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345126v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Tangney" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Mitchell" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000073403" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314211v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Granet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Lavergne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grangeasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nessler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677377v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fieulaine" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.185.14.4003-4010.2003" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312984v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Favier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Montserret" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345742v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fieulaine" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morera" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poncet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mijakovic" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.192368699" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345817v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Monedero" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.212410399" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313703v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brutscher" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blackledge" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deutscher" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314055v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Geourjon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314213v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Jault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895472v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauld Lamarque" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Morel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bissardon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Portalier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001123" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345935v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Darbon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Coq" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672658v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gueguen-Chaigon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671715v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345932v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lamarque" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Bissardon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Atlan" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313005v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674184v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Darbon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699179v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gonzalo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Di Pietro" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.275.3.1773" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692009v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dossonnet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. Zagorec" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perez-Martinez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345037v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianmin Zeng" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Saxild" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-146-11-2901" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313623v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzalo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dipietro" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345732v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zagorec" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.182.9.2582-2590.2000" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694497v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin-Verstraete" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693482v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Quentin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Kilhoffer" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697065v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kravanja" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Engelmann" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bl&#252;ggel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.E. Meyer" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690992v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684731v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Presecan-Siedel" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Longin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danchin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345887v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Presecan-Siedel E" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Login" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef J. Deutscher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690802v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Butler" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. Postma" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.G. Wilson" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693672v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lindner" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hecker" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688825v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hengstenberg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344558v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Kilhoffer" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.95.4.1823" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345804v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Charrier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg J. St&#252;lke" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Erni" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1998.00781.x" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345836v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger G&#246;sseringer" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke K&#252;ster" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Hillen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1996.0820" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4BC44227-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344530v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Haiech" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaquinod" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stulke" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.94.16.8439" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349441v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fischer" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Charrier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordula Lindner" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345761v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Buckley" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Parsonage" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Darbon" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.272.22.14166" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321367v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345116v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reizer" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Bergstedt" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E K&#252;ster" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Saier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.178.18.5480-5486.1996" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344535v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasutaro Fujita" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiko Miwa" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1995.mmi_17050953.x" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344549v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fischer" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.176.11.3336-3344.1994" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706418v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Garnerone" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Reyrat" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kahn" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Batut" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313230v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Negre" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Cortay" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sauve" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aj Cozzone" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313232v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ig Old" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richaud" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313231v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Duclos" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perriere" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312937v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bleicher" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314728v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcandier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312939v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr Maloy" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213420v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pompeo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Foulquier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chastanet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Espinosa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billaudeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44319-025-00547-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213430v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kabor&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Belghazi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verthuy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Galinier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Delan-Forino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00496-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233306v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Warambourg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Mouahid" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Crampon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Claeys-Bruno" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2023.106084" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233229v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lenoir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pelletier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Manuse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Millat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ducret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01411-23" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819314v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Metsu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2023.05.002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110018v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Lakhal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13050720" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764577v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vergnes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Henry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Grassini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loiseau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Hajj" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010180" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764566v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ao Zhang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Lebrun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2022.102436" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347504v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2021.103871" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330256v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Delisle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cordier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audebert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pophillat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cluzel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14798" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293507v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.697930" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03052546v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zuttion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adai Colom" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matile" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denes Farago" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19710-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02960021v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Byrne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Fierobe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72854-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Began" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana B&#345;ezinov&#225;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roz&#225;lie Hexnerov&#225;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019102935" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328615v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Siti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Quiclet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vial" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.194969" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01893240v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pompeo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah N Byrne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mengin-Lecreulx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20145-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01954269v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Rismondo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Gr&#252;ndling" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35696-7" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01917100v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183406012" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640047v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04064-2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606728v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Deutscher" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.02.006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX6HKT98-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440753v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00568" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452059v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Serrano" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Grangeasse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13015" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341908v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Freton" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.562496" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370117v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fleurie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Zhao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Campo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004275" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346386v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965576v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wicker-Planquart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jault" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.340331" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698146v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pompeo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Luciano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galinier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344492v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernadac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07587.x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793279v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bruel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlind Sulzenbacher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cervera Tison" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Pujol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.286039" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345013v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Fantino" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01493-08" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345106v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhad Forouhar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Abashidze" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huimin Xu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Grochowski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayaraman Seetharaman" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M710352200" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345032v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01575-06" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345005v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaptal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larivi&#232;re" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gueguen-Chaignon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nessler" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.20816" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164048v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lecampion" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meyer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.21001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G52HPX1R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059949v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Carri&#232;re" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Fernandez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Carp&#233;n&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Andr&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M506949200" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313679v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bockmann" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bettler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Emsley" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10858-005-8073-y" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059952v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fernandez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Bessac" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caspar-Bauguil" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2004.10.067" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SLXTD010-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345159v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mijakovic" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2003.11.018" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79NQZJR4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345088v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gorke" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fraysse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.10.2992-2995.2004" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313695v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lange" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luca" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Giraud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345717v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bo&#235;l" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maz&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Taha" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000071072" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345126v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Tangney" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Mitchell" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000073403" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314211v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Granet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Lavergne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grangeasse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nessler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677377v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fieulaine" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.185.14.4003-4010.2003" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312984v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Favier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Montserret" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345742v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fieulaine" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morera" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Poncet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mijakovic" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.192368699" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345817v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Monedero" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.212410399" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313703v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brutscher" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blackledge" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deutscher" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314055v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Geourjon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314213v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Jault" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313005v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345935v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Darbon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Coq" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672658v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gueguen-Chaigon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671715v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895472v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauld Lamarque" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Morel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bissardon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Portalier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001123" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345932v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lamarque" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Bissardon" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Atlan" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674184v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Darbon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345037v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianmin Zeng" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Saxild" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-146-11-2901" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699179v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gonzalo" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Di Pietro" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.275.3.1773" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692009v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dossonnet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. Zagorec" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perez-Martinez" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313623v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzalo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dipietro" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345732v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zagorec" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.182.9.2582-2590.2000" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697065v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kravanja" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Engelmann" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bl&#252;ggel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.E. Meyer" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690992v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin-Verstraete" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694497v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693482v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Quentin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Kilhoffer" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684731v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Presecan-Siedel" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Longin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Danchin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345887v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Presecan-Siedel E" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Login" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef J. Deutscher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690802v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Butler" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. Postma" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J.G. Wilson" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693672v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lindner" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hecker" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688825v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Hengstenberg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344558v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Kilhoffer" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.95.4.1823" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345804v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Charrier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg J. St&#252;lke" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Erni" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1998.00781.x" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349441v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fischer" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Charrier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordula Lindner" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345836v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger G&#246;sseringer" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke K&#252;ster" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Hillen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1996.0820" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4BC44227-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344530v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Haiech" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaquinod" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stulke" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.94.16.8439" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345761v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Buckley" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Parsonage" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Darbon" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.272.22.14166" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321367v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345116v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reizer" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Bergstedt" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E K&#252;ster" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Saier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.178.18.5480-5486.1996" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344535v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasutaro Fujita" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiko Miwa" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1995.mmi_17050953.x" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344549v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fischer" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.176.11.3336-3344.1994" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706418v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Garnerone" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Reyrat" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kahn" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Batut" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313230v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Negre" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Cortay" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sauve" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aj Cozzone" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313231v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Duclos" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perriere" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313232v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ig Old" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richaud" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312937v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bleicher" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314728v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcandier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312939v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr Maloy" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>