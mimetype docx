--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -201,51 +201,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (67)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (68)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -503,295 +503,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H 2 S Sensing with SnO 2 ‐Based Gas Sensors: Sulfur Poisoning Mechanism Revealed by Operando DRIFTS and DFT Calculations</w:t>
+                <w:t xml:space="preserve">QE-CONVERSE: An open-source package for the quantum ESPRESSO distribution to compute non-perturbatively orbital magnetization from first principles, including NMR chemical shifts and EPR parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tingqiang Yang</w:t>
+                <w:t xml:space="preserve">S. Fioccola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Boepple</w:t>
+                <w:t xml:space="preserve">L. Giacomazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">D. Ceresoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sara Karwounopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202504696⟩</w:t>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 318, pp.109891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2025.109891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05054151v1</w:t>
+                <w:t xml:space="preserve">hal-05515038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of collision cascades and resulting displacement damage in GaN, Si and Ge</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H 2 S Sensing with SnO 2 ‐Based Gas Sensors: Sulfur Poisoning Mechanism Revealed by Operando DRIFTS and DFT Calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Jarrin</w:t>
+                <w:t xml:space="preserve">Tingqiang Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Fées</w:t>
+                <w:t xml:space="preserve">Matthias Boepple</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Lambert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Jay</w:t>
+                <w:t xml:space="preserve">Sara Karwounopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (4), pp.1213-1221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tns.2024.3380674⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202504696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04542795v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05054151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring potential energy surfaces to reach saddle points above convex regions</w:t>
               </w:r>
@@ -829,2832 +829,2832 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Poberžnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 160 (23), pp.232501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0210097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04671363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SOFI: Finding point group symmetries in atomic clusters as finding the set of degenerate solutions in a shape-matching problem</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Salles</w:t>
+                <w:t xml:space="preserve">Comparative study of collision cascades and resulting displacement damage in GaN, Si and Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Grisanti</w:t>
+                <w:t xml:space="preserve">Thomas Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Martin-Samos</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antoine Fées</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0215689⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (8), pp.1461 - 1469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/tns.2024.3380674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04677499v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers de nouvelles technologies spatiales résistantes : les avancées de simulation pour l'électronique durcie face aux radiations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">SOFI: Finding point group symmetries in atomic clusters as finding the set of degenerate solutions in a shape-matching problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gunde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grisanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le petit illustré, regards croisés de chercheur.es</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 161 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0215689⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04558181v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation multiéchelle pour la microélectronique sous radiation : du matériau au circuit</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers de nouvelles technologies spatiales résistantes : les avancées de simulation pour l'électronique durcie face aux radiations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chocs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 53, pp.15</w:t>
+              <w:t xml:space="preserve">Le petit illustré, regards croisés de chercheur.es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51, pp.48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04486870v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04558181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the evolution of defects induced by the heated implantation process: Contribution of kinetic Monte Carlo in a multi-scale modeling framework</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Johnsson</w:t>
+                <w:t xml:space="preserve">HCHO Sensing Mechanism of In4Sn3O12 Revealed by DRIFTS and DFT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tingqiang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Zographos</w:t>
+                <w:t xml:space="preserve">Suman Pokhrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Demoulin</w:t>
+                <w:t xml:space="preserve">Wen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Monflier</w:t>
+                <w:t xml:space="preserve">Lutz Mädler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 200, pp.108521. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2022.108521⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c00686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867418v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HCHO Sensing Mechanism of In4Sn3O12 Revealed by DRIFTS and DFT</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prediction of the evolution of defects induced by the heated implantation process: Contribution of kinetic Monte Carlo in a multi-scale modeling framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suman Pokhrel</w:t>
+                <w:t xml:space="preserve">P.L. Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wen Chen</w:t>
+                <w:t xml:space="preserve">A. Johnsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lutz Mädler</w:t>
+                <w:t xml:space="preserve">N. Zographos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Monflier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c00686⟩</w:t>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 200, pp.108521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2022.108521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04106992v1</w:t>
+                <w:t xml:space="preserve">hal-03867418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutron Displacement Damage Cross Section in GaN: Numerical Evaluations and Differences With Si</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 70 (8), pp.1870 - 1877. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TNS.2023.3265463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04074966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partn: A Plugin Implementation of the Activation Relaxation Technique Nouveau Hijacking a Minimisation Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matic Poberžnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miha Gunde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Physics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2139/ssrn.4360939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04238051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractériser les cinétiques des diffusions atomiques - ART : l’explorateur de surfaces d’énergie potentielle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matic Poberžnik</w:t>
+                <w:t xml:space="preserve">Deep Levels and Electron Paramagnetic Resonance Parameters of Substitutional Nitrogen in Silicon from First Principles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Simha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Herrero-Saboya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Giacomazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (14), pp.2123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano13142123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.51257/a-v1-re192⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04467976v1</w:t>
+                <w:t xml:space="preserve">hal-04186190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Levels and Electron Paramagnetic Resonance Parameters of Substitutional Nitrogen in Silicon from First Principles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+                <w:t xml:space="preserve">A comprehensive atomistic picture of the as-deposited Ni-Si interface before thermal silicidation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Jara Donoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 631, pp.157563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.157563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano13142123⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04186190v1</w:t>
+                <w:t xml:space="preserve">hal-04104341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth of BiSb on GaAs (001) and (111)A surfaces: A joint experimental and theoretical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dima Sadek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihan El Hila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Gravelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Arnoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 622, pp.156688. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.156688⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04017077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive atomistic picture of the as-deposited Ni-Si interface before thermal silicidation process</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractériser les cinétiques des diffusions atomiques - ART : l’explorateur de surfaces d’énergie potentielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Larrieu</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normand Mousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miha Gunde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matic Poberžnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.Réf : RE192 v1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51257/a-v1-re192⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.157563⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04104341v1</w:t>
+                <w:t xml:space="preserve">hal-04467976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Common defects in diamond lattices as instances of the general T &amp;lt;mml:math xmlns:mml=&amp;quot;http://www.w3.org/1998/Math/MathML&amp;quot;&amp;gt;&amp;lt;mml:mo&amp;gt;⊗&amp;lt;/mml:mo&amp;gt;&amp;lt;/mml:math&amp;gt; &amp;lt;mml:math xmlns:mml=&amp;quot;http://www.w3.org/1998/Math/MathML&amp;quot;&amp;gt;&amp;lt;mml:mrow&amp;gt;&amp;lt;mml:mo&amp;gt;(&amp;lt;/mml:mo&amp;gt;&amp;lt;mml:mi&amp;gt;e&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mo&amp;gt;+&amp;lt;/mml:mo&amp;gt;&amp;lt;mml:msub&amp;gt;&amp;lt;mml:mi&amp;gt;t&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mn&amp;gt;2&amp;lt;/mml:mn&amp;gt;&amp;lt;/mml:msub&amp;gt;&amp;lt;mml:mo&amp;gt;)&amp;lt;/mml:mo&amp;gt;&amp;lt;/mml:mrow&amp;gt;&amp;lt;/mml:math&amp;gt; Jahn-Teller effect</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation multiéchelle pour la microélectronique sous radiation : du matériau au circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil Rostand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lomonaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chocs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 53, pp.15</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03606604v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04486870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activation–Relaxation Technique: An efficient way to find minima and saddle points of potential energy surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miha Gunde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Salles</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Matic Poberžnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Martin- Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 209, pp.111363. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.commatsci.2022.111363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03640786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative Rotations and Assignments (IRA): a shape matching algorithm for atomic structures</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Density Functional Investigation on α-MoO 3 (100): Amines Adsorption and Surface Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tingqiang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yule Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolae Barsan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Software Impacts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.simpa.2022.100264⟩</w:t>
+              <w:t xml:space="preserve">ACS Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (4), pp.1213-1221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssensors.2c00352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03600844v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density Functional Investigation on α-MoO 3 (100): Amines Adsorption and Surface Chemistry</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Iterative Rotations and Assignments (IRA): a shape matching algorithm for atomic structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miha Gunde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssensors.2c00352⟩</w:t>
+              <w:t xml:space="preserve">Software Impacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.100264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.simpa.2022.100264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04106987v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03600844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing DFT-based energy landscape exploration by coupling quantum mechanics and static modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Foulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Landa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Brut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 24 (19), pp.12011-12026. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d1cp03562b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03674113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IRA: A shape matching approach for recognition and comparison of generic atomic patterns</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Common defects in diamond lattices as instances of the general T &amp;lt;mml:math xmlns:mml=&amp;quot;http://www.w3.org/1998/Math/MathML&amp;quot;&amp;gt;&amp;lt;mml:mo&amp;gt;⊗&amp;lt;/mml:mo&amp;gt;&amp;lt;/mml:math&amp;gt; &amp;lt;mml:math xmlns:mml=&amp;quot;http://www.w3.org/1998/Math/MathML&amp;quot;&amp;gt;&amp;lt;mml:mrow&amp;gt;&amp;lt;mml:mo&amp;gt;(&amp;lt;/mml:mo&amp;gt;&amp;lt;mml:mi&amp;gt;e&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mo&amp;gt;+&amp;lt;/mml:mo&amp;gt;&amp;lt;mml:msub&amp;gt;&amp;lt;mml:mi&amp;gt;t&amp;lt;/mml:mi&amp;gt;&amp;lt;mml:mn&amp;gt;2&amp;lt;/mml:mn&amp;gt;&amp;lt;/mml:msub&amp;gt;&amp;lt;mml:mo&amp;gt;)&amp;lt;/mml:mo&amp;gt;&amp;lt;/mml:mrow&amp;gt;&amp;lt;/mml:math&amp;gt; Jahn-Teller effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Herrero-Saboya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.1c00567⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (3), pp.034601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevmaterials.6.034601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406717v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03606604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of electronic effects into molecular dynamics simulations of collision cascades in silicon from first-principles calculations</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">IRA: A shape matching approach for recognition and comparison of generic atomic patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miha Gunde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61, pp.5446-5457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.1c00567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.195203⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03455747v1</w:t>
+                <w:t xml:space="preserve">hal-03406717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with the stochasticity of collision cascades in Molecular Dynamics simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Integration of electronic effects into molecular dynamics simulations of collision cascades in silicon from first-principles calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Teunissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabiana da Pieve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (19), pp.195203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.195203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2021.02.015⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03287083v1</w:t>
+                <w:t xml:space="preserve">hal-03455747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal water splitting on the WO3 surface-experimental proof</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Coping with the stochasticity of collision cascades in Molecular Dynamics simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jarrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaelm.0c00577⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 500-501, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2021.02.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02948638v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03287083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective dipole effects in ionic transport under electric fields</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Martin-Samos</w:t>
+                <w:t xml:space="preserve">Thermal water splitting on the WO3 surface-experimental proof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Staerz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. de Gironcoli</w:t>
+                <w:t xml:space="preserve">Arne Kobald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Giacomazzi</w:t>
+                <w:t xml:space="preserve">Tamara Russ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Valant</w:t>
+                <w:t xml:space="preserve">Udo Weimar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.3330. </w:t>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (10), pp.3254-3262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17173-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.0c00577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02888925v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive theoretical picture of E centers in silicon: from optical properties to vacancy-mediated dopant diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Herrero-Saboya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 127 (8), pp.085703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3688,103 +3688,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of Single Particle Displacement Damage in Si1-xGex alloys – Interaction of Primary Particles with the Material and Generation of the Damage Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normand Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 67 (7), pp.1273 - 1283. </w:t>
@@ -3822,77 +3822,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of the Two-Temperature Model for Molecular Dynamics simulations of collisions cascades in Si and Ge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3933,2694 +3933,2694 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03005515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding reaction pathways and transition states: r-ARTn and d- ARTn as an efficient and versatile alternative to string approaches</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Jay</w:t>
+                <w:t xml:space="preserve">Collective dipole effects in ionic transport under electric fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Huet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
+                <w:t xml:space="preserve">S. de Gironcoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Giacomazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Valant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.0c00541⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.3330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17173-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02918136v1</w:t>
+                <w:t xml:space="preserve">hal-02888925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight of surface treatments for CMOS compatibility of InAs nanowires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+                <w:t xml:space="preserve">Finding reaction pathways and transition states: r-ARTn and d- ARTn as an efficient and versatile alternative to string approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolo Sartori</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fuccio Cristiano</w:t>
+                <w:t xml:space="preserve">Christophe Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miha Gunde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12274-018-2257-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (10), pp.6726-6734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.0c00541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02017661v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Distribution within Wild-Type NRas Protein and Q61 Mutants during Unrestrained QM/MM Dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insight of surface treatments for CMOS compatibility of InAs nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daya Dhungana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolo Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruth Elena Tichauer</w:t>
+                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Favre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+                <w:t xml:space="preserve">Fuccio Cristiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2018.07.042⟩</w:t>
+              <w:t xml:space="preserve">Nano Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.581-586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12274-018-2257-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880032v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of Single Particle Displacement Damage in Silicon – Part III: First Principles Characterization of Defect Properties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Water Distribution within Wild-Type NRas Protein and Q61 Mutants during Unrestrained QM/MM Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Elena Tichauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cabantous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Landa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Melanie Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TNS.2018.2790843⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (8), pp.1417-1430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2018.07.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01685608v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01880032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into the Bonding of Silanols to Oxidized Aluminum Surfaces</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Simulation of Single Particle Displacement Damage in Silicon – Part III: First Principles Characterization of Defect Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Kokalj</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Melanie Raine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 122 (17), pp.9417 - 9431. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 65 (2), pp.724-731. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b12552⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TNS.2018.2790843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01810862v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01685608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth, stability and decomposition of Mg 2 Si ultra-thin films on Si (100)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insight into the Bonding of Silanols to Oxidized Aluminum Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matic Poberžnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice B Sarpi</w:t>
+                <w:t xml:space="preserve">Dominique Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Zirmi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anton Kokalj</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.09.027⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (17), pp.9417 - 9431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b12552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01583845v1</w:t>
+                <w:t xml:space="preserve">hal-01810862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of the interface formation during CuO deposition on Al(111) substrate: linking material design and elaboration process parameters through multi-levels approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Growth, stability and decomposition of Mg 2 Si ultra-thin films on Si (100)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice B Sarpi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Zirmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Guiltat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Richard</w:t>
+                <w:t xml:space="preserve">Magali Putero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Bouslama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-651X/aa7bbc⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 423 (Part B), pp.522-527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.09.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574744v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01583845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DFT-D study of adsorption of diaminoethane and propylamine molecules on anatase (101) TiO 2 surface</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling of the interface formation during CuO deposition on Al(111) substrate: linking material design and elaboration process parameters through multi-levels approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Lacaze-Dufaure</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mathilde Guiltat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Brut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Landa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.07.161⟩</w:t>
+              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Focus on MMM 2016, 25 (6), pp.064005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-651X/aa7bbc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574752v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MgO monolayer epitaxy on Ni (100)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DFT-D study of adsorption of diaminoethane and propylamine molecules on anatase (101) TiO 2 surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Sarpi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+                <w:t xml:space="preserve">Corinne Lacaze-Dufaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Vizzini</w:t>
+                <w:t xml:space="preserve">Philippe Marcus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 111 (21), pp.211604. </w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 426, pp.107-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5000119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.07.161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01685588v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of Single Particle Displacement Damage in Silicon – Part II: Generation and Long-Time Relaxation of Damage Structure</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MgO monolayer epitaxy on Ni (100)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Sarpi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Putero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Vizzini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TNS.2016.2628089⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 111 (21), pp.211604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5000119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01407740v1</w:t>
+                <w:t xml:space="preserve">hal-01685588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dioxygen molecule adsorption and oxygen atom diffusion on clean and defective Aluminum (111) surface using first principles calculations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Ambient Humidity Influence on CO Detection with SnO 2 Gas Sensing Materials. A Combined DRIFTS/DFT Investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Wicker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Guiltat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Udo Weimar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolae Barsan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.susc.2016.11.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (45), pp.25064-25073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b06253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407658v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01685597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambient Humidity Influence on CO Detection with SnO 2 Gas Sensing Materials. A Combined DRIFTS/DFT Investigation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Dioxygen molecule adsorption and oxygen atom diffusion on clean and defective Aluminum (111) surface using first principles calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Guiltat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Brut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Vizzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolae Barsan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b06253⟩</w:t>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 657, pp.79-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2016.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01685597v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain-driven diffusion process during silicon oxidation investigated by coupling density functional theory and activation relaxation technique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Salles</w:t>
+                <w:t xml:space="preserve">Simulation of Single Particle Displacement Damage in Silicon – Part II: Generation and Long-Time Relaxation of Damage Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normand Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Goiffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4996206⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nuclear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64 (1), pp.141-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNS.2016.2628089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574755v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-thin MgO(111)-polar sheets grown onto Ag(111)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Strain-driven diffusion process during silicon oxidation investigated by coupling density functional theory and activation relaxation technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normand Mousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Vizzini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2015.11.176⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 147 (5), pp.054701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4996206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01407771v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a Printed Coil for Wirelessly Charging a Tracking Elderly Patch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchta Hajjine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Escriba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouchta Hajjine</w:t>
+                <w:t xml:space="preserve">Samuel Charlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wireless Engineering and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 07 (02), pp.83 - 95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4236/wet.2016.72009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01694014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A perfect wetting of Mg monolayer on Ag(111) under atomic scale investigation: first principles calculations, scanning tunneling microscopy and Auger spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amani Migaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Sarpi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Guiltat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Payen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Daineche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 144 (19), pp.194708. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4949764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Alumina Coatings for Selective and Controlled Bonding of DNA on Technologically Relevant Oxide Surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultra-thin MgO(111)-polar sheets grown onto Ag(111)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarpi Brice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Daineche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Calais</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Girardeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Vizzini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b06820⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 361, pp.259-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2015.11.176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01496522v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface-interface exploration of Mg deposited on Si(100) and oxidation effect on interfacial layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Sarpi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Daineche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Girardeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Bertoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Derivaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 106 (2), pp.021604. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4905592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01496559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation of Mg atomic monolayer onto silicon: A road toward MgOx/Mg2Si (11–1)/Si (100) heterostructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarpi Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Rochdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Daineche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bertoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Girardeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 642, pp.L1-L5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.susc.2015.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01496546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elementary surface chemistry during CuO/Al nanothermites synthesis: copper and oxygen deposition on aluminium (111) surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Role of Alumina Coatings for Selective and Controlled Bonding of DNA on Technologically Relevant Oxide Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Calais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Playe Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Ducéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloé Lanthony</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Ducéré</w:t>
+                <w:t xml:space="preserve">Jean-Francois Veyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Verdier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+                <w:t xml:space="preserve">Rupich Sara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 6 (17), pp 15086-15097. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (41), pp 23527-23543. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/am503126k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b06820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01496569v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoindentation of NiAl and Ni3Al crystals on (100), (110), and (111) surfaces: A molecular dynamics study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Seymour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken-Ichi K Nomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6691,657 +6691,657 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01496618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bottom-up modeling of Al/Ni multilayer combustion: Effect of intermixing and role of vacancy defects on the ignition process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Elementary surface chemistry during CuO/Al nanothermites synthesis: copper and oxygen deposition on aluminium (111) surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Lanthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Guiltat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Ducéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Carole Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 113 (20), pp.204301. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (17), pp 15086-15097. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4807164⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/am503126k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01496631v1</w:t>
+                <w:t xml:space="preserve">hal-01496569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diaminoethane adsorption and water substitution on hydrated TiO2: a thermochemical study based on first-principles calculations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Bottom-up modeling of Al/Ni multilayer combustion: Effect of intermixing and role of vacancy defects on the ignition process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Ducéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Lanthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motta Alessandro</w:t>
+                <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jolanta Swiatowska</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marcus</w:t>
+                <w:t xml:space="preserve">Carole Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c3cp44498h⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 113 (20), pp.204301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4807164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01496672v1</w:t>
+                <w:t xml:space="preserve">hal-01496631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of Germanium and Silicon surfaces (100): a comparative study through DFT methodology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diaminoethane adsorption and water substitution on hydrated TiO2: a thermochemical study based on first-principles calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motta Alessandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Mastail</w:t>
+                <w:t xml:space="preserve">Jolanta Swiatowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imad Bourennane</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
+                <w:t xml:space="preserve">Catarina Pereira-Nabais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marcus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1757-899X/41/1/012007⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (26), pp.10824-10834 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3cp44498h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690020v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defect generation during silicon oxidation: A Kinetic Monte Carlo study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Ali-Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anissa Ali-Messaoud</w:t>
+                <w:t xml:space="preserve">Ahmed Chikouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 520 (14), pp.4734 - 4740. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2011.10.207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2011.10.207⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01690124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A computational chemist approach to gas sensors: Modeling the response of SnO2 to CO, O2, and H2O Gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Ducere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Ducere</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Landa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 33 (3), pp.247-258. </w:t>
@@ -7355,139 +7355,139 @@
                 <w:t xml:space="preserve">⟨10.1002/jcc.21959⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01481805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the early stage of aluminum oxidation: An extraction mechanism via oxygen cooperation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Lanthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marie Ducéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 137 (9), pp.094707. </w:t>
@@ -7519,1501 +7519,1635 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01690029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of solvation shells and cluster size on the reaction of aluminum clusters with water</w:t>
+                <w:t xml:space="preserve">Oxidation of Germanium and Silicon surfaces (100): a comparative study through DFT methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weiwei Mou</w:t>
+                <w:t xml:space="preserve">Cédric Mastail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satoshi Ohmura</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Rajiv K Kalia</w:t>
+                <w:t xml:space="preserve">Imad Bourennane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Landa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3664751⟩</w:t>
+              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 41, pp.012007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/41/1/012007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01690106v1</w:t>
+                <w:t xml:space="preserve">hal-01690020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Periodic boundary versus quantum cluster approaches in the simulation of a nanoenergetic metallic model-system: Ni/Al(111) surface reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of solvation shells and cluster size on the reaction of aluminum clusters with water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiwei Mou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Petrantoni</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Satoshi Ohmura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. -M. Ducere</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Rossi</w:t>
+                <w:t xml:space="preserve">Fuyuki Shimojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajiv K Kalia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2009.08.010⟩</w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3664751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01481812v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mesoscopic model of the intermixing during nanoenergetic materials processing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Periodic boundary versus quantum cluster approaches in the simulation of a nanoenergetic metallic model-system: Ni/Al(111) surface reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Petrantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. -M. Ducere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Esteve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rossi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 71 (2), pp.125. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2009.07.019⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 71 (2), pp.130-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2009.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00609752v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01481812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric diffusion as a key mechanism in Ni/Al energetic multilayer processing: A first principles study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
+                <w:t xml:space="preserve">A mesoscopic model of the intermixing during nanoenergetic materials processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Petrantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 71 (2), pp.125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2009.07.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1116/1.3491182⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01481813v1</w:t>
+                <w:t xml:space="preserve">hal-00609752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fundamental steps towards interface amorphization during silicon oxidation: Density functional theory calculations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Asymmetric diffusion as a key mechanism in Ni/Al energetic multilayer processing: A first principles study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Petrantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Ducere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Esteve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.035317⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28 (6), pp.L15-L17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.3491182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01575988v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01481813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A kinetic Monte Carlo study of the initial stage of silicon oxidation: Basic mechanisms-induced partial ordering of the oxide interfacial layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Landa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 603 (13), pp.2132-2137. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2009.04.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01575991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of the Ge nonreactivity during the initial stage of SiGe oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dkhissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. K. Upadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Esteve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Landa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 94 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3076092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01481819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Difficulty for oxygen to incorporate into the silicon network during initial O2 oxidation of Si(100)-(2×1)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Fundamental steps towards interface amorphization during silicon oxidation: Density functional theory calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrew J. Mayne</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves J. Chabal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.2566299⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 79, pp.035317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.035317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01575518v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active oxidation: Silicon etching and oxide decomposition basic mechanisms using density functional theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 601 (9), pp.2082-2088. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2007.03.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01575520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion of oxygen atom in the topmost layer of the Si(1 0 0) surface: Structures and oxidation kinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 601 (11), pp.2339-2343. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2007.03.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01575528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Difficulty for oxygen to incorporate into the silicon network during initial O2 oxidation of Si(100)-(2×1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J. Mayne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves J. Chabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 126, pp.114707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2566299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Synthesis, structural studies, theoretical calculations, and linear and nonlinear optical properties of terpyridyl lanthanide complexes: new evidence for the contribution of f electrons to the NLO activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Sénéchal-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tancrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Toupet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. A. Gareth Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 128 (37), pp.12243-55. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ja063586j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00862682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9023,2625 +9157,2625 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Machine Learning Potentials to describe collision cascades phenomena in Germanium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jarrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 MRS Spring Meeting &amp; Exhibit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Seattle, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05056362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of Self-Interaction in detecting defects in irradiated semiconductors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bolino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Inguimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICTP-IAEA-MAMBA School on Materials Irradiation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05030998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum Modeling of Semiconductors Leakage Currents Induced by Defects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mesnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicholson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Helleboid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Simulation of Semiconductor Processes and Devices (SISPAD 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Kobe, Japan. pp.141-144, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/SISPAD57422.2023.10319491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing a Neural Network potential to investigate interface phenomena in solid-phase epitaxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruggero Lot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano de Gironcoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th IEEE Nanotechnology Materials and Devices Conference (IEEE NMDC 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Vancouver, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NMDC50713.2021.9677541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An off-lattice kinetic Monte Carlo kernel guided by topological and geometrical analysis to bridge accurate ab-initio calculations and large scale simulations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Clusters of Defects as a Possible Origin of Random Telegraph Signal in Imager Devices: a DFT based Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuccio Cristiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Dallas, United States. pp.128-132, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SISPAD54002.2021.9592553⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03435780v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clusters of Defects as a Possible Origin of Random Telegraph Signal in Imager Devices: a DFT based Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kinetic Monte Carlo for Process Simulation: First Principles Calibrated Parameters for BO 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Louis Julliard</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miha Gunde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Monsieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2021, Dallas, United States. pp.128-132, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SISPAD54002.2021.9592553⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2021, Dallas, United States. pp.219-223, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SISPAD54002.2021.9592580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366621v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic Monte Carlo for Process Simulation: First Principles Calibrated Parameters for BO 2</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">An off-lattice kinetic Monte Carlo kernel guided by topological and geometrical analysis to bridge accurate ab-initio calculations and large scale simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miha Gunde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">APS March Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Dallas (Virtual), United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366600v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03435780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling Quantum Mechanics and Static Modes to explore the energy landscape in complex systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foulon Lionel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Landa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Brut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APS March Meeting 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Dallas (virtual), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03435781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implant heating contribution to amorphous layer formation: a KMC approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.L. Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Monsieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hilario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Kobe, Japan. pp.43-46, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/SISPAD49475.2020.9241608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03095123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic and structural properties of interstitial titanium in crystalline silicon from first-principles simulations</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Defect creation and Diffusion under electric fields from first-principles: the prototypical case of silicon dioxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Gironcoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Giacomazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Valant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Udine, Italy. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SISPAD.2019.8870382⟩</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SISPAD.2019.8870555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338691v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defect creation and Diffusion under electric fields from first-principles: the prototypical case of silicon dioxide</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electronic and structural properties of interstitial titanium in crystalline silicon from first-principles simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Herrero-Saboya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Martin-Samos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Udine, Italy. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SISPAD.2019.8870555⟩</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SISPAD.2019.8870382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338759v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of Single Particle Displacement Damage in Silicon – Part III: First Principles Characterization of Defect Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Nuclear and Space Radiation Effects Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01685635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic scale investigation of local strain effect on the primary stages of silicon oxidation process using a coupling between Activation Relaxation Technique and first principles calculations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Linking design of materials and technological process parameters for tailored integration in Microelectronics field: climbing the scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Guiltat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th edition of the SiO2, Advanced Dielectrics and related Devices symposium (SiO2 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Nice, France. 2p</w:t>
+              <w:t xml:space="preserve">8th Multiscale Materials Modeling international conference (MMM) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407843v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking design of materials and technological process parameters for tailored integration in Microelectronics field: climbing the scales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Atomic scale investigation of local strain effect on the primary stages of silicon oxidation process using a coupling between Activation Relaxation Technique and first principles calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normand Mousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Multiscale Materials Modeling international conference (MMM) </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Dijon, France</w:t>
+              <w:t xml:space="preserve">11th edition of the SiO2, Advanced Dielectrics and related Devices symposium (SiO2 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nice, France. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407881v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Network of distributed soil moisture sensors for culture irrigation 2.0: Design and data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Escriba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Soto-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Boizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Technological Innovations in ICT for Agriculture and Rural Development (TIAR 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Chennai, India. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TIAR.2016.7801216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01693924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic scale modeling to understand how matter organizes during growth of ultrathin materials in close relation with elaboration process parameters: climbing the scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Guiltat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th IEEE Nanotechnology Materials and Devices Conference (NMDC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Modeling Tentative of Operation of Gas Sensor through Atomic Scale Insights</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of an Electronic Patch for Falls Detection and Elderly Tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchta Hajjine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Escriba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabeha Fettouma Zedek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Acco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gas sensors based on semiconducting metal oxides: basic understanding &amp; application fields ( GSSMO 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Tubingen, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Biomedical and Health Informatics (ICBHI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Haikou, China. 4p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051693v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01892241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an Electronic Patch for Falls Detection and Elderly Tracking</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Modeling Tentative of Operation of Gas Sensor through Atomic Scale Insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hémeryck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Ducéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Menini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Biomedical and Health Informatics (ICBHI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Haikou, China. 4p</w:t>
+              <w:t xml:space="preserve">Gas sensors based on semiconducting metal oxides: basic understanding &amp; application fields ( GSSMO 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Tubingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01892241v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Atomic Scale Insight into Interface Layers Formation in Al/CuO Nanolaminated Thin Films: a Kinetic Monte Carlo Simulation of Deposition Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Guiltat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari-Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves J Chabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd International Conference On Metallurgical Coatings &amp; Thin Films (ICMCTF 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, San Diego, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01575987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale modelling of gas sensors response to mixture of CO, CO2 and H2O exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Ducere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Landa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02161161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CO and CO2 detection by SnO2: a DFT study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Ducere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Djafari Rouhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Landa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02161148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11651,426 +11785,426 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying electronic localization induced by defects: implementation of normalized self-interaction in Quantum ESPRESSO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bolino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Inguimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psi-k conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Lausanne, Switzerland. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient First-Principles EPR g-Tensor Calculations with QE-CONVERSE: Enabling Large Supercells via the Single-Point Formula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Fioccola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Giacomazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Ceresoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layla Martin-Samos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psi-k conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Lausanne, Switzerland. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab-initio computation of EPR g tensor for point defects in solid state: results from the modern theory of orbital magnetization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Fioccola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Giacomazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Ceresoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Defects in solids for quantum technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Budapest (HO), Hungary. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigaton of Jahn-Teller effects in germanium self-interstitials Insights from DFT+α</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdulgaffar Abdurrazaq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12092,170 +12226,170 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Herrero-Saboya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano De Gironcoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Strasbourg, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An atomistic insight into interface formation in directly integrated materials: a modeling study of CuO deposition on Al(111) through DFT-kMC approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Guiltat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials for Advanced Metalization (MAM 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Brussels, Belgium. 2p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12265,280 +12399,556 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basics of semiconducting metal oxide–based gas sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Oprea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Degler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolae Barsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Rebholz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gas Sensors Based on Conducting Metal Oxides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.61-165, 2019, 9780128112243</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsevier</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02017755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LRC-LICUR. Rapport d'activité. Année 10. Janvier 2025-décembre 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Coustou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Barbarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LAAS - CNRS; CEA. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LRC-LICUR. Rapport d'activité. Année 9. Janvier 2024-décembre 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Coustou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Barbarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LAAS-CNRS; CEA. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation à l'échelle atomique des premiers stades de l'oxydation du silicium: théorie de la Fonctionnelle de la Densité et Monte Carlo cinétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hémeryck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Micro et nanotechnologies/Microélectronique. Université Paul Sabatier - Toulouse III, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00319658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId366"/>
+      <w:footerReference w:type="default" r:id="rId377"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12606,51 +13016,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="496783F7"/>
+    <w:nsid w:val="27DE1E16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12837,51 +13247,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-hemeryck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0201-1171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139714030" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-8686-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05451056v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulgaffar Abdurrazaq" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Lot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Herrero-Saboya" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c05816" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goiffon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Durnez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jouni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Kharchenkova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2025.3648295" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054151v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingqiang Yang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Boepple" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;meryck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Karwounopoulos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202504696" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542795v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parize" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jarrin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine F&#233;es" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lambert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tns.2024.3380674" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671363v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gunde" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pober&#382;nik" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Salles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0210097" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04677499v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grisanti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin-Samos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0215689" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04558181v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04486870v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Rostand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lomonaco" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03867418v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Julliard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Johnsson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zographos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Demoulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Monflier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108521" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04106992v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suman Pokhrel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Chen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutz M&#228;dler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c00686" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04074966v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Raine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duhamel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2023.3265463" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04238051v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matic Pober&#382;nik" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Gunde" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salles" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4360939" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04467976v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Mousseau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-re192" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04186190v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Simha" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Giacomazzi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Martin-Samos" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13142123" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04017077v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Sadek" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihan El Hila" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gravelier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.156688" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04104341v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Jara Donoso" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas M&#252;ller" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Larrieu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.157563" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03606604v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.6.034601" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03640786v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Martin- Samos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111363" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03600844v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2022.100264" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04106987v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Yang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Jin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yule Zhang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolae Barsan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.2c00352" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674113v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Foulon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Landa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brut" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp03562b" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03406717v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.1c00567" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03455747v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Teunissen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana da Pieve" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.195203" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03287083v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2021.02.015" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02948638v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Staerz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Kobald" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Russ" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udo Weimar" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.0c00577" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02888925v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Gironcoli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giacomazzi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17173-w" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02492335v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Herrero-Saboya" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5140724" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02469532v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2020.2970488" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03005515v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2020.09.025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02918136v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00541" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02017661v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daya Dhungana" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Sartori" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuccio Cristiano" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-018-2257-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01880032v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Elena Tichauer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Favre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabantous" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.07.042" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685608v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Raine" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2018.2790843" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810862v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Costa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Kokalj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b12552" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01583845v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice B Sarpi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Zirmi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Putero" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bouslama" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.09.027" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01574744v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Guiltat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aa7bbc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01574752v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Motta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lacaze-Dufaure" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marcus" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.07.161" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685588v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sarpi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vizzini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5000119" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407740v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2016.2628089" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407658v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2016.11.010" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685597v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Wicker" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b06253" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01574755v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996206" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407771v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarpi Brice" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Daineche" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Girardeaux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.176" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WF5HV4M3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694014v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchta Hajjine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Escriba" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2016.72009" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407766v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Migaou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Payen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949764" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496522v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Calais" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Playe Benoit" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Duc&#233;r&#233;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Veyan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupich Sara" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b06820" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496559v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sarpi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bertoglio" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Derivaux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4905592" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496546v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Rochdi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bertoglio" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.08.003" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBPJN63M-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496569v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Lanthony" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Verdier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am503126k" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496618v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Seymour" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken-Ichi K Nomura" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiqiang Wang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajiv K Kalia" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4867168" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496631v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Est&#232;ve" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rossi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4807164" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496672v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motta Alessandro" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Swiatowska" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Pereira-Nabais" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp44498h" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690020v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mastail" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Bourennane" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/41/1/012007" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690124v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Ali-Messaoud" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chikouche" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lanthony" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.10.207" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8N7DR8G5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481805v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Ducere" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21959" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R00HM35N-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690029v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Duc&#233;r&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4746943" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690106v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Mou" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ohmura" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuyuki Shimojo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3664751" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481812v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petrantoni" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Ducere" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esteve" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rossi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2009.08.010" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RC0KB8HZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609752v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2009.07.019" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481813v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Ducere" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3491182" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575988v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves J. Chabal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.035317" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575991v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2009.04.014" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNVP892M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481819v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dkhissi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Upadhyay" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076092" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575518v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Mayne" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2566299" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575520v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.03.008" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B676K3H7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575528v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.03.038" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TPQ9FMXB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862682v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell S&#233;n&#233;chal-David" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tancrez" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Toupet" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Gareth Williams" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja063586j" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056362v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hellier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030998v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bolino" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Inguimbert" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04863172v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mesnard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicholson" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Helleboid" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mugny" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD57422.2023.10319491" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03375965v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Gironcoli" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC50713.2021.9677541" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03435780v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03366621v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rideau" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Julliard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD54002.2021.9592553" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03366600v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Monsieur" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD54002.2021.9592580" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03435781v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foulon Lionel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03095123v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dumas" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monsieur" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hilario" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rideau" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD49475.2020.9241608" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338691v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD.2019.8870382" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338759v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD.2019.8870555" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685635v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407843v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407881v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693924v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Soto-Romero" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Boizard" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIAR.2016.7801216" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407855v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02051693v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menini" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01892241v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campo" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeha Fettouma Zedek" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Acco" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575987v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves J Chabal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02161161v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Djafari Rouhani" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02161148v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05267325v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Inguimbert" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05267295v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Fioccola" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ceresoli" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05267342v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05422864v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano De Gironcoli" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407874v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02017755v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Oprea" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Degler" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rebholz" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/gas-sensors-based-on-conducting-metal-oxides/barsan/978-0-12-811224-3" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00319658v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-hemeryck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0201-1171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139714030" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/A-8686-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05451056v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulgaffar Abdurrazaq" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Lot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Herrero-Saboya" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c05816" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goiffon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Durnez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jouni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Kharchenkova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2025.3648295" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05515038v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fioccola" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giacomazzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ceresoli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Richard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;meryck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109891" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054151v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tingqiang Yang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Boepple" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Karwounopoulos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202504696" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671363v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gunde" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pober&#382;nik" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Salles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0210097" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542795v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parize" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jarrin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine F&#233;es" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lambert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tns.2024.3380674" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04677499v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grisanti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin-Samos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0215689" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04558181v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04106992v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suman Pokhrel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutz M&#228;dler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c00686" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03867418v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.L. Julliard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Johnsson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zographos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Demoulin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Monflier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108521" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04074966v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Raine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duhamel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2023.3265463" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04238051v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matic Pober&#382;nik" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Gunde" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4360939" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04186190v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Simha" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Giacomazzi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Martin-Samos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13142123" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04104341v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Jara Donoso" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas M&#252;ller" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Larrieu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.157563" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04017077v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Sadek" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihan El Hila" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gravelier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2023.156688" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04467976v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Mousseau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-re192" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04486870v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Rostand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lomonaco" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03640786v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Martin- Samos" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111363" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04106987v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Yang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Jin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yule Zhang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolae Barsan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssensors.2c00352" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03600844v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2022.100264" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674113v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Foulon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Landa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brut" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cp03562b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03606604v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.6.034601" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03406717v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.1c00567" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03455747v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Teunissen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana da Pieve" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.195203" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03287083v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2021.02.015" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02948638v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Staerz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Kobald" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Russ" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udo Weimar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.0c00577" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02492335v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Herrero-Saboya" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5140724" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02469532v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2020.2970488" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03005515v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2020.09.025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02888925v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Gironcoli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17173-w" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02918136v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00541" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02017661v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daya Dhungana" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolo Sartori" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuccio Cristiano" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-018-2257-8" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01880032v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Elena Tichauer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Favre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabantous" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2018.07.042" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685608v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Raine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2018.2790843" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01810862v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Costa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Kokalj" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b12552" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01583845v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice B Sarpi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Zirmi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Putero" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bouslama" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.09.027" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01574744v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Guiltat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aa7bbc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01574752v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Motta" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lacaze-Dufaure" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marcus" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.07.161" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685588v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sarpi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vizzini" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5000119" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685597v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Wicker" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b06253" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407658v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2016.11.010" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407740v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNS.2016.2628089" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01574755v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996206" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694014v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchta Hajjine" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Escriba" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2016.72009" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407766v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Migaou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Payen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Daineche" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949764" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407771v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarpi Brice" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Girardeaux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.11.176" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WF5HV4M3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496559v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sarpi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bertoglio" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Derivaux" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4905592" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496546v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Rochdi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bertoglio" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.08.003" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FBPJN63M-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496522v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Calais" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Playe Benoit" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Duc&#233;r&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Veyan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupich Sara" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b06820" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496618v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Seymour" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken-Ichi K Nomura" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiqiang Wang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajiv K Kalia" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4867168" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496569v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Lanthony" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Verdier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am503126k" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496631v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Est&#232;ve" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rossi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4807164" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01496672v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motta Alessandro" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Swiatowska" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Pereira-Nabais" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp44498h" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690124v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Ali-Messaoud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chikouche" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lanthony" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.10.207" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8N7DR8G5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481805v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Ducere" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Djafari-Rouhani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21959" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R00HM35N-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690029v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Duc&#233;r&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4746943" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690020v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mastail" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Bourennane" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/41/1/012007" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690106v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Mou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ohmura" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuyuki Shimojo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3664751" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481812v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petrantoni" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Ducere" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Esteve" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rossi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2009.08.010" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RC0KB8HZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609752v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2009.07.019" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481813v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Ducere" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3491182" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575991v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2009.04.014" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNVP892M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481819v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dkhissi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Upadhyay" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3076092" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575988v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves J. Chabal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.035317" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575520v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.03.008" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B676K3H7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575528v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.03.038" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TPQ9FMXB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575518v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Mayne" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2566299" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862682v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell S&#233;n&#233;chal-David" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tancrez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Toupet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Gareth Williams" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja063586j" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056362v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hellier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030998v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bolino" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Inguimbert" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04863172v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mesnard" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicholson" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Helleboid" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mugny" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD57422.2023.10319491" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03375965v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Gironcoli" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC50713.2021.9677541" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03366621v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rideau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Julliard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD54002.2021.9592553" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03366600v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Monsieur" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD54002.2021.9592580" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03435780v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03435781v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foulon Lionel" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03095123v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dumas" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monsieur" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hilario" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rideau" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD49475.2020.9241608" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338759v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD.2019.8870555" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02338691v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD.2019.8870382" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685635v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407881v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407843v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693924v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Soto-Romero" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Boizard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIAR.2016.7801216" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407855v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01892241v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Campo" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeha Fettouma Zedek" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Acco" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02051693v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menini" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575987v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves J Chabal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02161161v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Djafari Rouhani" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02161148v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05267325v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Inguimbert" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05267295v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Fioccola" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ceresoli" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05267342v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05422864v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano De Gironcoli" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407874v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02017755v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Oprea" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Degler" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rebholz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/gas-sensors-based-on-conducting-metal-oxides/barsan/978-0-12-811224-3" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05546111v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aubert" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Coustou" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perchoux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Barbarin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05546091v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00319658v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>