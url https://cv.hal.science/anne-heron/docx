--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:146.00760456274px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne HERON </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-heron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2277-7262</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">174366434</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De formation scientifique, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Docteur en Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, je suis enseignant-chercheur en sciences de la vie et de la santé depuis 30 ans.J’enseigne la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">physiologie humaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">méditation de pleine conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à la Faculté de Santé-Pharmacie de l’Université Paris Cité (Paris 5-Descartes).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche ont évolué au cours du temps, explorant plusieurs thématiques en lien avec le </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">cerveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon cursus professionnel a débuté par une formation à la recherche au sein des Laboratoires pharmaceutiques Delalande (devenus ensuite Sanofi-SynthéLabo) puis dans l’unité mixte de recherches cérébrovasculaires UA641 CNRS-INSERM rattachée à l’UFR de Médecine Lariboisière-Saint Louis, dans le cadre de mes études doctorales. J’ai ensuite intégré l’unité de recherche UMR109-573 INSERM de neurobiologie et pharmacologie moléculaire, au Centre Paul Broca de psychiatrie & neurosciences, associé à l’Hôpital Sainte Anne, dans lequel j’ai beaucoup appris, pendant une quinzaine d’années.Les travaux de recherche que j’ai menés ont porté notamment sur les processus biologiques associés à la mort neuronale et aux accidents vasculaires cérébraux, les neurotransmissions glutamatergique et histaminergique, les liens entre histoire de vie, stress et santé, la psychosomatique intégrative, l’effet placebo et les thérapies médiatisées.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités scientifiques se déploient aujourd’hui dans le cadre de l’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Unité de Recherche ARC en CIEL UF657</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> que j’ai créée en 2021 au Centre Hospitalier de Dreux, au sein du Groupement des Hôpitaux Publics Euréliens GHT-HOPE en région Centre Val de Loire, afin de favoriser l’accès des habitants du territoire aux </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">thérapeutiques innovantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’unité a vocation à évoluer sous la forme d’un groupe de cooperation de recherche axée sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">prévention et l’optimisation des thérapeutiques par les interventions non médicamenteuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J’exerce au sein de l’Unité ARC EN CIEL les fonctions de direction scientifique et de coordination de la recherche clinique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie animée vue du ciel des travaux académiques sur la méditation et la pleine conscience en France : Publications scientifiques, thèses et mémoires, essais cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de l’art des travaux académiques sur la méditation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Bayle-Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Gérard Bloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence De Gaspary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 10 ans Diplômes Universitaires Médecine/Leadership, Méditation &amp; Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français Pleine Conscience Mindfulness; Faculté de Médecine Université de Strasbourg; EM Strasbourg Business School, Nov 2023, Strasbourg (67000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVALUATION de l'IMPACT d'un PROGRAMME d'ÉDUCATION THÉRAPEUTIQUE dans la SCHIZOPHRENIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Boete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doina Revitea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Berteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès de Reh@b’ - On positive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La filière neuro-vasculaire AVC 28 : le parcours du patient optimisé pour un cerveau préservé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Djerroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée annuelle de la Société Cerveau et Maladies Cérébro-vasculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placebo et Pratiques Professionnelles - La prescription d'un placebo contrevient elle au contrat de confiance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Tacheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Crepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique de l'Espace Ethique Hospitalier Universitaire de Lille - Corps-Esprit : "Que soignons-nous ? Qui soignons-nous ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espace Ethique Hospitalier Universitaire de Lille, Nov 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CANCERS ET PRISE EN CHARGE PALLIATIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Piesvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Cancer et Soins Palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Dreux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETAT DE L’ART DES TRAVAUX ACADEMIQUES SUR LA MEDITATION ET LA PLEINE CONSCIENCE EN FRANCE : Publications scientifiques, Thèses et mémoires, Essais cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA PRISE EN CHARGE DES PROCHES DES PATIENTS EN SOINS PALLIATIFS : A PARTIR DE QUELLES DIFFICULTES, BESOINS ET SOUFFRANCES ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Dabilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel de Madet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATTEINTES DU SYSTEME NERVEUX AUTONOME CHEZ LE SUJET CONSOMMATEUR EXCESSIF D'ALCOOL : INTERET DE LA MESURE DE LA VARIABILITE DE LA FREQUENCE CARDIAQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zina Lechevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensorialité foetale et gestation pour autrui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA GESTATION POUR AUTRUI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier - Médecine Sciences Publications, 2011, Rapport de l'Académie nationale de Médecine, 9782257204493</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE DEVELOPPEMENT DE LA SENSORIALITE FOETALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA NAISSANCE : histoire, cultures et pratiques d’aujourd’hui.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Albin Michel, pp.1401, 2010, ESSAI &amp; DOCs, 9782226193186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimiothérapie palliative et qualité de fin de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Grenneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Donnati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès de la SFAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twins in utero react individually to the silent communication of their mother.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sibony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsie Piller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e congrès international transdisciplinaire sur le bébé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SYNDROMES COMPULSIFS, PSYCHOSES ET NEUROLEPTIQUES ATYPIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15e Congrès de l'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ADDICTION AUX PSYCHOTHERAPIES EXISTE-T-ELLE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Heteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14è congrès de l'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01613577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DISPOSITIF INNOVANT DÉDIÉ À LA FAMILLE : PRÉSENTATION ET FONCTIONNEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Fouquet-Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïfoulaye Barry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44ème Congrès de l'Association Française de Thérapie Comportementale et Cognitive (AFTCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PELVIC MRI AS ALTERNATIVE TO PELVIC US FOR THE DIAGNOSIS OF PCOS IN OVERWEIGHT AND OBESE ADOLESCENT GIRLS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benosman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Annual Meeting of the European Society for Paediatric Endocrinology (ESPE). </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Barcelone, Spain. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rare Cause of Short Stature : The Floating Harbor Syndrome. A case report.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Annual Meeting of the European Society for Paediatric Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Barcelone, Spain. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODE ORIGINALE DE DIAGNOSTIC INTEGRATIF A L'HOPITAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benjamin Stora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Congrès de l'Association de Recherche et de soutien de Soins en Psychiatrie Générale : "La Psychiatrie dans tous ses Etats"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge des psycho-traumatismes par l'approche thérapeutique EMDR en psychiatrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Donneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées Scientifiques Internationales des CUMP et de Psychotraumatologie de l’AFORCUMP-SFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HISTOIRE DE VIE DES PATIENTES FIBROMYALGIQUES : Etude comparative avec des patientes migraineuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro de Roa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13è congrès national de la Société française d'étude et de traitement de la douleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris La Défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01613572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation du Suivi des Rhumatismes Inflammatoires Chroniques (RIC) : Dispositif OSRIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid Ahmed Rouidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Sadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moana Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Congrès de la Société Française de Rhumatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. , 26ème Congrès de la Société Française de Rhumatologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude DEQuAPODES. Des ECG de qualité : positionnement optimal des électrodes en SMUR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Letellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Julié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urgences 2012. 6è Congrès SFMU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des interactions médicamenteuses chez les patients âgés admis en Unité de Médecine Polyvalente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haciba Benosman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ligier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Leroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6 éme congrès de la Médecine Générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Nice, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge de la fin de vie et de la mort au centre hospitalier de Dreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Revue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Pays de la Loire d'accompagnement en soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BRAIN GLYCEROPHOSPHOLIPIDS AND CHOLESTEROL IMAGING BY MASS SPECTROMETRY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa W Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Seyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Benabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée de l’Institut Médicament-Toxicologie-Chimie-Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication between mother and infant (fetus or newborn)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Volff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo Povera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Fouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Association of Infant Mental Healt - WAIMH Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France. Infant Mental Health Journal, 27 (3A), pp.738, 2006, Supplement to the Infant Mental Health Journal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'histamine au cours du développement des lesions consecutives à une ischémie cérébrale néonatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Morisset-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Charriaut-Marlangue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e colloque de la Société des neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOCALISATION DU RÉCEPTEUR H 1 DE L'HISTAMINE DANS LES NOYAUX HYPOTHALAMIQUES CONTRÔLANT LA PRISE ALIMENTAIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Hooymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'association des enseignants de physiologie des facultés de pharmacie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of standardized mindfulness programs on burnout: a systematic review and original analysis from randomized controlled trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dyna Shoker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpubh.2024.1381373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medical, neurobiological, and psychobehavioral perspectives of mastocytosis: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Papillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Dubayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Case Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (1), pp.176. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13256-021-02757-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conscience et le corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue de l'infirmière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 69 (263), pp.32-33. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1293-8505(20)30238-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placebo et pratiques professionnelles en soins infirmiers à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Tacheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Crepin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue de l'infirmière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 68 (250), pp.42-43. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revinf.2019.03.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le placebo à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dubayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (8-9), pp.674-681. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2019127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02292978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subjective Experiences and Sensitivities in Women with Fibromyalgia: A Quantitative and Comparative Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de Roa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Poindessous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pain Research and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018, pp.1 - 8. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2018/8269564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le placebo a-t-il sa place dans la relation soignant–soigné à l’hôpital ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tacheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Reny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Crépin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Akhdari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique &amp; Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.4 - 10. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.etiqe.2016.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maillard Reaction Products from highly heated food prevent mast cell number increase and inflammation in a mouse model of colitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Al Amir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dubayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Delayre-Orthez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline M. Anton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nutrition Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46, pp.26-32. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nutres.2017.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polycystic ovary syndrome: Pelvic MRI as alternative to pelvic ultrasound for the diagnosis in overweight and obese adolescent girls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Pambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benosman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pediatrics and Adolescent Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (4), pp.147 - 152. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpam.2017.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudohypoparathyroidism Type 1A-Subclinical Hypothyroidism and Rapid Weight Gain as Early Clinical Signs: A Clinical Review of 10 Cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Tripon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hindmarsh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Research in Pediatric Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (4), pp.432-438. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4274/jcrpe.2743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01489746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streptococcus pneumoniae serotype 19A meningitis in well-vaccinated immunocompetent 13-month-old child: a case of PCV13 failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Monem Badran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Lagneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Kovacs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Case Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (11), pp.1023-1025. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ccr3.660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01489673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A focus on mast cells and pain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dubayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroimmunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 264 (1-2), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jneuroim.2013.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement de la fin de vie aux urgences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Revue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Psychologie et accompagnement, 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glial activation in white matter following ischemia in the neonatal P7 rat brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc-Marie Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Véga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 199, pp.103-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A detailed mapping of the histamine H3 receptor and its gene transcripts in rat brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Pillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Cochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Tardivel-Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X Ligneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 114 (1), pp.173-193. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0306-4522(02)00135-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of genomics to drug design: the example of the histamine H3 receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Rouleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Tardivel-Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gbahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11 (6), pp.441-448. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0924-977x(01)00121-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloning and Selective Expression in Brain and Kidney of ARNT2 Homologous to the Ah Receptor Nuclear Translocator (ARNT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Kathmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Morisset-Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 225, pp.333-339. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/bbrc.1996.1176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01560437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId174"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:146.00760456274px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne HERON </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-heron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2277-7262</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">174366434</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De formation scientifique, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Docteur en Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, je suis enseignant-chercheur en sciences de la vie et de la santé depuis 30 ans.J’enseigne la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">physiologie humaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">méditation de pleine conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à la Faculté de Santé-Pharmacie de l’Université Paris Cité (Paris 5-Descartes).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche ont évolué au cours du temps, explorant plusieurs thématiques en lien avec le </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">cerveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon cursus professionnel a débuté par une formation à la recherche au sein des Laboratoires pharmaceutiques Delalande (devenus ensuite Sanofi-SynthéLabo) puis dans l’unité mixte de recherches cérébrovasculaires UA641 CNRS-INSERM rattachée à l’UFR de Médecine Lariboisière-Saint Louis, dans le cadre de mes études doctorales. J’ai ensuite intégré l’unité de recherche UMR109-573 INSERM de neurobiologie et pharmacologie moléculaire, au Centre Paul Broca de psychiatrie & neurosciences, associé à l’Hôpital Sainte Anne, dans lequel j’ai beaucoup appris, pendant une quinzaine d’années.Les travaux de recherche que j’ai menés ont porté notamment sur les processus biologiques associés à la mort neuronale et aux accidents vasculaires cérébraux, les neurotransmissions glutamatergique et histaminergique, les liens entre histoire de vie, stress et santé, la psychosomatique intégrative, l’effet placebo et les thérapies médiatisées.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités scientifiques se déploient aujourd’hui dans le cadre de l’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Unité de Recherche ARC en CIEL UF657</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> que j’ai créée en 2021 au Centre Hospitalier de Dreux, au sein du Groupement des Hôpitaux Publics Euréliens GHT-HOPE en région Centre Val de Loire, afin de favoriser l’accès des habitants du territoire aux </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">thérapeutiques innovantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’unité a vocation à évoluer sous la forme d’un groupe de cooperation de recherche axée sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">prévention et l’optimisation des thérapeutiques par les interventions non médicamenteuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J’exerce au sein de l’Unité ARC EN CIEL les fonctions de direction scientifique et de coordination de la recherche clinique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie animée vue du ciel des travaux académiques sur la méditation et la pleine conscience en France : Publications scientifiques, thèses et mémoires, essais cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de l’art des travaux académiques sur la méditation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Bayle-Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Gérard Bloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence De Gaspary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 10 ans Diplômes Universitaires Médecine/Leadership, Méditation &amp; Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français Pleine Conscience Mindfulness; Faculté de Médecine Université de Strasbourg; EM Strasbourg Business School, Nov 2023, Strasbourg (67000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04386047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EVALUATION de l'IMPACT d'un PROGRAMME d'ÉDUCATION THÉRAPEUTIQUE dans la SCHIZOPHRENIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Boete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doina Revitea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Berteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème congrès de Reh@b’ - On positive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La filière neuro-vasculaire AVC 28 : le parcours du patient optimisé pour un cerveau préservé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Djerroud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée annuelle de la Société Cerveau et Maladies Cérébro-vasculaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placebo et Pratiques Professionnelles - La prescription d'un placebo contrevient elle au contrat de confiance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Tacheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Crepin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique de l'Espace Ethique Hospitalier Universitaire de Lille - Corps-Esprit : "Que soignons-nous ? Qui soignons-nous ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Espace Ethique Hospitalier Universitaire de Lille, Nov 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CANCERS ET PRISE EN CHARGE PALLIATIVE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Piesvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Cancer et Soins Palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Dreux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETAT DE L’ART DES TRAVAUX ACADEMIQUES SUR LA MEDITATION ET LA PLEINE CONSCIENCE EN FRANCE : Publications scientifiques, Thèses et mémoires, Essais cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA PRISE EN CHARGE DES PROCHES DES PATIENTS EN SOINS PALLIATIFS : A PARTIR DE QUELLES DIFFICULTES, BESOINS ET SOUFFRANCES ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Dabilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel de Madet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATTEINTES DU SYSTEME NERVEUX AUTONOME CHEZ LE SUJET CONSOMMATEUR EXCESSIF D'ALCOOL : INTERET DE LA MESURE DE LA VARIABILITE DE LA FREQUENCE CARDIAQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zina Lechevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensorialité foetale et gestation pour autrui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA GESTATION POUR AUTRUI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier - Médecine Sciences Publications, 2011, Rapport de l'Académie nationale de Médecine, 9782257204493</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE DEVELOPPEMENT DE LA SENSORIALITE FOETALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA NAISSANCE : histoire, cultures et pratiques d’aujourd’hui.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Albin Michel, pp.1401, 2010, ESSAI &amp; DOCs, 9782226193186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimiothérapie palliative et qualité de fin de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Grenneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Donnati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès de la SFAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03990143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Twins in utero react individually to the silent communication of their mother.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sibony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsie Piller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e congrès international transdisciplinaire sur le bébé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SYNDROMES COMPULSIFS, PSYCHOSES ET NEUROLEPTIQUES ATYPIQUES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15e Congrès de l'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ADDICTION AUX PSYCHOTHERAPIES EXISTE-T-ELLE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Heteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14è congrès de l'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01613577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DISPOSITIF INNOVANT DÉDIÉ À LA FAMILLE : PRÉSENTATION ET FONCTIONNEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Fouquet-Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïfoulaye Barry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44ème Congrès de l'Association Française de Thérapie Comportementale et Cognitive (AFTCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PELVIC MRI AS ALTERNATIVE TO PELVIC US FOR THE DIAGNOSIS OF PCOS IN OVERWEIGHT AND OBESE ADOLESCENT GIRLS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benosman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Annual Meeting of the European Society for Paediatric Endocrinology (ESPE). </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Barcelone, Spain. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rare Cause of Short Stature : The Floating Harbor Syndrome. A case report.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th Annual Meeting of the European Society for Paediatric Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Barcelone, Spain. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODE ORIGINALE DE DIAGNOSTIC INTEGRATIF A L'HOPITAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benjamin Stora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Congrès de l'Association de Recherche et de soutien de Soins en Psychiatrie Générale : "La Psychiatrie dans tous ses Etats"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge des psycho-traumatismes par l'approche thérapeutique EMDR en psychiatrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Donneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15èmes Journées Scientifiques Internationales des CUMP et de Psychotraumatologie de l’AFORCUMP-SFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HISTOIRE DE VIE DES PATIENTES FIBROMYALGIQUES : Etude comparative avec des patientes migraineuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro de Roa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13è congrès national de la Société française d'étude et de traitement de la douleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris La Défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01613572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation du Suivi des Rhumatismes Inflammatoires Chroniques (RIC) : Dispositif OSRIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sid Ahmed Rouidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Sadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahar Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moana Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Allouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Congrès de la Société Française de Rhumatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. , 26ème Congrès de la Société Française de Rhumatologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des interactions médicamenteuses chez les patients âgés admis en Unité de Médecine Polyvalente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haciba Benosman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Ligier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Leroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6 éme congrès de la Médecine Générale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Nice, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude DEQuAPODES. Des ECG de qualité : positionnement optimal des électrodes en SMUR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Letellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Julié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urgences 2012. 6è Congrès SFMU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge de la fin de vie et de la mort au centre hospitalier de Dreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Revue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Pays de la Loire d'accompagnement en soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BRAIN GLYCEROPHOSPHOLIPIDS AND CHOLESTEROL IMAGING BY MASS SPECTROMETRY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa W Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Seyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Benabdellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Journée de l’Institut Médicament-Toxicologie-Chimie-Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication between mother and infant (fetus or newborn)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Busnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Volff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo Povera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Fouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Association of Infant Mental Healt - WAIMH Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Paris, France. Infant Mental Health Journal, 27 (3A), pp.738, 2006, Supplement to the Infant Mental Health Journal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'histamine au cours du développement des lesions consecutives à une ischémie cérébrale néonatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Morisset-Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Charriaut-Marlangue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e colloque de la Société des neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01610437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOCALISATION DU RÉCEPTEUR H 1 DE L'HISTAMINE DANS LES NOYAUX HYPOTHALAMIQUES CONTRÔLANT LA PRISE ALIMENTAIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Hooymans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'association des enseignants de physiologie des facultés de pharmacie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01598835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of standardized mindfulness programs on burnout: a systematic review and original analysis from randomized controlled trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dyna Shoker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Ledoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpubh.2024.1381373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Medical, neurobiological, and psychobehavioral perspectives of mastocytosis: a case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Papillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Dubayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Case Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (1), pp.176. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13256-021-02757-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conscience et le corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue de l'infirmière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 69 (263), pp.32-33. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1293-8505(20)30238-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Placebo et pratiques professionnelles en soins infirmiers à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Tacheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Crepin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue de l'infirmière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 68 (250), pp.42-43. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revinf.2019.03.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le placebo à l’hôpital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dubayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (8-9), pp.674-681. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2019127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02292978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subjective Experiences and Sensitivities in Women with Fibromyalgia: A Quantitative and Comparative Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de Roa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Poindessous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pain Research and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018, pp.1 - 8. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2018/8269564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le placebo a-t-il sa place dans la relation soignant–soigné à l’hôpital ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tacheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Reny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Crépin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Akhdari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique &amp; Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.4 - 10. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.etiqe.2016.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maillard Reaction Products from highly heated food prevent mast cell number increase and inflammation in a mouse model of colitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issam Al Amir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dubayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Delayre-Orthez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline M. Anton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nutrition Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46, pp.26-32. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nutres.2017.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polycystic ovary syndrome: Pelvic MRI as alternative to pelvic ultrasound for the diagnosis in overweight and obese adolescent girls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Pambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi Mohammed Benosman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pediatrics and Adolescent Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (4), pp.147 - 152. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpam.2017.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudohypoparathyroidism Type 1A-Subclinical Hypothyroidism and Rapid Weight Gain as Early Clinical Signs: A Clinical Review of 10 Cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kay'S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Tripon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hindmarsh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Research in Pediatric Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (4), pp.432-438. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4274/jcrpe.2743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01489746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streptococcus pneumoniae serotype 19A meningitis in well-vaccinated immunocompetent 13-month-old child: a case of PCV13 failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Kayemba-Kays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdul Monem Badran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Lagneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Kovacs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Case Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (11), pp.1023-1025. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ccr3.660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01489673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A focus on mast cells and pain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dubayle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroimmunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 264 (1-2), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jneuroim.2013.09.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagnement de la fin de vie aux urgences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Revue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Psychologie et accompagnement, 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glial activation in white matter following ischemia in the neonatal P7 rat brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Biran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc-Marie Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Vernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Véga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 199, pp.103-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A detailed mapping of the histamine H3 receptor and its gene transcripts in rat brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Pillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Cochois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Tardivel-Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X Ligneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 114 (1), pp.173-193. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0306-4522(02)00135-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of genomics to drug design: the example of the histamine H3 receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Morisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Rouleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Tardivel-Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gbahou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 11 (6), pp.441-448. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0924-977x(01)00121-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloning and Selective Expression in Brain and Kidney of ARNT2 Homologous to the Ah Receptor Nuclear Translocator (ARNT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Drutel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Kathmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Morisset-Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 225, pp.333-339. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/bbrc.1996.1176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01560437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId174"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A0F66762"/>
+    <w:nsid w:val="00F63FD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-heron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2277-7262" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174366434" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380557v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;ron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386047v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bayle-Cordier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-G&#233;rard Bloch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Desmet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence De Gaspary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833058v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Boete" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Revitea" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Berteaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790337v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Djerroud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587527v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tacheau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Crepin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598824v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Piesvaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175921v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598833v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dabilly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Madet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598820v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Lechevallier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599211v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Busnel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598836v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990143v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Miranda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Grenneville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gervais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Huet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Donnati" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546156v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sibony" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Piller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Paris" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lele" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferric" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613577v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Heteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610092v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Fouquet-Picard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;foulaye Barry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fauvel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612450v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kayemba-Kay'S" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohammed Benosman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610338v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610362v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benjamin Stora" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612462v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Donneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613572v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro de Roa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610380v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Ahmed Rouidi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Sadji" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Saidani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moana Sulpice" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Allouche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610111v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Jeanne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Letellier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Juli&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612455v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haciba Benosman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ligier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612458v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grange" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Revue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609936v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa W Petit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Benabdellah" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598660v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Volff" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ribeiro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Povera" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fouillot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610437v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cochois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biran" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset-Lopez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Charriaut-Marlangue" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598835v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Hooymans" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654029v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyna Shoker" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Ledoux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1381373" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988335v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Papillon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dubayle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13256-021-02757-x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607872v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1293-8505(20)30238-4" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171836v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revinf.2019.03.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292978v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dubayle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019127" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790326v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Roa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paris" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poindessous" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maillet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/8269564" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599215v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tacheau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reny" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Akhdari" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etiqe.2016.10.001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625889v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Al Amir" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delayre-Orthez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline M. Anton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nutres.2017.10.005" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790330v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Pambou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpam.2017.09.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489746v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tripon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hindmarsh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4274/jcrpe.2743" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489673v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kayemba-Kays" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Monem Badran" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lagneaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Kovacs" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ccr3.660" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563382v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2013.09.018" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586900v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016683v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Marie Joly" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vernet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line V&#233;ga" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563336v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pillot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Cochois" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tardivel-Lacombe" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Ligneau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0306-4522(02)00135-5" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129745v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Schwartz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rouleau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Tardivel-Lacombe" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gbahou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0924-977x(01)00121-3" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KV4LZXN9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560437v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drutel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kathmann" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1996.1176" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-heron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2277-7262" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174366434" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380557v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;ron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386047v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bayle-Cordier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-G&#233;rard Bloch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Desmet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence De Gaspary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833058v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Boete" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Revitea" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Berteaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790337v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Djerroud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587527v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tacheau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Crepin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598824v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Piesvaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175921v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598833v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dabilly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel de Madet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598820v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Lechevallier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599211v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Busnel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598836v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03990143v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Miranda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Grenneville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gervais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Huet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Donnati" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546156v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sibony" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsie Piller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Paris" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lele" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferric" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613577v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Heteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610092v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Fouquet-Picard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;foulaye Barry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fauvel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612450v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kayemba-Kay'S" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Mohammed Benosman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610338v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610362v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benjamin Stora" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612462v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Donneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613572v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro de Roa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610380v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Ahmed Rouidi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Sadji" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Saidani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moana Sulpice" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Allouche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612455v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haciba Benosman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ligier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610111v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Jeanne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Letellier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Juli&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612458v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grange" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Revue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609936v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa W Petit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Benabdellah" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598660v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Volff" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ribeiro" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Povera" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fouillot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610437v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cochois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biran" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset-Lopez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Charriaut-Marlangue" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598835v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Hooymans" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654029v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyna Shoker" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Ledoux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1381373" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988335v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Papillon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dubayle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13256-021-02757-x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607872v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1293-8505(20)30238-4" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171836v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revinf.2019.03.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292978v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dubayle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019127" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790326v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Roa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paris" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Poindessous" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maillet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/8269564" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599215v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tacheau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reny" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Akhdari" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etiqe.2016.10.001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625889v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Al Amir" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Delayre-Orthez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline M. Anton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nutres.2017.10.005" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790330v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Pambou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpam.2017.09.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489746v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tripon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hindmarsh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4274/jcrpe.2743" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489673v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kayemba-Kays" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul Monem Badran" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lagneaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Kovacs" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ccr3.660" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563382v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2013.09.018" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586900v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016683v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc-Marie Joly" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vernet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line V&#233;ga" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563336v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pillot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Cochois" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tardivel-Lacombe" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Ligneau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0306-4522(02)00135-5" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129745v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Schwartz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rouleau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Tardivel-Lacombe" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gbahou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0924-977x(01)00121-3" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KV4LZXN9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560437v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Drutel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kathmann" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1996.1176" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>