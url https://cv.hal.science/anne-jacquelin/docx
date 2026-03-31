--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne JACQUELIN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheuse, directrice de recherche chez R&Dy, co-présidente Alliss.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6710-1696</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer les liens sociaux d’attachement et le capital social des enfants confiés à l’Aide Sociale à l’Enfance - Synthèse rapport 3.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONFLITS DE LOYAUTÉ, ALIÉNATION PARENTALE : LES CONCEPTS CONTROVERSÉS QUI SERVENT LE DÉNI DE LA PAROLE ET DES ATTACHEMENTS DES ENFANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROTECTION DE L’ENFANCE, HANDICAP ET TROUBLES DU COMPORTEMENT : COMMENT RENDRE VISIBLES LES SITUATIONS DES ENFANTS ET DES JEUNES ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulgäre #6 - Le travail d'équipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.ISSN 2649-7204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulgäre #7 - L'agriculture, une perspective sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Ziane-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bottollier-Depois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Duballet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.ISSN 2649-7204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulgäre #3 - Diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.ISSN ‭2649-7204‬</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération et collaboration, les enjeux de l'inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Cortesero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Romanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation sociale dans le travail social. Essaimer les inventions locales à l’aide de l’intermédiation et de l’expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sociographe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 91 (3), pp.39-56. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/graph1.091.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gollac (dir.), « Les risques psychosociaux au travail »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.10191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Loriol, La construction du social. Souffrance, travail et catégorisation des usagers dans l'action publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.8132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Frésil, Entrée du personnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.7908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bardelli, José Allouche (dir.), La souffrance au travail : quelle responsabilité de l'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.7569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir d'agir en protection de l'enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le pouvoir d'agir en protection de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Érès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.153-192, 2024, Empan, 9782749280646. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.demic.2024.01.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’organisation du travail pour une recherche action participative. Éléments pour une approche transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Paris Nanterre, pp.145-162, 2020, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pupo.19685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du défaut de reconnaissance des expériences à l’invisibilité dans la présentation de soi : travail et femmes en situation de vulnérabilité dans les quartiers sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invisibilisations au travail: des salariés en mal de reconnaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-36630-062-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des fiches action pour développer les liens d’attachement et le capital social des enfants et des jeunes confiés à l’Aide sociale à l’enfance et lutter contre l’isolement des jeunes sortant de l’aide sociale à l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ottolini Lucile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaud Chloé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire d’Évaluation des Politiques Publiques et des Innovations (LEPPI). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer les liens d’attachement et le capital social des enfants et des jeunes confiés à l’aide sociale à l’enfance - Une recherche-action pour répondre aux besoins des enfants et des jeunes du département de l’Ain - Synthèse 2021-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire d'évaluation des politiques publiques et des innovation. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mal-être au travail Ce que la santé et les conflits révèlent de l’organisation du travail et des rapports sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, santé et travail. Partager connaissances et expériences pour améliorer les conditions de travail des femmes et renforcer l’égalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETUI, Mar 2015, Brussels, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId49"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne JACQUELIN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheuse, directrice de recherche chez R&Dy, co-présidente Alliss.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6710-1696</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer les liens sociaux d’attachement et le capital social des enfants confiés à l’Aide Sociale à l’Enfance - Synthèse rapport 3.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONFLITS DE LOYAUTÉ, ALIÉNATION PARENTALE : LES CONCEPTS CONTROVERSÉS QUI SERVENT LE DÉNI DE LA PAROLE ET DES ATTACHEMENTS DES ENFANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROTECTION DE L’ENFANCE, HANDICAP ET TROUBLES DU COMPORTEMENT : COMMENT RENDRE VISIBLES LES SITUATIONS DES ENFANTS ET DES JEUNES ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulgäre #6 - Le travail d'équipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.ISSN 2649-7204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulgäre #7 - L'agriculture, une perspective sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Ziane-Cherif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bottollier-Depois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Duballet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.ISSN 2649-7204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulgäre #3 - Diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.ISSN ‭2649-7204‬</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération et collaboration, les enjeux de l'inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Cortesero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Romanowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation sociale dans le travail social. Essaimer les inventions locales à l’aide de l’intermédiation et de l’expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sociographe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 91 (3), pp.39-56. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/graph1.091.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gollac (dir.), « Les risques psychosociaux au travail »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.10191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Frésil, Entrée du personnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.7908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Loriol, La construction du social. Souffrance, travail et catégorisation des usagers dans l'action publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.8132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bardelli, José Allouche (dir.), La souffrance au travail : quelle responsabilité de l'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.7569⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir d'agir en protection de l'enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le pouvoir d'agir en protection de l'enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Érès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.153-192, 2024, Empan, 9782749280646. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.demic.2024.01.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’organisation du travail pour une recherche action participative. Éléments pour une approche transdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité au travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Paris Nanterre, pp.145-162, 2020, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pupo.19685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du défaut de reconnaissance des expériences à l’invisibilité dans la présentation de soi : travail et femmes en situation de vulnérabilité dans les quartiers sensibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invisibilisations au travail: des salariés en mal de reconnaissance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-36630-062-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05234984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des fiches action pour développer les liens d’attachement et le capital social des enfants et des jeunes confiés à l’Aide sociale à l’enfance et lutter contre l’isolement des jeunes sortant de l’aide sociale à l’enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ottolini Lucile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaud Chloé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire d’Évaluation des Politiques Publiques et des Innovations (LEPPI). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer les liens d’attachement et le capital social des enfants et des jeunes confiés à l’aide sociale à l’enfance - Une recherche-action pour répondre aux besoins des enfants et des jeunes du département de l’Ain - Synthèse 2021-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Ottolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire d'évaluation des politiques publiques et des innovation. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mal-être au travail Ce que la santé et les conflits révèlent de l’organisation du travail et des rapports sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jacquelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Femmes, santé et travail. Partager connaissances et expériences pour améliorer les conditions de travail des femmes et renforcer l’égalité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETUI, Mar 2015, Brussels, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05209372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId49"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BA0F9D71"/>
+    <w:nsid w:val="7679BAA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-jacquelin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6710-1696" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209654v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kerivel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquelin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Ottolini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209656v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209658v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209557v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Vial" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ziane-Cherif" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bottollier-Depois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Duballet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209536v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209512v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cortesero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leclercq" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Romanowski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.091.0039" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224222v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.10191" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224221v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.8132" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224226v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.7908" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224227v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.7569" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209356v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.demic.2024.01.0153" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209348v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.19685" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234984v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209657v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottolini Lucile" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaud Chlo&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209579v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209372v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-jacquelin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6710-1696" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209654v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kerivel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquelin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Ottolini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209656v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209658v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209557v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209562v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Vial" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ziane-Cherif" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bottollier-Depois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Duballet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209536v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209512v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cortesero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leclercq" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Romanowski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.091.0039" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224222v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.10191" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224226v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.7908" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224221v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.8132" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224227v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.7569" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209356v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.demic.2024.01.0153" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209348v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.19685" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234984v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209657v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottolini Lucile" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaud Chlo&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209579v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209372v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>