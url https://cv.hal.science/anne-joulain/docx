--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,991 +100,991 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Strength Copper/Silver Alloys Processed by Cold Spraying for DC and Pulsed High Magnetic Fields</w:t>
+                <w:t xml:space="preserve">Elastic strain mapping of plastically deformed materials by TEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Tardieu</w:t>
+                <w:t xml:space="preserve">Arthur Després</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanane Idrir</w:t>
+                <w:t xml:space="preserve">Salomé Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Verdy</w:t>
+                <w:t xml:space="preserve">Muriel Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Jay</w:t>
+                <w:t xml:space="preserve">Edgar Rauch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelson Ferreira</w:t>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (3), pp.15. </w:t>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 265, pp.114010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/magnetochemistry10030015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2024.114010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04562562v1</w:t>
+                <w:t xml:space="preserve">hal-04718360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic force microscopy and transmission electron microscopy identification of deformation twinning in the Cr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;AlC MAX phase</w:t>
+                <w:t xml:space="preserve">High-Strength Copper/Silver Alloys Processed by Cold Spraying for DC and Pulsed High Magnetic Fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Parent</w:t>
+                <w:t xml:space="preserve">Simon Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Joulain</w:t>
+                <w:t xml:space="preserve">Hanane Idrir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadi Bahsoun</w:t>
+                <w:t xml:space="preserve">Christophe Verdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Renou</w:t>
+                <w:t xml:space="preserve">Olivier Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Ouisse</w:t>
+                <w:t xml:space="preserve">Nelson Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 270, pp.119836. </w:t>
+              <w:t xml:space="preserve">Magnetochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (3), pp.15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2024.119836⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/magnetochemistry10030015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04562546v1</w:t>
+                <w:t xml:space="preserve">hal-04562562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic strain mapping of plastically deformed materials by TEM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atomic force microscopy and transmission electron microscopy identification of deformation twinning in the Cr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;AlC MAX phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Després</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Salomé Parent</w:t>
+                <w:t xml:space="preserve">Hadi Bahsoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Véron</w:t>
+                <w:t xml:space="preserve">Gilles Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edgar Rauch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Joulain</w:t>
+                <w:t xml:space="preserve">Thierry Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 265, pp.114010. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 270, pp.119836. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2024.114010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2024.119836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04718360v1</w:t>
+                <w:t xml:space="preserve">hal-04562546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High temperature microstructure stability of Waspaloy produced by Wire Arc Additive Manufacturing</w:t>
+                <w:t xml:space="preserve">Creep and Tensile Behavior of a Nickel-Based Single Crystal Superalloy With a Bimodal γ′ Precipitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjolaine Sazerat</w:t>
+                <w:t xml:space="preserve">Jérémy Rame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
+                <w:t xml:space="preserve">Dominique Eyidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Cervellon</w:t>
+                <w:t xml:space="preserve">Maëlys Gauthé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inmaculada Lopez-Galilea</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jonathan Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.171626⟩</w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54 (5), pp.1496-1508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11661-023-07022-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04423419v1</w:t>
+                <w:t xml:space="preserve">hal-04607414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creep and Tensile Behavior of a Nickel-Based Single Crystal Superalloy With a Bimodal γ′ Precipitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High temperature microstructure stability of Waspaloy produced by Wire Arc Additive Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Sazerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Rame</w:t>
+                <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Eyidi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Joulain</w:t>
+                <w:t xml:space="preserve">Alice Cervellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlys Gauthé</w:t>
+                <w:t xml:space="preserve">Inmaculada Lopez-Galilea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Cormier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 54 (5), pp.1496-1508. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 966, pp.171626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11661-023-07022-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.171626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04607414v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoindentation-induced deformation twinning in MAX phase Ti2AlN</w:t>
+                <w:t xml:space="preserve">Characterization of Al/B4C composite materials fabricated by powder metallurgy process technique for nuclear applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Tromas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Salomé Parent</w:t>
+                <w:t xml:space="preserve">Alexandre Brillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilgens Sylvain</w:t>
+                <w:t xml:space="preserve">Justo Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Thilly</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Renou</w:t>
+                <w:t xml:space="preserve">Fanny Riallant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2022.117665⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 565, 153724 (11 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.153724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837213v1</w:t>
+                <w:t xml:space="preserve">hal-03648974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Al/B4C composite materials fabricated by powder metallurgy process technique for nuclear applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanoindentation-induced deformation twinning in MAX phase Ti2AlN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justo Garcia</w:t>
+                <w:t xml:space="preserve">Christophe Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Riallant</w:t>
+                <w:t xml:space="preserve">Wilgens Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Garnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Joulain</w:t>
+                <w:t xml:space="preserve">Ludovic Thilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 565, 153724 (11 p.). </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 227, pp.117665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.153724⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2022.117665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03648974v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation of the mechanical properties of Cu/C composite materials with the chemistry of Cu C interfacial zone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Audurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1360,51 +1360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Rabier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 1559 (1), pp.012048. </w:t>
@@ -1436,587 +1436,587 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-liquid co-existent phase process: towards fully dense and thermally efficient Cu/C composite materials</w:t>
+                <w:t xml:space="preserve">Mechanical properties of Al/ω-Al-Cu-Fe composites synthesized by the SPS technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clio Azina</w:t>
+                <w:t xml:space="preserve">Aurélie Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Roger</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mauchamp</w:t>
+                <w:t xml:space="preserve">Joel Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Mortaigne</w:t>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 738, pp.292-300. </w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 145, pp.644 - 652. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.09.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686477v1</w:t>
+                <w:t xml:space="preserve">hal-01907585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties of Al/ω-Al-Cu-Fe composites synthesized by the SPS technique</w:t>
+                <w:t xml:space="preserve">Solid-liquid co-existent phase process: towards fully dense and thermally efficient Cu/C composite materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Joseph</w:t>
+                <w:t xml:space="preserve">Clio Azina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Jerome Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Bonneville</w:t>
+                <w:t xml:space="preserve">Vincent Mauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+                <w:t xml:space="preserve">Bruno Mortaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 145, pp.644 - 652. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 738, pp.292-300. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2018.09.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01907585v1</w:t>
+                <w:t xml:space="preserve">hal-01686477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of a new (Ti 1-ε ,Cu ε ) 3 (Al,Cu)C 2 MAX phase solid solution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation processes of the ω-Al 70 Cu 20 Fe 10 phase synthesized by SPS technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Nechiche</w:t>
+                <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
+                <w:t xml:space="preserve">J.P. Monchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Mauchamp</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Cabioc’h</w:t>
+                <w:t xml:space="preserve">F. Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 699, pp.1157 - 1165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2016.12.221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.09.028⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04449714v1</w:t>
+                <w:t xml:space="preserve">hal-01907492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation processes of the ω-Al 70 Cu 20 Fe 10 phase synthesized by SPS technique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Synthesis and characterization of a new (Ti 1-ε ,Cu ε ) 3 (Al,Cu)C 2 MAX phase solid solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Monchoux</w:t>
+                <w:t xml:space="preserve">V. Mauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Brisset</w:t>
+                <w:t xml:space="preserve">T. Cabioc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 699, pp.1157 - 1165. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (2), pp.459-466. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2016.12.221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2016.09.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01907492v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04449714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pinning and trapped field in MgB 2 - and MT-YBaCuO bulk superconductors manufactured under pressure</w:t>
               </w:r>
@@ -2188,51 +2188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 95 (23), pp.2539 - 2552. </w:t>
@@ -2264,615 +2264,615 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01515323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of dislocation cross-slip in MAX phase deformed at high temperature</w:t>
+                <w:t xml:space="preserve">Effect of microstructure anisotropy on the deformation of MAX polycrystals studied by in-situ compression combined with neutron diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. van Petegem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. van Swygenhoven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep06358⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 104 (24), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4884601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503720v1</w:t>
+                <w:t xml:space="preserve">hal-01503721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of microstructure anisotropy on the deformation of MAX polycrystals studied by in-situ compression combined with neutron diffraction</w:t>
+                <w:t xml:space="preserve">Evidence of dislocation cross-slip in MAX phase deformed at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Thilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 104 (24), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4884601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep06358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01503721v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-enforced plasticity in MAX phases: from single grain to polycrystal investigation</w:t>
+                <w:t xml:space="preserve">Pinning in $\hbox{MgB}_{2}$- and YBaCuO-Based Superconductors: Effect of Manufacturing Pressure and Temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guo-Ping Bei</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne Joulain</w:t>
+                <w:t xml:space="preserve">T. Prikhna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique Brunet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+                <w:t xml:space="preserve">M. Eisterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Gawalek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Chaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786435.2012.755272⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (3), pp.8001605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2013.2237736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01501851v1</w:t>
+                <w:t xml:space="preserve">hal-01921429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pinning in $\hbox{MgB}_{2}$- and YBaCuO-Based Superconductors: Effect of Manufacturing Pressure and Temperature</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pressure-enforced plasticity in MAX phases: from single grain to polycrystal investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Weber</w:t>
+                <w:t xml:space="preserve">Guo-Ping Bei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Gawalek</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Chaud</w:t>
+                <w:t xml:space="preserve">Veronique Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 23 (3), pp.8001605. </w:t>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 93 (15), pp.1784-1801. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASC.2013.2237736⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2012.755272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01921429v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01501851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dislocation analysis of Ti2AlN deformed at room temperature under confining pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Thilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tromas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 92 (36), pp.4536-4546. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2919,51 +2919,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Powder metallurgy processing and compressive properties of Ti3AlC2/Al composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.J. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.P. Bei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3078,64 +3078,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Prikhna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Chaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Gawalek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Savchuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3225,51 +3225,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Prikhna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaroslav Savchuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evert Haanappel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3332,64 +3332,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the defects structure of MAX phase: the case of Ti4AlN3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Thilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Rabier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3595,77 +3595,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al-Pd-Mn icosahedral quasicrystal: deformation mechanisms in the brittle domain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Thilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Rabier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3744,51 +3744,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal properties of carbon-reinforced copper matrix composites produced by powder metallurgy route</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Charteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3796,51 +3796,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Audurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">THERMEC 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Tours (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3891,64 +3891,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Charteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Audurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Poudres et Matériaux Frittés"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Le Creusot, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3973,103 +3973,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élaboration et caractérisation de matériaux composites Al/B4C par métallurgie des poudres pour des applications du domaine nucléaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Brillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justo Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Riallant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2022 - Conférence Internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération Française des Matériaux (FFM), Oct 2022, Lille, France</w:t>
@@ -4124,51 +4124,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4219,77 +4219,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication and characterization of MMC materials using an innovative solid-liquid co-existent phase process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clio Azina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Mortaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4340,77 +4340,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper/carbon metal matrix composite fabricated by semi-liquid powder metallurgy process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clio Azina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Mortaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4582,265 +4582,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the mechanical properties of a Cu/CF composite with Zrc interphase</w:t>
+                <w:t xml:space="preserve">Synthesis by powder metallurgy and microstructural characterizations of Cu-Zr/CF composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Charteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Audurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro Powder Metallurgy 2023 Congress &amp; Exhibition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Powder Metallurgy congress 2023 (EURO PM2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Lisbonne, Portugal. 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04473469v1</w:t>
+                <w:t xml:space="preserve">hal-05358170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis by powder metallurgy and microstructural characterizations of Cu-Zr/CF composite</w:t>
+                <w:t xml:space="preserve">Study of the mechanical properties of a Cu/CF composite with Zrc interphase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Charteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gauthier-Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Audurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Silvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Powder Metallurgy congress 2023 (EURO PM2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Euro Powder Metallurgy 2023 Congress &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Lisbon (Portugal), Portugal. European Powder Metallurgy Association, 6 p., 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.59499/EP235754770⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05358170v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5174,51 +5174,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562562v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tardieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Idrir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verdy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ferreira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry10030015" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562546v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Parent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Bahsoun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.119836" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718360v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Despr&#233;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel V&#233;ron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Rauch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2024.114010" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423419v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Sazerat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cervellon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Lopez-Galilea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Burlot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.171626" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607414v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rame" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Eyidi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Gauth&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-023-07022-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tromas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilgens Sylvain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Thilly" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2022.117665" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648974v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brillon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justo Garcia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Riallant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153724" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326590v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Audurier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gadaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bonneville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.111364" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490375v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mammadi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joseph" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonneville" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tromas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2020.108665" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687291v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T A Prikhna" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Moshchill" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rabier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1559/1/012048" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686477v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Azina" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Roger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mortaigne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.196" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907585v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joseph" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonneville" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.09.025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449714v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nechiche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mauchamp" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabioc&#8217;h" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.09.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9PVSBQB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907492v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.221" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK17HN0V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921398v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Prikhna" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Eisterer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Weber" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Habisreuther" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/695/1/012001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515323v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2015.1066938" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503720v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06358" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503721v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Petegem" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Swygenhoven" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4884601" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501851v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Ping Bei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.755272" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921429v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Prikhna" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eisterer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Weber" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gawalek" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2013.2237736" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03041046v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.715250" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756149v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Wang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Bei" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.. Laplanche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2011.09.068" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THKQ50X4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921488v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Savchuk" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/97/1/012023" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921478v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Prikhna" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaroslav Savchuk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Haanappel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2008.02.006" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHFWHWMJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513895v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430802126615" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921505v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gawalek" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaques Rabier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physc.2007.03.061" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5XDMT9Z-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513797v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Texier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430601047707" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357901v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Charteau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Audurier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357920v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587755v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598665v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Constantin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Lu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176759v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176776v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373900v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guyot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bletry" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473469v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59499/EP235754770" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358170v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637102v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-30009-8_9" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30009-8_9" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718360v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Despr&#233;s" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Parent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel V&#233;ron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Rauch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2024.114010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562562v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tardieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Idrir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verdy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ferreira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry10030015" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562546v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Bahsoun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.119836" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rame" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Eyidi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Gauth&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-023-07022-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423419v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Sazerat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cervellon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Lopez-Galilea" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Burlot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.171626" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648974v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justo Garcia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Riallant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153724" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837213v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tromas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilgens Sylvain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Thilly" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2022.117665" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326590v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Audurier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gadaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bonneville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2021.111364" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490375v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mammadi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joseph" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonneville" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tromas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2020.108665" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687291v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T A Prikhna" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Moshchill" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rabier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1559/1/012048" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907585v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joseph" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Bonneville" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.09.025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686477v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Azina" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Roger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mauchamp" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mortaigne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.196" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907492v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gauthier-Brunet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brisset" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.12.221" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK17HN0V-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449714v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nechiche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mauchamp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cabioc&#8217;h" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.09.028" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9PVSBQB-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921398v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Prikhna" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Eisterer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Weber" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Habisreuther" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/695/1/012001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515323v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2015.1066938" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503721v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Petegem" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Swygenhoven" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4884601" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503720v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06358" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921429v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Prikhna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eisterer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Weber" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Gawalek" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2013.2237736" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501851v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Ping Bei" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.755272" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03041046v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.715250" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756149v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. Wang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Bei" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.. Laplanche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2011.09.068" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-THKQ50X4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921488v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Savchuk" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/97/1/012023" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921478v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Prikhna" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaroslav Savchuk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Haanappel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2008.02.006" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHFWHWMJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513895v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430802126615" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921505v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gawalek" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaques Rabier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physc.2007.03.061" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W5XDMT9Z-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513797v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Texier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430601047707" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357901v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Charteau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Audurier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357920v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587755v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598665v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Constantin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Lu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176759v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176776v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373900v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guyot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bletry" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358170v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473469v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59499/EP235754770" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637102v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-30009-8_9" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30009-8_9" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>