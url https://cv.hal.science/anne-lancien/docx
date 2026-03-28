--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -169,429 +169,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05449906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Europe et religion, les faux-semblants de la sécularisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Europe et religion, les faux-semblants de la sécularisation, in &amp;quot;Géopolitique des religions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Zwilling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lancien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Zwilling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diplomatie : affaires stratégiques et relations internationales. Les Grands dossiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 79</w:t>
+              <w:t xml:space="preserve">, 2024, 79, pp.32-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05449943v1</w:t>
+                <w:t xml:space="preserve">hal-04625149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Europe et religion, les faux-semblants de la sécularisation, in &amp;quot;Géopolitique des religions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Europe et religion, les faux-semblants de la sécularisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Zwilling</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Lancien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diplomatie : affaires stratégiques et relations internationales. Les Grands dossiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 79, pp.32-34</w:t>
+              <w:t xml:space="preserve">, 2024, 79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625149v1</w:t>
+                <w:t xml:space="preserve">hal-05449943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social, Economic, and Structural Developments of the League of Education</w:t>
+                <w:t xml:space="preserve">The League of education: has crisis turned into a method of governance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lancien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Ihaddadene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Politics, Culture &amp; Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 41 (1), pp.71-93. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2023, 41 (1), pp.71-93</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04346618v1</w:t>
+                <w:t xml:space="preserve">hal-05449921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissemblances et convergences des commissions d’enquête sur les abus sexuels dans l’Église</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lancien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du droit des religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15, pp.93-108. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rdr.2105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04121429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The League of education: has crisis turned into a method of governance?</w:t>
+                <w:t xml:space="preserve">Social, Economic, and Structural Developments of the League of Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ihaddadene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Politics, Culture &amp; Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 41 (1), pp.71-93</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 41 (1), pp.71-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3167/fpcs.2023.410104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05449921v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04346618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les violences sexuelles sur mineurs dans l’Église en France : l’enquête de la Commission indépendante sur les abus sexuels (Ciase)</w:t>
               </w:r>
@@ -1924,51 +1924,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449906v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lancien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449943v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Zwilling" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625149v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346618v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ihaddadene" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/fpcs.2023.410104" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04121429v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdr.2105" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449921v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259256v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boullu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Airiau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Portier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402955v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449894v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eufor.370.0133" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05385046v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-ligue-de-l-enseignement-de-1958-a-nos-jours-mutations-d-une-institution-d-education-populaire.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04195412v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Levy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9304/faits-religieux-et-medias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05385067v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Bakir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04905631v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hup.fi/site/chapters/e/10.33134/HUP-28-11/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33134/HUP-28-11" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04829807v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/une-violence-systemique-les-agressions-sexuelles-sur-mineurs-par-des-cadres-religieux-lire-le-rapport-de-la-commission-independante-sur-les-abus-sexuels-dans-l-eglise-au-dela-d-une-perspective-quantitative.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17215-4.p.0101" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03705709v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-92395-2_7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-92395-2_7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507123v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698413v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449906v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lancien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625149v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Zwilling" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449943v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449921v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04121429v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdr.2105" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346618v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ihaddadene" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/fpcs.2023.410104" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259256v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boullu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Airiau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Portier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402955v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449894v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eufor.370.0133" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05385046v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-ligue-de-l-enseignement-de-1958-a-nos-jours-mutations-d-une-institution-d-education-populaire.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04195412v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Levy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9304/faits-religieux-et-medias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05385067v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Bakir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04905631v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hup.fi/site/chapters/e/10.33134/HUP-28-11/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33134/HUP-28-11" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04829807v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/une-violence-systemique-les-agressions-sexuelles-sur-mineurs-par-des-cadres-religieux-lire-le-rapport-de-la-commission-independante-sur-les-abus-sexuels-dans-l-eglise-au-dela-d-une-perspective-quantitative.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17215-4.p.0101" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03705709v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-92395-2_7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-92395-2_7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507123v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698413v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>