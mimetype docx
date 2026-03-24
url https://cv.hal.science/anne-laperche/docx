--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -583,291 +583,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04920787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Control of Root Morphology in Rapeseed Recombinant Inbred Lines Grown Under Contrasting Nitrogen Levels</w:t>
+                <w:t xml:space="preserve">Alternatives aux néonicotinoïdes en culture de betterave : les avancées de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Haelterman</w:t>
+                <w:t xml:space="preserve">Guy Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gohin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Garin</w:t>
+                <w:t xml:space="preserve">Bernard Bodson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Hermans</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 177 (4), pp.e70431. </w:t>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppl.70431⟩</w:t>
+                <w:t xml:space="preserve">⟨10.64628/AAK.wnw33k3je⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05203735v1</w:t>
+                <w:t xml:space="preserve">hal-05304515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternatives aux néonicotinoïdes en culture de betterave : les avancées de la recherche</w:t>
+                <w:t xml:space="preserve">Genetic Control of Root Morphology in Rapeseed Recombinant Inbred Lines Grown Under Contrasting Nitrogen Levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Richard</w:t>
+                <w:t xml:space="preserve">Loïc Haelterman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Gohin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Laperche</w:t>
+                <w:t xml:space="preserve">Sébastien Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Bodson</w:t>
+                <w:t xml:space="preserve">Vincent Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe David</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Hermans</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 177 (4), pp.e70431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.64628/AAK.wnw33k3je⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ppl.70431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05304515v1</w:t>
+                <w:t xml:space="preserve">hal-05203735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic and phenomic predictions help capture low-effect alleles promoting seed germination in oilseed rape in addition to QTL analyses</w:t>
               </w:r>
@@ -981,299 +981,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04609814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive dataset of near infrared spectroscopy measurements to predict Nitrogen and Carbon contents in a wide range of tissues from Brassica napus plants grown under contrasted environments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic control of root morphology in response to nitrogen across rapeseed diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Haelterman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Rolland</w:t>
+                <w:t xml:space="preserve">Julien Louvieaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Leprince</w:t>
+                <w:t xml:space="preserve">Claudia Chiodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Guichard</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Le Cahérec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Laperche</w:t>
+                <w:t xml:space="preserve">László Kupcsik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 57, pp.111163. </w:t>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 176 (3), pp.e14315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2024.111163⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ppl.14315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04804520v2</w:t>
+                <w:t xml:space="preserve">hal-04576276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic control of root morphology in response to nitrogen across rapeseed diversity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A comprehensive dataset of near infrared spectroscopy measurements to predict Nitrogen and Carbon contents in a wide range of tissues from Brassica napus plants grown under contrasted environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Louvieaux</w:t>
+                <w:t xml:space="preserve">Sophie Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Chiodi</w:t>
+                <w:t xml:space="preserve">Françoise Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
+                <w:t xml:space="preserve">Solenn Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">László Kupcsik</w:t>
+                <w:t xml:space="preserve">Françoise Le Cahérec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 176 (3), pp.e14315. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57, pp.111163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppl.14315⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2024.111163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04576276v1</w:t>
+                <w:t xml:space="preserve">hal-04804520v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Envirotyping within a multi-environment trial allowed identifying genetic determinants of winter oilseed rape yield stability</w:t>
               </w:r>
@@ -1311,51 +1311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Leveugle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 137 (7), pp.164. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1517,295 +1517,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04779961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and Quantification of Glucosinolates and Phenolics in a Large Panel of Brassica napus Highlight Valuable Genetic Resources for Chemical Ecology and Breeding</w:t>
+                <w:t xml:space="preserve">Strategies to improve field establishment of canola: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anani Amegan Missinou</w:t>
+                <w:t xml:space="preserve">Matthew N. Nelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Ferreira de Carvalho</w:t>
+                <w:t xml:space="preserve">Jose M. Barrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+                <w:t xml:space="preserve">Andrew L. Fletcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Delhaye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Oumayma Hamzaoui</w:t>
+                <w:t xml:space="preserve">Ian K. Greaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c08118⟩</w:t>
+              <w:t xml:space="preserve">Advances in Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 175, pp.133-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.agron.2022.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03700611v1</w:t>
+                <w:t xml:space="preserve">hal-03930771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies to improve field establishment of canola: A review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification and Quantification of Glucosinolates and Phenolics in a Large Panel of Brassica napus Highlight Valuable Genetic Resources for Chemical Ecology and Breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anani Amegan Missinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew N. Nelson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Nesi</w:t>
+                <w:t xml:space="preserve">Julie Ferreira de Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose M. Barrero</w:t>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew L. Fletcher</w:t>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian K. Greaves</w:t>
+                <w:t xml:space="preserve">Oumayma Hamzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 175, pp.133-177. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 70 (16), pp.5245-5261. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/bs.agron.2022.05.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.1c08118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03930771v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03700611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-omic investigation of low-nitrogen conditional resistance to clubroot reveals Brassica napus genes involved in nitrate assimilation</w:t>
               </w:r>
@@ -1830,51 +1830,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Gazengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lariagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1951,51 +1951,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lethicia Magno Massuia de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corlouer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2072,51 +2072,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen Uptake Efficiency, Mediated by Fine Root Growth, Early Determines Temporal and Genotypic Variations in Nitrogen Use Efficiency of Winter Oilseed Rape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Vazquez-Carrasquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2202,64 +2202,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clubroot Symptoms and Resting Spore Production in a Doubled Haploid Population of Oilseed Rape (Brassica napus) Are Controlled by Four Main QTLs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Botero-Ramírez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jubault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2349,51 +2349,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corlouer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gauffreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2509,51 +2509,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">· Mickael Lamboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Elie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Planta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 250 (6), pp.2047-2062. </w:t>
@@ -2604,77 +2604,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative resistance to clubroot deconvoluted into QTL-specific metabolic modules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lariagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2777,51 +2777,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytobiomes Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (4), pp.326-336. </w:t>
@@ -2853,338 +2853,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02275205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des interactions plante-sol pour la nutrition et la santé des plantes</w:t>
+                <w:t xml:space="preserve">Nitrogen supply exerts a major/minor switch between two QTLs controlling &amp;lt;em&amp;gt;Plasmodiophora brassicae&amp;lt;/em&amp;gt; spore content in rapeseed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Carof</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Yoann Aigu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Cannavo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Godinot</w:t>
+                <w:t xml:space="preserve">Jean Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lariagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/D8RT59⟩</w:t>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67 (7), pp.1574-1581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppa.12867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01949953v1</w:t>
+                <w:t xml:space="preserve">hal-02625390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen supply exerts a major/minor switch between two QTLs controlling &amp;lt;em&amp;gt;Plasmodiophora brassicae&amp;lt;/em&amp;gt; spore content in rapeseed</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Valorisation des interactions plante-sol pour la nutrition et la santé des plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cannavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Aigu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Laperche</w:t>
+                <w:t xml:space="preserve">Safya Menasseri-Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Mendes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Solenn Guichard</w:t>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 67 (7), pp.1574-1581. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69, pp.71 - 82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ppa.12867⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15454/D8RT59⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625390v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01949953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel Brassica rapa L. genetic diversity found in Algeria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aissiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3261,103 +3261,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clubroot resistance QTL are modulated by nitrogen input in Brassica napus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Aigu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jubault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Ollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 130 (4), pp.669-684. </w:t>
@@ -3389,329 +3389,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen use efficiency in rapeseed. A review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Genetic basis of nitrogen use efficiency and yield stability across environments in winter rapeseed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rod Snowdon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Nesi</w:t>
+                <w:t xml:space="preserve">Jérôme Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 36 (2), pp.38. </w:t>
+              <w:t xml:space="preserve">BMC Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13593-016-0371-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12863-016-0432-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01462752v1</w:t>
+                <w:t xml:space="preserve">hal-01462774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic basis of nitrogen use efficiency and yield stability across environments in winter rapeseed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Nitrogen use efficiency in rapeseed. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Morice</w:t>
+                <w:t xml:space="preserve">Rod Snowdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (1), pp.131. </w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36 (2), pp.38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12863-016-0432-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13593-016-0371-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01462774v1</w:t>
+                <w:t xml:space="preserve">hal-01462752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic control of yield and yield components in winter oilseed rape ([i]Brassica napus[/i] L.) grown under nitrogen limitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3827,51 +3827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lugan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3974,51 +3974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Gouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Leflon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Brancourt-Hulmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4081,51 +4081,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling nitrogen stress with probe genotypes to assess genetic parameters and genetic determinism of winter wheat tolerance to nitrogen constraint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Gouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4210,51 +4210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using genotype × nitrogen interaction variables to evaluate the QTL involved in wheat tolerance to nitrogen constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Brancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4356,51 +4356,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des variétés de blé économes en azote: Un enjeu pour la sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse M. Brancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4481,51 +4481,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of genetic parameters of a DH wheat population grown at different N stress levels characterized by probe genotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Brancourt-Hulmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4623,51 +4623,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simplified conceptual model of carbon/nitrogen functioning for QTL analysis of winter wheat adaptation to nitrogen deficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Devienne-Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4778,51 +4778,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL analysis of lignification and cell wall digestibility in the Bay-0 x Shahdara RIL progeny of Arabidopsis thaliana as a model system for forage plant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Barrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4982,51 +4982,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5068,51 +5068,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Envirotyping within a Multi-Environment Trial allowed identifying genetic determinants of winter oilseed rape yield plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corlouer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5215,51 +5215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lethicia Magno Massuia de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corlouer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5340,51 +5340,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Vazquez-Carrasquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5474,51 +5474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lecarpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l'Association des Sélectionneurs Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5681,90 +5681,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of nitrogen constraint on quantitative resistance to clubroot in Brassica napus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Aigu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st Crucifer Genetics Conference - Brassica - Wokshop Clubroot</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Saint-Malo, France</w:t>
@@ -5931,90 +5931,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative resistance to clubroot and interactions with abiotic stresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Aigu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IOBC-WPRS WG 'Pesticides and Beneficial Organisms'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Zagreb, Croatia. pp.25-26</w:t>
@@ -6056,90 +6056,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of nitrogen constraint on quantitative resistance to clubroot in Brassica napus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Aigu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Clubroot Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Edmonton, Canada</w:t>
@@ -6194,51 +6194,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aïssiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Rousseau-Gueutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6293,51 +6293,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New tools and technologies for Nitrogen Use Efficiency Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel-Belaygue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6418,51 +6418,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotyping nitrogen use efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel-Belaygue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6681,51 +6681,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of Leaf Area Index of 96 Oilseed Rape Genotypes submitted to limiting or non limiting Nitrogen input</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andrianasolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6806,51 +6806,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaf Area Index, a good functional trait for screening genetic diversity of Winter Oil Seed Rape response to N constraint : Study of a panel of 95 genotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6944,51 +6944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Richard-Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7069,51 +7069,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Richard-Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7200,90 +7200,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développer des espèces et des variétés permettant la reconception des systèmes de culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jubault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria M. Manzanares-Dauleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre-Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7334,64 +7334,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genes and Quantitative Trait Loci Mapping for Major Agronomic Traits in Brassica napus L</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régine Delourme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jubault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7513,51 +7513,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Pinochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corlouer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7640,51 +7640,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lecarpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7741,51 +7741,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lariagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lugan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7820,51 +7820,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration de la diversité génétique d’une collection de colza : Comparaison d’une analyse basée sur des caractères phénotypiques et des marqueurs SSR.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7951,51 +7951,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen remobilization efficiency for oilseed rape yield improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Orsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8056,51 +8056,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de QTL de digestibilité et de lignification des parois végétales : dans une descendance de lignées recombinantes de maïs impliquant la lignée F4 ; dans une descendance de lignées recombinantes d'arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2002, 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8150,51 +8150,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des déterminants génétiques et écophysiologiques des interactions génotype x environnement abiotique et de leur valorisation pour des systèmes agroécologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biodiversité et Ecologie. Université de Rennes1, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8302,51 +8302,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8470D646"/>
+    <w:nsid w:val="8312AD68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8450,51 +8450,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1A8D37E7"/>
+    <w:nsid w:val="6B0AF764"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8598,51 +8598,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="81DB2AAD"/>
+    <w:nsid w:val="60CC44DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8746,51 +8746,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="629D767A"/>
+    <w:nsid w:val="BAE70641"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8894,51 +8894,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="BED6D5D0"/>
+    <w:nsid w:val="67B43280"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9137,51 +9137,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-laperche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4930-8407" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/103167331" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rapsodyn.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920787v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esnault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Cann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Ch&#232;vre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Dantec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46265/genresj.houu8356" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203735v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Haelterman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hermans" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.70431" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304515v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Richard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gohin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bodson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.wnw33k3je" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609814v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lauren&#231;on" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Legrix" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Wagner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Demilly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Baron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04659-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804520v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leprince" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Guichard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Cah&#233;rec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.111163" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576276v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louvieaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Chiodi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bouchet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Kupcsik" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.14315" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618173v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corlouer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Sauvage" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Leveugle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04664-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779961v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700611v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anani Amegan Missinou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ferreira de Carvalho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Hamzaoui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c08118" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930771v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew N. Nelson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M. Barrero" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew L. Fletcher" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian K. Greaves" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.agron.2022.05.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Aigu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lariagon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.790563" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845468v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lethicia Magno Massuia de Almeida" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2022.126622" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239524v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vazquez-Carrasquer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641459" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137395v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Botero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jubault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gravot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.604527" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02386852v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy9120798" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02353498v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Akmouche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Ch&#232;neby" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#183; Mickael Lamboeuf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03284-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150226v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Wagner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lariagon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Renault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz265" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02275205v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rochefort" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-06-19-0031-R" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01949953v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safya Menasseri-Aubry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/D8RT59" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625390v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Aigu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mendes" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12867" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077529v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aissiou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Falentin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lod&#233;-Taburel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Deniot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-018-2318-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532707v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ollier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-016-2842-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462752v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Snowdon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-016-0371-0" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462774v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morice" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-016-0432-z" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208748v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bregeon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lariepe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-014-1130-4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849228v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wagner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lugan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hopkins" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-02-12-0032-R" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729647v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Zheng" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leflon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brancourt-Hulmel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-010-1406-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PGMBPMBN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729888v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hanocq" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-007-9433-3" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N6BZMMSG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192300v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Brancourt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Heumez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gardet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0575-4" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-19CPLWBD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655128v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse M. Brancourt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Savin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03766151v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Brancourt-Hulmel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-005-0176-z" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6WJXNSXS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334728v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Devienne-Barret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ney" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-006-0373-4" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T9L44KP5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676940v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Barri&#232;re" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barrot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aurel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2005.01.001" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7T8KBC0B-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412488v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C. Barros Santos" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565025v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664165v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322728v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786146v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecarpentier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322726v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Kutelmach" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tolleneare" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Allirand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348628v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318160v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paillard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Trotoux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eber" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Gilet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349115v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349054v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318391v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. A&#239;ssiou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rousseau-Gueutin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456905v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel-Belaygue" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leport" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456892v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Musse" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849123v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kergoat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Confolent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849122v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrianasolo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orsel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849121v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guernec" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191929v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Brun" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322834v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brun" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689513v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Manzanares-Dauleux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316742v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43694-4_3" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288181v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Pinochet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194858v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gruau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924678v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Charton" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lariagon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849120v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ollivier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849119v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bregeon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bloquel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600075v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03236521v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-laperche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4930-8407" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/103167331" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rapsodyn.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920787v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esnault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Cann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Ch&#232;vre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Dantec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46265/genresj.houu8356" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304515v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Richard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gohin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bodson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.wnw33k3je" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203735v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Haelterman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hermans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.70431" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609814v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lauren&#231;on" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Legrix" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Wagner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Demilly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Baron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04659-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576276v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louvieaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Chiodi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bouchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Kupcsik" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.14315" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804520v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leprince" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Guichard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Cah&#233;rec" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.111163" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618173v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corlouer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Sauvage" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Leveugle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04664-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779961v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930771v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew N. Nelson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M. Barrero" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew L. Fletcher" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian K. Greaves" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.agron.2022.05.001" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700611v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anani Amegan Missinou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ferreira de Carvalho" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Hamzaoui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c08118" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531145v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Aigu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lariagon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.790563" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845468v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lethicia Magno Massuia de Almeida" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2022.126622" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239524v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vazquez-Carrasquer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chelle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641459" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137395v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Botero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jubault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gravot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.604527" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02386852v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy9120798" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02353498v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Akmouche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Ch&#232;neby" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#183; Mickael Lamboeuf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03284-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02150226v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Wagner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lariagon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Renault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz265" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02275205v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rochefort" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-06-19-0031-R" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625390v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Aigu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mendes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12867" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01949953v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safya Menasseri-Aubry" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/D8RT59" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077529v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aissiou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Falentin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lod&#233;-Taburel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Deniot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-018-2318-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532707v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ollier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-016-2842-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462774v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morice" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-016-0432-z" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462752v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Snowdon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-016-0371-0" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208748v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bregeon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lariepe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-014-1130-4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849228v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wagner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lugan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hopkins" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-02-12-0032-R" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729647v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Zheng" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leflon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brancourt-Hulmel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-010-1406-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PGMBPMBN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729888v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hanocq" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-007-9433-3" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N6BZMMSG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192300v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Brancourt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Heumez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gardet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hanocq" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0575-4" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-19CPLWBD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655128v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse M. Brancourt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Devienne-Barret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Savin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03766151v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Brancourt-Hulmel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-005-0176-z" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6WJXNSXS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334728v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Devienne-Barret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ney" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-006-0373-4" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T9L44KP5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676940v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Barri&#232;re" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barrot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aurel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2005.01.001" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7T8KBC0B-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05412488v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C. Barros Santos" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prigent" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565025v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664165v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322728v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786146v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecarpentier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322726v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Kutelmach" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tolleneare" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Allirand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03348628v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318160v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paillard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Trotoux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eber" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Gilet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349115v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349054v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318391v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. A&#239;ssiou" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rousseau-Gueutin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456905v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel-Belaygue" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leport" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456892v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Musse" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849123v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kergoat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Confolent" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849122v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrianasolo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orsel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849121v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guernec" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191929v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Brun" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322834v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brun" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689513v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria M. Manzanares-Dauleux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316742v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43694-4_3" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288181v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Pinochet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194858v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gruau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00924678v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Charton" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lariagon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849120v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ollivier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849119v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bregeon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bloquel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600075v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03236521v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>