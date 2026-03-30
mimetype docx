--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1201,343 +1201,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04099633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manières de voir, manières de faire : moderniser les canaux gravitaires</w:t>
+                <w:t xml:space="preserve">Construire un regard sociohydrologique (3). Expérimenter un canevas pour engager la négociation interdisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Molle</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Riaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Massuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martin Laurenceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (2), 24 p. </w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (1), pp.77-86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/vertigo.32365⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/nss/2021025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03584643v1</w:t>
+                <w:t xml:space="preserve">hal-03259325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestiquer les rivières : une réponse à l’urgence de l’inondation, une réaction aux enjeux du quotidien</w:t>
+                <w:t xml:space="preserve">Manières de voir, manières de faire : moderniser les canaux gravitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Molle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/eps.11155⟩</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (2), 24 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.32365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03146389v1</w:t>
+                <w:t xml:space="preserve">hal-03584643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire un regard sociohydrologique (3). Expérimenter un canevas pour engager la négociation interdisciplinaire</w:t>
+                <w:t xml:space="preserve">Domestiquer les rivières : une réponse à l’urgence de l’inondation, une réaction aux enjeux du quotidien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29 (1), pp.77-86. </w:t>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2020/3-2021/1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/nss/2021025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/eps.11155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03259325v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un compteur « intelligent » pour mesurer les usages de l’eau : l’entrée en scène d’une nouvelle connaissance</w:t>
               </w:r>
@@ -2216,260 +2216,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXPERIMENTING WITH TREATED WASTEWATER: SITUATED KNOWLEDGE AND DEMONSTRATION</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">COMPRENDRE LES RAISONS D'ABANDONS DE CAS DE REUT EN FRANCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélie Verna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lombard-Latune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José- Miguel Sánchez-Pérez</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Franck-Néel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REUSE EUROMED 2024 - Conférence Euro-méditerranéenne sur la Réutilisation des Eaux Usées (REUSE EUROMED 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFEID; REUSE d’INRAE; Chaire Partenariale Eau, Agriculture et Changement Climatique, Oct 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">REUSE EUROMED 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520403v1</w:t>
+                <w:t xml:space="preserve">hal-05520442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COMPRENDRE LES RAISONS D'ABANDONS DE CAS DE REUT EN FRANCE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">EXPERIMENTING WITH TREATED WASTEWATER: SITUATED KNOWLEDGE AND DEMONSTRATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clélie Verna</w:t>
+                <w:t xml:space="preserve">Margaux Kurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Montginoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Lombard-Latune</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+                <w:t xml:space="preserve">Nicolas Saurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Franck-Néel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">José- Miguel Sánchez-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REUSE EUROMED 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">REUSE EUROMED 2024 - Conférence Euro-méditerranéenne sur la Réutilisation des Eaux Usées (REUSE EUROMED 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFEID; REUSE d’INRAE; Chaire Partenariale Eau, Agriculture et Changement Climatique, Oct 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05520442v1</w:t>
+                <w:t xml:space="preserve">hal-05520403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenges of Process Engineering for the reuse of treated wastewater within INRAE’s REUSE network - the need for a multidisciplinary and multi-scale approach</w:t>
               </w:r>
@@ -2678,934 +2678,934 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03950199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouvernance de la pénurie et réconciliation autour d’une eau commune dans le Nordeste brésilien région semi-aride</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Burte</w:t>
+                <w:t xml:space="preserve">Quelles singularités des eaux usées traitées pour un usage d’irrigation agricole ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Mitroi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+                <w:t xml:space="preserve">Sébastien Loubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Montginoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hela Gasmi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Sávio Martins</w:t>
+                <w:t xml:space="preserve">Benjamin Noury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Humanités Environnementales. 29ème journées scientifiques de la Société d'Ecologie Humaine en partenariat avec l’UMR SENS (IRD, CIRAD, UPVM) et la Maison des Sciences de l’Homme SUD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journée Eau &amp; Connaissances. De l'eau et des Hommes:les sciences humaines pour éclairer l'action sur les territoires. Agence de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03794887v1</w:t>
+                <w:t xml:space="preserve">hal-03794907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux du Génie des Procédés pour la réutilisation des eaux usées traitées au sein du réseau REUSE d'INRAE – de la nécessité d'une approche pluridisciplinaire et multi-échelles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sami Bouarfa</w:t>
+                <w:t xml:space="preserve">How does a hidden profession reveal hidden processes and what are the implications for flood damage assessment?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bremond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Tarrit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. Congrès de la Société Française de Génie des Procédés (SFGP 2022) « Sciences et Solutions technologiques pour la Transition »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-3677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04166926v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03663000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to be reflexive about an Agent Based Model of social and hydrological system?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bonté</w:t>
+                <w:t xml:space="preserve">Gouvernance de la pénurie et réconciliation autour d’une eau commune dans le Nordeste brésilien région semi-aride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Burte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Mitroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Salem Idda</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Gasmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Sávio Martins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque Humanités Environnementales. 29ème journées scientifiques de la Société d'Ecologie Humaine en partenariat avec l’UMR SENS (IRD, CIRAD, UPVM) et la Maison des Sciences de l’Homme SUD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794848v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singularités sociales et physiques des eaux usées traitées pour irriguer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les enjeux du Génie des Procédés pour la réutilisation des eaux usées traitées au sein du réseau REUSE d'INRAE – de la nécessité d'une approche pluridisciplinaire et multi-échelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bouarfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Congrès International du GRUTTEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">18. Congrès de la Société Française de Génie des Procédés (SFGP 2022) « Sciences et Solutions technologiques pour la Transition »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFGP, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794873v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04166926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating knowledge from water management situations: a pragmatist approach to socio-hydrology</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to be reflexive about an Agent Based Model of social and hydrological system?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Idda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
+              <w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794858v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand les modélisateurs se font acteurs de la réflexion. Retour sur un modèle à base d’agents d’un système oasien</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Singularités sociales et physiques des eaux usées traitées pour irriguer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Ait-Mouheb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEF ‐ Ethnographies plurielles #10. Science et sens des modèles Usages et méthodes des modèles. Simulations et systèmes de représentations en SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">14. Congrès International du GRUTTEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794902v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does a hidden profession reveal hidden processes and what are the implications for flood damage assessment?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bouche</w:t>
+                <w:t xml:space="preserve">Generating knowledge from water management situations: a pragmatist approach to socio-hydrology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Barreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Adamczewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Kuper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-3677⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03663000v1</w:t>
+                <w:t xml:space="preserve">hal-03794858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles singularités des eaux usées traitées pour un usage d’irrigation agricole ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand les modélisateurs se font acteurs de la réflexion. Retour sur un modèle à base d’agents d’un système oasien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bonté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Idda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Noury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Eau &amp; Connaissances. De l'eau et des Hommes:les sciences humaines pour éclairer l'action sur les territoires. Agence de l'eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">SEF ‐ Ethnographies plurielles #10. Science et sens des modèles Usages et méthodes des modèles. Simulations et systèmes de représentations en SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794907v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les relations villes-campagnes au prisme des eaux usées. Expériences croisées Mexique-France</w:t>
               </w:r>
@@ -3699,51 +3699,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Loubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Montginoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3807,51 +3807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IVe Congrès de l’European Rural History Organisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4090,51 +4090,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RHONAVEL’EAU - La valorisation du patrimoine rhodanien, enjeu de territoires, d’acteurs et d’usages</w:t>
+                <w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d’acteurs et d’usagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
@@ -4169,73 +4169,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05338752v1</w:t>
+                <w:t xml:space="preserve">halshs-01973167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d'acteurs et d'usagers</w:t>
               </w:r>
@@ -4340,51 +4340,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une véloroute pour (re)découvrir les paysages du Rhône ? Points de vue d’acteurs et d’usagers</w:t>
+                <w:t xml:space="preserve">RHONAVEL’EAU - La valorisation du patrimoine rhodanien, enjeu de territoires, d’acteurs et d’usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylise Cottet</w:t>
@@ -4419,73 +4419,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Riviere-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Eau(x) et Paysage(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Blois, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01973167v1</w:t>
+                <w:t xml:space="preserve">hal-05338752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les cyclistes redécouvrent les berges du Rhône. Nouvel accès, nouvelles valeurs ?</w:t>
               </w:r>
@@ -4523,51 +4523,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Coussout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. Rivers 2018 3e conférence internationale sur les recherches et actions au service des fleuves et grandes rivières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lyon, France. pp.3</w:t>
@@ -4963,51 +4963,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rivière-Honegger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAE / Montpellier SupAgro, 2 place Pierre Viala, 34090 Montpellier; EVS - UMR 5600. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5019,377 +5019,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03795660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet SoPoLo La REUT, une solution possible localement ? Évaluations économiques et sociales préalables à un projet</w:t>
+                <w:t xml:space="preserve">Vous souhaitez mobiliser les eaux usées de votre collectivité pour irriguer ? Attention, ces eaux ne s’appréhendent pas comme les autres…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Garin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Loubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Montginoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Noury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE. 2021, pp.151</w:t>
+              <w:t xml:space="preserve">INRAE. 2021, 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04119410v1</w:t>
+                <w:t xml:space="preserve">hal-04119454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Flash Floods Management Using Temporal Loops</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] IRIT/RR–2021–06–FR, IRIT - Institut de Recherche en Informatique de Toulouse. 2021</w:t>
+                <w:t xml:space="preserve">Projet SoPoLo La REUT, une solution possible localement ? Évaluations économiques et sociales préalables à un projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Loubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Montginoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Noury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE. 2021, pp.151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03327977v1</w:t>
+                <w:t xml:space="preserve">hal-04119410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vous souhaitez mobiliser les eaux usées de votre collectivité pour irriguer ? Attention, ces eaux ne s’appréhendent pas comme les autres…</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">INRAE. 2021, 4 p</w:t>
+                <w:t xml:space="preserve">Towards Flash Floods Management Using Temporal Loops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Stolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bremond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ceyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] IRIT/RR–2021–06–FR, IRIT - Institut de Recherche en Informatique de Toulouse. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04119454v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03327977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ViaRhôna : la valorisation du patrimoine rhodanien à l’épreuve des territoires, des acteurs et des usages, rapport final du projet RhonaVél'eau</w:t>
               </w:r>
@@ -5891,51 +5891,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950395v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Colon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681911v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bont&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681901v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679319v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-leau-gestion/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112438v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Riaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Massuel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799766v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130723v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elloumi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169563v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carr&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Valette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Caillaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024046" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651116v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04099633v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guigui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337908001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584643v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.32365" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146389v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11155" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259325v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Laurenceau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927929v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Montginoul" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16226" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877374v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.25926" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836193v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massuel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Riaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ogilvie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017WR021691" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602939v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raissi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2015.0779" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927932v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.10207" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547526v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Pinton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Roberto Jacobi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jamin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2013060" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520403v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Kurek" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saurin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;- Miguel S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520442v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lie Verna" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Franck-N&#233;el" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779573v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950199v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794887v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Mitroi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Gasmi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Martins" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166926v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794848v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Idda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794873v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794858v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Adamczewski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794902v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03663000v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bremond" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouche" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Tarrit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3677" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794907v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201169v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cirelli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200644v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935851v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02516764v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429292v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338752v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coussout" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608448v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adam" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cottet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re Honegger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973167v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973196v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935857v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04490408v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681376v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1893/9782759238064/recits-de-recherche-sur-l-eau-dans-un-monde-interdisciplinaire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3807-1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795660v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04119410v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327977v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Stolf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Berthet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bosc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ceyte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04119454v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353137v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vukelic" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059201v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-04136472v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013AGPT0062" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950395v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Colon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681911v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bont&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681901v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679319v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-leau-gestion/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112438v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Riaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Massuel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799766v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130723v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elloumi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169563v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carr&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Valette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Caillaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024046" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651116v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04099633v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guigui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202337908001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259325v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Laurenceau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584643v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rivi&#232;re-Honegger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.32365" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146389v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11155" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927929v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Montginoul" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16226" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877374v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.25926" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836193v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Massuel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Riaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ogilvie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017WR021691" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602939v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raissi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2015.0779" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927932v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.10207" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547526v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Pinton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Roberto Jacobi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jamin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2013060" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520442v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lie Verna" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Franck-N&#233;el" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520403v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Kurek" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saurin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;- Miguel S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779573v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950199v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794907v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noury" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03663000v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bremond" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Tarrit" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3677" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794887v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Mitroi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Gasmi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Martins" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166926v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794848v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Idda" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794873v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794858v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Adamczewski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794902v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201169v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cirelli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200644v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935851v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02516764v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429292v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Adam" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riviere-Honegger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973167v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coussout" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608448v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adam" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cottet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re Honegger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338752v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973196v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935857v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04490408v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681376v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1893/9782759238064/recits-de-recherche-sur-l-eau-dans-un-monde-interdisciplinaire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3807-1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795660v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04119454v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04119410v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327977v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Stolf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Berthet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bosc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ceyte" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353137v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vukelic" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059201v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-04136472v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013AGPT0062" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>