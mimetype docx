--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -181,369 +181,369 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveau regard sur le site de Saint-Colomban à Carnac (Morbihan) : apport des travaux récents</w:t>
+                <w:t xml:space="preserve">Nouveau regard sur le site de Saint-Colomban à Carnac (Morbihan) : apport des travaux récents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloë Martin</w:t>
+                <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.7-30</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, Varia, 38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rao.8059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05067243v1</w:t>
+                <w:t xml:space="preserve">hal-03855786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acheulean variability in Western Europe: The case of Menez-Dregan I (Plouhinec, Finistère, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula García-Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Moncel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Ashton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 162, pp.103103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.103103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveau regard sur le site de Saint-Colomban à Carnac (Morbihan) : apport des travaux récents</w:t>
+                <w:t xml:space="preserve">Nouveau regard sur le site de Saint-Colomban à Carnac (Morbihan) : apport des travaux récents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloë Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Varia, 38, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, pp.7-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855786v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse technotypologique des hachereaux et autres macro-outils à tranchant transversal de Menez-Dregan I (Plouhinec, Finistère)</w:t>
               </w:r>
@@ -637,51 +637,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mougne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -739,178 +739,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03024292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résumé de thèse : Originalité et développement du Paléolithique inférieur à l'extrémité occidentale de l'Eurasie : le &amp;quot;Colombanien&amp;quot; de Menez-Dregan (Plouhinec, Finistère)</w:t>
+                <w:t xml:space="preserve">Early human occupations at the westernmost tip of Eurasia: The lithic industries from Menez–Dregan I (Plouhinec, Finistère, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (6), pp.663-684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crpv.2019.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02192645v1</w:t>
+                <w:t xml:space="preserve">hal-02279150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early human occupations at the westernmost tip of Eurasia: The lithic industries from Menez–Dregan I (Plouhinec, Finistère, France)</w:t>
+                <w:t xml:space="preserve">Résumé de thèse : Originalité et développement du Paléolithique inférieur à l'extrémité occidentale de l'Eurasie : le &amp;quot;Colombanien&amp;quot; de Menez-Dregan (Plouhinec, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.388-389</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crpv.2019.06.001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02279150v1</w:t>
+                <w:t xml:space="preserve">hal-02192645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveaux indices d'occupation humaine au Paléolithique inférieur et au Paléolithique moyen en Finistère Sud</w:t>
               </w:r>
@@ -1073,51 +1073,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the Palaeolithic landscape at the westernmost tip of continental Europe: The shoreline seen by the Menez Dregan dwellers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guzel Danukalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1331,788 +1331,800 @@
               <w:t xml:space="preserve">Annales de Paléontologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 102 (2), pp.103-116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.annpal.2016.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01343934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menez-Dregan 1 (Plouhinec, Finistère, France) : un site d'habitat du Paléolithique inférieur en grotte marine. Stratigraphie, structures de combustion, industries riches en galets aménagés [Menez-Dregan 1 (Plouhinec, Finistère, France): A Lower Paleolithic site in a marine cave. Stratigraphy, structures of combustion, lithic industry with cobble tools]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Hinguant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Hallégouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 120 (3), pp.237--262. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anthro.2016.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01397850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Menez-Dregan (Plouhinec, far western Europe): The lithic industry from layer 7 and its Acheulean components</w:t>
+                <w:t xml:space="preserve">Menez-Dregan I, layer 4: A transitional layer between the Lower and Middle Palaeolithic in Brittany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, The Acheulean in Europe: origins, evolution and dispersal, 411 (Part B), pp.132--143 </w:t>
+              <w:t xml:space="preserve">, 2016, 409 (Part B), 92-103, Special Issue: The Hoslteinian period in Europe (MIS 11-9). </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.12.097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.07.066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01395327v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01201996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Menez-Dregan I, layer 4: A transitional layer between the Lower and Middle Palaeolithic in Brittany</w:t>
+                <w:t xml:space="preserve">Menez-Dregan (Plouhinec, far western Europe): The lithic industry from layer 7 and its Acheulean components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 409 (Part B), 92-103, Special Issue: The Hoslteinian period in Europe (MIS 11-9). </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.07.066⟩</w:t>
+              <w:t xml:space="preserve">, 2016, The Acheulean in Europe: origins, evolution and dispersal, 411 (Part B), pp.132--143 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.12.097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01201996v1</w:t>
+                <w:t xml:space="preserve">hal-01395327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cadres pédo-litho-stratigraphique, géochronologique et paléoenvironnemental de Menez-Dregan I (Plouhinec, Finistère) : révision et synthèse des données.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Auguste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Q14. Tous à l'Ouest. Le Quaternaire dans tous ses états : terre, mer, glace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UMR 6566 CReAAH; AFEQ, Feb 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05044351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigate large flake productions involvement in Late Middle Pleistocene technical changes: a technoeconomic and technopetrographic experimental approach of Menez-Dregan I upper level (Finistère, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mourre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeolithic-Mesolithic Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, British Museum, Apr 2024, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opportunities and limits of a cleaver’s technomorphometric approach: the cases of Menez-Dregan I (Finistère) and Lanne-Darré (Hautes- Pyrénées)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Colonge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mourre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Virtual Conference for Women Archaeologists and Paleontologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, On line Conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04258101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Paléolithique inférieur au Paléolithique moyen ancien à l'ouest de la péninsule armoricaine : une revue des occupations saaliennes de Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2128,1294 +2140,1294 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préhistoire de l'Europe du Nord-Ouest : mobilité, climats et identités culturelles. 28e congrès préhistorique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Amiens, France. pp.201-214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02868385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des silex de Menez Dregan I</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentine Bouju</w:t>
+                <w:t xml:space="preserve">Travaux récents sur le Paléolithique moyen du Finistère : le site de Roc’h Santeg Leton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Chopin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+                <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291610v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare, but there: the bifacial components in the Armorican Peninsula between MIS 11 and 8</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A prehistoric rock shelter in the middle of the Channel (Brittany, France): maritime threats and archaeological solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégor Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Olmos Benlloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques (UISPP), Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">24th Annual Meeting of the European Association of Archaeologists (EAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Archaeologists, Sep 2018, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02092883v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travaux récents sur le Paléolithique moyen du Finistère : le site de Roc’h Santeg Leton</w:t>
+                <w:t xml:space="preserve">Le site de Trez-Rouz (Camaret, presqu’île de Crozon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aoustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Leroyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291621v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A prehistoric rock shelter in the middle of the Channel (Brittany, France): maritime threats and archaeological solutions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le PCR « Paléo Bretagne », un projet de synthèse et d’étude du Paléolithique à l’échelle régionale »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Annual Meeting of the European Association of Archaeologists (EAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Archaeologists, Sep 2018, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291653v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site de Trez-Rouz (Camaret, presqu’île de Crozon)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude des silex de Menez Dregan I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Néraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chantal Leroyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291619v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le PCR « Paléo Bretagne », un projet de synthèse et d’étude du Paléolithique à l’échelle régionale »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rare, but there: the bifacial components in the Armorican Peninsula between MIS 11 and 8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence « Le Paléolithique en Finistère : actualités de la recherche »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Plouhinec, France</w:t>
+              <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Union internationale des sciences préhistoriques et protohistoriques (UISPP), Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02291607v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02092883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révision chronostratigraphique du comblement de la grotte marine de Menez-Dregan I (Plouhinec, Finistère) et nouvelles datations radiométriques (ESR et OSL)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring Ice Age Island: Eight years of Early Prehistoric Research in the Channel Island of Jersey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+                <w:t xml:space="preserve">M. Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Scott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Shaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bates</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Conneller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GMPCA 2017 - XXIème Colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR 6566 CReAAH, Apr 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Workshop Pathways to Ancient Britain, 2nd edition, Queen Mary University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948005v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Ice Age Island: Eight years of Early Prehistoric Research in the Channel Island of Jersey</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Du Paléolithique inférieur au Paléolithique moyen ancien en péninsule armoricaine : une revue des occupations saaliennes de Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Pathways to Ancient Britain, 2nd edition, Queen Mary University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">Table-ronde "Le Paléolithique et le Mésolithique du Massif armoricain"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948092v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du Paléolithique inférieur au Paléolithique moyen ancien en péninsule armoricaine : une revue des occupations saaliennes de Bretagne</w:t>
+                <w:t xml:space="preserve">The wider context of the Normano-Breton Gulf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Scott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Shaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bates</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table-ronde "Le Paléolithique et le Mésolithique du Massif armoricain"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Workshop Pathways to Ancient Britain, 2nd edition, Queen Mary University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948088v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The wider context of the Normano-Breton Gulf</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Révision chronostratigraphique du comblement de la grotte marine de Menez-Dregan I (Plouhinec, Finistère) et nouvelles datations radiométriques (ESR et OSL)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">M. Bates</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Bahain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Pathways to Ancient Britain, 2nd edition, Queen Mary University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">GMPCA 2017 - XXIème Colloque international du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 6566 CReAAH, Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948096v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des mammouths et des hommes en Armorique : occupations humaines et variations de l’environnement au Pléistocène dans l’Ouest de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Cliquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Hinguant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Briagell Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Homme, la faune et le climat durant la Préhistoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée d’Anthropologie préhistorique de Monaco, Oct 2014, Monaco, Monaco. pp.91-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02476225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turonian-Coniacian silicified plants from the flints of Claix (Charente, western France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-David Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3437,88 +3449,88 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Platel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Le Couls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25 ème Réunion des sciences de la Terre (RST 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France, Oct 2016, Caen, France. pp.230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01388504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3528,51 +3540,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pleistocene climatic variability on the Armorican peninsula: what is the influence of palaeoenvironmental change on the palaeolithic settlements in Brittany?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3588,51 +3600,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exploring the World’s Prehistory, XVIIIe congrès mondial de l’Union internationale des sciences préhistoriques et protohistoriques (UISPP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02092585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3642,383 +3654,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les premières occupations humaines de Bretagne : Le site de Menez-Dregan I à Plouhinec, Finistère. Bilan après 30 campagnes de fouilles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Cotte in regional context: reconsidering La Manche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccy Scott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Grégor Marchand; Nicolas Naudinot. </w:t>
+              <w:t xml:space="preserve">Andy Shaw; Beccy Scott; Marie-Anne Julien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Préhistoire et Protohistoire de l'Ouest de la France. Nouvelles perspectives en hommage à Jean-Laurent Monnier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 12è suppl, RAO, pp.109-116, 2023</w:t>
+              <w:t xml:space="preserve">Repeopling La Manche: new perspectives on Neanderthals from La Cotte de St Brelade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxbow; Prehistoric Society Research Papers, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067227v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Cotte in regional context: reconsidering La Manche</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les premières occupations humaines de Bretagne : Le site de Menez-Dregan I à Plouhinec, Finistère. Bilan après 30 campagnes de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Andy Shaw; Beccy Scott; Marie-Anne Julien. </w:t>
+              <w:t xml:space="preserve">Grégor Marchand; Nicolas Naudinot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repeopling La Manche: new perspectives on Neanderthals from La Cotte de St Brelade</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oxbow; Prehistoric Society Research Papers, 2023</w:t>
+              <w:t xml:space="preserve">Préhistoire et Protohistoire de l'Ouest de la France. Nouvelles perspectives en hommage à Jean-Laurent Monnier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12è suppl, RAO, pp.109-116, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067240v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les premières occupations humaines de Bretagne : le site de Ménez-Drégan I à Plouhinec, Finistère. Bilan après trente campagnes de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marchand Grégor; Naudinot Nicolas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préhistoire et Protohistoire de l’Ouest de la France. Nouvelles perspectives en hommage à Jean-Laurent Monnier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, 2023, 12e supplément à la Revue archéologique de l'Ouest, 9782753593718</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04581776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il y a 465 000 ans. La conquête du feu à Menez Dregan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gérard Aubin; Charles-Tanguy Le Roux; Cyril Marcigny (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sur le terrain avec les archéologues. 30 ans de découvertes dans l'Ouest de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.24-25, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les gisements datés du Stade isotopique 6 dans la péninsule armoricaine. Comparaison avec la grotte du Lazaret. Appendice X</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4037,425 +4049,425 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Antoinette De Lumley. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les restes humains fossiles de la grotte du Lazaret, Nice, Alpes-Maritimes, France. Des Homo erectus européens évolués en voie de néandertalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Editions, pp.563-568, 2018, 978-2-271-12018-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Land use in Brittany during the Middle Pleistocene: the example of the persistent place of Menez-Dregan I (Plouhinec, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matt Pope, John McNabb, Clive Gamble. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crossing the Human Threshold. Dynamic Transformation and Persistent Places During the Middle Pleistocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.106-122, 2017, 9781315439327</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menez-Dregan 1 (Plouhinec, Finistère). Organisation de l’espace et structures de combustion. Appendice IX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Henry De Lumley. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terra Amata : Nice, Alpes-Maritimes, France. T.5 : Comportement et mode de vie des chasseurs acheuleens de Terra Amata</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Editions, pp.418-425, 2016, 978-2-271-09072-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terra Amata et Menez-Dregan. Des industries du Paléolithique inférieur à rares bifaces et riches en galets aménagés du Stade Isotopique 11. Appendice IX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Laurent Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Henry De Lumley. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terra Amata, Nices, Alpes-Maritimes, France, Tome IV, fasc. 1 : Les industries acheuléennes. Etude de l’outillage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Editions, pp.750-754, 2015, 978-2-271-08084-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une analyse diachronique des dynamiques insulaires (culture, environnement, économie) : l’île de Groix comme étude de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Yvane Daire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loréna Audouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Dutouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gehres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Guyodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lorena Audouard et Benjamin Gehres. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Somewhere Beyond The Sea" The islands of Brittany (France): an archaeological, geographical and historical point of view</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BAR – S2705, pp.1-13, 2015, British Archaeological Reports, International Series, 978 1 4073 1356 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4465,51 +4477,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoi de neuf à Menez-Dregan ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4525,349 +4537,349 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 23 mars 2019. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, p.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02148468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1988-2018 : 30 ans de fouilles à Menez-Dregan I (Plouhinec, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 avril 2018. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, p.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01958780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actualités du PCR : les premiers peuplements de l'ouest de la france. Dépôts pléistocènes et occupations paléolithiques de la région Bretagne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Révision chronostigraphique du comblement de la grotte marine de Menez-Dregan I (Plouhinec, Finistère) et nouvelles datations radiométriques (ESR et OSL)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Laforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacques Bahain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Voinchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 12-13 mai 2017. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.26-27</w:t>
+              <w:t xml:space="preserve">, 2017, p.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954510v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révision chronostigraphique du comblement de la grotte marine de Menez-Dregan I (Plouhinec, Finistère) et nouvelles datations radiométriques (ESR et OSL)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Actualités du PCR : les premiers peuplements de l'ouest de la france. Dépôts pléistocènes et occupations paléolithiques de la région Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 12-13 mai 2017. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, p.14</w:t>
+              <w:t xml:space="preserve">, 2017, pp.26-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954134v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation du PCR : les premiers peuplements de l'ouest de la France, dépôts pléistocènes et occupations paléolithiques de la région Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4883,51 +4895,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du "CReAAH", Archéologie, Archéosciences, Histoire, Rennes, 21 mars 2015. Résumés des communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.6-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02465629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4937,2234 +4949,2234 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnac-Laval, Saint-Léger-Magnazeix, Les Gorceix, La Châtre (87), rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Lussac-les-Églises, Saint-Martin-le-Mault, Le Couret, Communal de la Chaume (87), rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GSO. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Heppe</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067184v1</w:t>
+                <w:t xml:space="preserve">halshs-05067195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lussac-les-Églises, Saint-Martin-le-Mault, Le Couret, Communal de la Chaume (87), rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Magnac-Laval, Saint-Léger-Magnazeix, Les Gorceix, La Châtre (87), rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Heppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dietsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Pasquel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067195v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trélissac (24), 6 route de la Malayolle, rapport de diagnostic archéologique</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nouvelle-Aquitaine, Corrèze, La-Chapelle-aux-Saints, Cimetière et parking, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Vigier</w:t>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066993v1</w:t>
+                <w:t xml:space="preserve">halshs-05067101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lalinde, Les Galandoux (24), rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Montagrier (24), Le Riberaud, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Sellami</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067174v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chamborêt (87), créneaux de dépassement RN 147, phase 3, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Saint-Pantaléon-de-Larche (19), rue Romaine, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Sellami</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067080v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Berneuil (87), créneaux de dépassement RN 147, phase 4, rapport de diagnostic archéologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelle Aquitaine, Dordogne (24), Centre hospitalier de Saint Astier, EHPAD. Une occupation humaine de la fin de l’âge du Fer, rapport de fouille archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Arthuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Benquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067107v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle Aquitaine, Dordogne (24), Centre hospitalier de Saint Astier, EHPAD. Une occupation humaine de la fin de l’âge du Fer, rapport de fouille archéologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+                <w:t xml:space="preserve">Estibeaux (40), Castillon, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Arthuis</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067168v1</w:t>
+                <w:t xml:space="preserve">halshs-05067120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estibeaux (40), Castillon, rapport de diagnostic archéologique</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nouvelle-Aquitaine, Corrèze, La Chapelle-aux-Saints, Le Bourg, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067120v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle-Aquitaine, Corrèze, La-Chapelle-aux-Saints, Cimetière et parking, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Carsac-Aillac (24), route de la Borderie, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Kirschenbilder</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067101v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montagrier (24), Le Riberaud, rapport de diagnostic archéologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trélissac (24), 6 route de la Malayolle, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Claud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Fourloubey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Sellami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067086v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Pantaléon-de-Larche (19), rue Romaine, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Lalinde, Les Galandoux (24), rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067053v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carsac-Aillac (24), route de la Borderie, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Berneuil (87), créneaux de dépassement RN 147, phase 4, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067118v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle-Aquitaine, Corrèze, La Chapelle-aux-Saints, Le Bourg, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Chamborêt (87), créneaux de dépassement RN 147, phase 3, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05067096v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05067080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malemort-sur-Corrèze (19), rue Andrée Wurtz, parcelle AP384, rapport de diagnostic archéologique</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Peyzac-Le-Moustier (24), Le Sol, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Serrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GSO. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Hanry</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066955v1</w:t>
+                <w:t xml:space="preserve">halshs-05066973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coulounieix-Chamiers (24), La Gabarre, VC n°201, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Brive-la-Gaillarde (19), Chemin du bois de Tulle, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Bertan</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Arthuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066978v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malemort-sur-Corrèze (19), Monchal, parcelle AP385, rapport de diagnostic archéologique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coulounieix-Chamiers (24), La Gabarre, VC n°201, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066942v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brive-la-Gaillarde (19), Chemin du bois de Tulle, rapport de diagnostic archéologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Malemort-sur-Corrèze (19), Monchal, parcelle AP385, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Hanry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066928v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peyzac-Le-Moustier (24), Le Sol, rapport de diagnostic archéologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Notre-Dame-de-Sanilhac (24), Prompsault, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Brenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Sellami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066973v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notre-Dame-de-Sanilhac (24), Prompsault, rapport de diagnostic archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Farid Sellami</w:t>
+                <w:t xml:space="preserve">Malemort-sur-Corrèze (19), Monchal, parcelle AP383, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Hanry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066938v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malemort-sur-Corrèze (19), Monchal, parcelle AP383, rapport de diagnostic archéologique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Malemort-sur-Corrèze (19), rue Andrée Wurtz, parcelle AP384, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Hanry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066964v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05066955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ussac (19), allée de Bellefond, rapport de diagnostic archéologique</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Altillac (19), Lotissement Les Marronniers, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GSO. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Defaye</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066876v1</w:t>
+                <w:t xml:space="preserve">halshs-05066780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altillac (19), Lotissement Les Marronniers, rapport de diagnostic archéologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Abzac (33), Le Petit Barrail, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Silhouette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Briceno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Guériteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kerouanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap GSO. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05066780v1</w:t>
+                <w:t xml:space="preserve">halshs-05066820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abzac (33), Le Petit Barrail, rapport de diagnostic archéologique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Saint-Sylvestre-sur-Lot (47), Le Domaine du Lot, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bertran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GSO. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Kerouanton</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066820v1</w:t>
+                <w:t xml:space="preserve">halshs-05066796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Sylvestre-sur-Lot (47), Le Domaine du Lot, rapport de diagnostic archéologique</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ussac (19), allée de Bellefond, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Defaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Arthuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap GSO. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">halshs-05066796v1</w:t>
+                <w:t xml:space="preserve">halshs-05066876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menez-Dregan I : sécurisation des dépôts restants, rapport de sondage 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloë Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6566 CReAAH. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05066857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plouhinec (Finistère), Menez-Dregan I, Des Prénéandertaliens aux Néandertaliens, les premières occupations paléolithiques, rapport de fouille programmée 2020 et triennale 2018-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula García-Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UMR 6566 CReAAH. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05066848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les premiers peuplements dans l’Ouest de la France : dépôts pléistocènes et occupations paléolithiques de la région Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7177,218 +7189,218 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH; Université Rennes 1; Ministère de la Culture; Eveha. 2018, 71 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plouhinec (Finistère), Menez Dregan I, Des Prénéandertaliens aux Néandertaliens, les premières occupations paléolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH; Université Rennes 1; Ministère de la culture; Conseil Général du Finistère; Mairie de Plouhinec. 2018, 100 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plouhinec (Finistère), Menez Dregan I, Des Prénéandertaliens aux Néandertaliens, les premières occupations paléolithiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH; Ministère de la culture et de la communication; MNHN; Conseil général du Finistère; Mairie de Plouhinec. 2017, 137 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01948116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les premiers peuplements dans l’Ouest de la France : dépôts pléistocènes et occupations paléolithiques de la région Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7401,344 +7413,344 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH; Ministère de la culture. 2017, 127 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01948226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trez-Rouz (Crozon, Finistère, Bretagne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH; Ministère de la culture et de la communication; Eveha. 2017, 50 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01948193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'occupation Paléolithique de l'Ile de Groix : 2ème campagne. Document Final de Synthèse, prospection thématique du 11 avril au 3 mai 2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rouvière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Chantreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Dutouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR 6566 CReAAH. 2016, 111 p. + annexes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02447414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plouhinec (Finistère), Menez-Dregan I, Des Prénéandertaliens aux Néandertaliens, les premières occupations paléolithiques. Rapport intermédiaire de fouille programmée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNRS-UMR 6566 CReAAH; CNRS-UMR 7194 HNHP; Université de Rennes 1; Ministère de la Culture et de la Communication; MNHN; Conseil Général du Finistère; Mairie de Plouhinec. 2016, 104 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02447287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7748,114 +7760,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Originalité et développement du Paléolithique inférieur à l'extrémité occidentale de l'Eurasie : le Colombanien de Menez-Dregan (Plouhinec, Finistère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lyse Ravon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Université de Rennes, 2017. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2017REN1S030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01646855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId183"/>
+      <w:footerReference w:type="default" r:id="rId184"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7923,51 +7935,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F069F450"/>
+    <w:nsid w:val="432E6AA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8154,51 +8166,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-lyseravon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0560-3866" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAR-2181-2021" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067243v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Martin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Monnier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03419528v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Garc&#237;a-Medrano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ashton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.103103" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855786v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.8059" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03296270v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Capdevielle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024292v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1972" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02192645v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02279150v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2019.06.001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122911v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toularastel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947982v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947965v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lefort" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guzel Danukalova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947978v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hermouet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01343934v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Moreau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier N&#233;raudeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Platel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2016.05.003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397850v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hall&#233;gouet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2016.05.003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01395327v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.12.097" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01201996v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.07.066" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044351v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auguste" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624475v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258101v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868385v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291610v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouju" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chopin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cruchon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02092883v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291621v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos Benlloch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291653v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291619v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291607v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948005v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948092v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pope" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Scott" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shaw" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bates" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Conneller" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948088v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948096v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02476225v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cliquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briagell Huet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388504v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Couls" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02092585v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067227v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067240v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beccy Scott" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04581776v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291323v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952298v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291340v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952306v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952312v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343227v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dutouquet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02148468v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01958780v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954510v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954134v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Bahain" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02465629v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067184v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Heppe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dietsch" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dumas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pasquel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067195v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066993v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Vigier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fourloubey" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Sellami" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067174v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067080v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067107v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067168v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chopin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067120v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067101v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067086v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067053v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067118v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Kirschenbilder" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067096v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066955v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Hanry" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066978v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066942v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066928v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066973v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serrat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066938v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066964v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066876v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Defaye" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066780v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066820v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Silhouette" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Briceno" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gu&#233;riteau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerouanton" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066796v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prod&#233;o" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066857v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;gan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Antoine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066848v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291874v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291890v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948116v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948226v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948193v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02447414v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Chantreau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Vincent" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02447287v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01646855v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017REN1S030" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-lyseravon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0560-3866" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/AAR-2181-2021" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855786v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lyse Ravon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gallou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Monnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.8059" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03419528v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Garc&#237;a-Medrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Moncel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ashton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.103103" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067243v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03296270v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Capdevielle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024292v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvane Daire" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.1972" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02279150v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2019.06.001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02192645v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122911v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Toularastel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laforge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947982v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947965v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lefort" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guzel Danukalova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01947978v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hermouet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01343934v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Moreau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier N&#233;raudeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Platel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2016.05.003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LJ3CJNVS-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397850v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Hinguant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hall&#233;gouet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2016.05.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01201996v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.07.066" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01395327v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.12.097" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044351v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Auguste" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624475v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mourre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258101v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Colonge" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868385v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291621v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Olmos Benlloch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291653v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hamon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291619v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291607v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291610v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouju" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chopin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cruchon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02092883v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948092v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pope" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Scott" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shaw" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bates" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Conneller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948088v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948096v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948005v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voinchet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02476225v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cliquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briagell Huet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388504v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Couls" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02092585v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067240v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beccy Scott" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067227v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04581776v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291323v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952298v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291340v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952306v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952312v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02343227v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Audouard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dutouquet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gehres" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Guyodo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02148468v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01958780v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954134v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Bahain" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01954510v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02465629v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067195v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067184v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Heppe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dietsch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dumas" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pasquel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067101v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067086v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Sellami" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067053v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067168v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chopin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Benquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067120v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067096v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067118v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Kirschenbilder" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066993v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Vigier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fourloubey" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067174v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067107v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05067080v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066973v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertran" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serrat" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066928v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066978v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bertan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066942v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Hanry" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066938v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066964v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066955v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066780v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066820v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Silhouette" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Briceno" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gu&#233;riteau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerouanton" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066796v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prod&#233;o" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066876v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Defaye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066857v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;gan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Antoine" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066848v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291874v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02291890v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948116v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948226v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01948193v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02447414v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Chantreau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Vincent" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02447287v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01646855v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017REN1S030" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>