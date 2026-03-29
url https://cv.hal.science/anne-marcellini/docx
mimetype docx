--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -81,51 +81,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -669,603 +669,603 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La participation sociale à l’association des paralysés de France : participation aux activités ou participation aux décisions ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inclusion through Sport: A Critical View on Paralympic Legacy from a Historical Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ferez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Gazza</w:t>
+                <w:t xml:space="preserve">Sébastien Ruffié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakis Pappous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alter: European Journal of Disability Research / Revue européenne de recherche sur le handicap</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.alter.2020.06.009⟩</w:t>
+              <w:t xml:space="preserve">Social inclusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (3), pp.224-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17645/si.v8i3.2735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03492023v1</w:t>
+                <w:t xml:space="preserve">hal-04065677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusion through Sport: A Critical View on Paralympic Legacy from a Historical Perspective</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+                <w:t xml:space="preserve">Faire de la recherche à propos/sur/avec/pour la Fédération française du sport adapté??</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caby Isabelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social inclusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8 (3), pp.224-235. </w:t>
+              <w:t xml:space="preserve">Empan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°118 (2), pp.32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17645/si.v8i3.2735⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/empa.118.0032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04065677v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03183707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire de la recherche à propos/sur/avec/pour la Fédération française du sport adapté??</w:t>
+                <w:t xml:space="preserve">La participation sociale à l’association des paralysés de France : participation aux activités ou participation aux décisions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caby Isabelle</w:t>
+                <w:t xml:space="preserve">Clément Gazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Le Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Empan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, n°118 (2), pp.32. </w:t>
+              <w:t xml:space="preserve">Alter: European Journal of Disability Research / Revue européenne de recherche sur le handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (4), pp.265 - 285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/empa.118.0032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.alter.2020.06.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03183707v1</w:t>
+                <w:t xml:space="preserve">hal-03492023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire et assurer l’héritage des Jeux olympiques et paralympiques. Pour une inclusion sportive durable des personnes vivant des situations de handicap</w:t>
+                <w:t xml:space="preserve">Contrôler sa silhouette : l’obésité face aux pressions sociales du recours aux techniques (biomédicales) de modification du corps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Richard</w:t>
+                <w:t xml:space="preserve">Eric Perera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athanasios Sakis Pappous</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Ferez</w:t>
+                <w:t xml:space="preserve">Marius Matichescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Nocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2019031⟩</w:t>
+              <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, N°17 (1), pp.329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/corp1.017.0329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02375744v1</w:t>
+                <w:t xml:space="preserve">hal-02942329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôler sa silhouette : l’obésité face aux pressions sociales du recours aux techniques (biomédicales) de modification du corps</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Perera</w:t>
+                <w:t xml:space="preserve">Construire et assurer l’héritage des Jeux olympiques et paralympiques. Pour une inclusion sportive durable des personnes vivant des situations de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Nocca</w:t>
+                <w:t xml:space="preserve">Athanasios Sakis Pappous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORPS : Revue Interdisciplinaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, N°17 (1), pp.329. </w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/corp1.017.0329⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/sm/2019031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02942329v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports games for people with intellectual disabilities. Institutional analysis of an unusual international configuration</w:t>
               </w:r>
@@ -1459,51 +1459,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport au corps et engagement dans les activités physiques chez les personnes en situation d'obésité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Perera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Rodhain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2413,138 +2413,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05330305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-delà des apparences...</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Le Roux</w:t>
+                <w:t xml:space="preserve">L’organisation de l’offre sportive à l’intention des personnes déficientes physiques en Guadeloupe : Monographie historique de deux associations locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villoing Gaël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ruffié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 50, pp.129-144</w:t>
+              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18, pp.29-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00538034v1</w:t>
+                <w:t xml:space="preserve">hal-01681887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà des apparences… Interactions, séduction et rencontres amoureuses des personnes présentant des déficiences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2563,1158 +2563,1063 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La nouvelle revue de l'adaptation et de la scolarisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 50 (2), pp.129. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nras.050.0129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03125862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’organisation de l’offre sportive à l’intention des personnes déficientes physiques en Guadeloupe : Monographie historique de deux associations locales</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Ruffié</w:t>
+                <w:t xml:space="preserve">The Practice of Sport as Political Expression? Rock Climbing at Claret, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gleyse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric de Léséleuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 17 (1), pp.73-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0268580902017001004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681887v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'accès à la vie de couple des personnes vivant avec un problème de santé : une analyse démographique et sociologique</w:t>
+                <w:t xml:space="preserve">Vie de couple et situation de handicap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rommel Mendès-Leite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 2, pp.57-82</w:t>
+              <w:t xml:space="preserve">La Lettre de la MiRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 13, pp.2-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00367933v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00368971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Practice of Sport as Political Expression? Rock Climbing at Claret, France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric de Léséleuc</w:t>
+                <w:t xml:space="preserve">L'accès à la vie de couple des personnes vivant avec un problème de santé durable et handicapant : une analyse démographique et sociologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Sébastien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rommel Mendès-Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Sociology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0268580902017001004⟩</w:t>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2, pp.57-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfas.072.0057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01334968v1</w:t>
+                <w:t xml:space="preserve">halshs-00731529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vie de couple et situation de handicap</w:t>
+                <w:t xml:space="preserve">L'accès à la vie de couple des personnes vivant avec un problème de santé durable et handicapant : une analyse démographique et sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Sébastien Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rommel Mendès-Leite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre de la MiRE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1 (2), pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfas.072.0057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00368971v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'accès à la vie de couple des personnes vivant avec un problème de santé durable et handicapant : une analyse démographique et sociologique</w:t>
+                <w:t xml:space="preserve">L'accès à la vie de couple des personnes vivant avec un problème de santé : une analyse démographique et sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Sébastien Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rommel Mendès-Leite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 2, pp.57-82. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 2, pp.57-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfas.072.0057⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00731529v1</w:t>
+                <w:t xml:space="preserve">halshs-00367933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'accès à la vie de couple des personnes vivant avec un problème de santé durable et handicapant : une analyse démographique et sociologique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rommel Mendès-Leite</w:t>
+                <w:t xml:space="preserve">Attitudes of the elderly toward physical activity and exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Recours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pappous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric de Leseleuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Studies in Physical Culture and Tourism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 13 (1), pp.69-77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03235102v1</w:t>
+                <w:t xml:space="preserve">hal-03061631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes of the elderly toward physical activity and exercise</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'intégration sociale par le sport des personnes handicapées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gleyse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric de Léséleuc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Physical Culture and Tourism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue internationale de psychosociologie et de gestion des comportements organisationnels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, IX (20), pp.59-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rips.020.0059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03061631v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'intégration sociale par le sport des personnes handicapées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physical Education as a Subject in France (School Curriculum, Policies and Discourse): The Body and the Metaphors of the Engine--Elements Used in the Analysis of a Power and Control System during the Second Industrial Revolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gleyse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Pigeassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric de Léséleuc</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...76 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bui-Xuân</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, Education and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 7 (1), pp.5-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13573320120113549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01334332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3724,297 +3629,297 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poids et effets de genre dans l'aide aux seniors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Boukabza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Boukabza</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julie Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DREES - Direction de la recherche, des études, de l'évaluation et des statistiques du Ministère des solidarités et de la santé. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04630586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de genre dans l'aide aux seniors Rapport final de la post-enquête qualitative PEGASE associée à l'enquête CARE-Ménages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Boukabza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Boukabza</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julie Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] DREES-Mire. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01915100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poids et Effets du genre dans l'aide aux seniors. Note méthodologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Boukabza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4030,195 +3935,195 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DREES-Mire. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poids et Effets du genre dans l'aide aux seniors. Rapport intermédiaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Boukabza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] DREES-Mire. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02056589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La relation entre aidé et aidant dans le couple adulte et entre parents aidants et enfants aidés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4227,152 +4132,152 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00674856v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vie de couple et construction identitaire. Situations de handicap dans l'accès à la vie de couple pour les personnes déficientes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Thiers-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rommel Mendès-Leite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00732237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4382,146 +4287,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards croisés sur les responsabilités de l’obésité : de la personne obèse aux jeunes sans problème de poids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Rodhain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Gourmelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 15èmes Journées Normandes de Recherche sur la Consommation (JNRC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01993706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages des activités physiques et sportives dans les établissements spécialisés ? Données nationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4537,51 +4442,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er congrès de la SSSLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00369057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4591,65 +4496,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubles de l’expression. Le nécessaire recours à l’expertise de l’enquêté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Bedoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4658,255 +4563,255 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Diane Bedoin; Scelles Régine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">S’exprimer et se faire comprendre. Entretiens et situations de handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Erès, pp.49-69, 2015, (Connaissances de la diversité), 9782749248486. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/eres.bedoi.2015.01.0049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence des politiques publiques et des fédérations internationales sur l’évolution de la FFH : forces et limite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai-Anh Ngo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Marcellini et Gaël Villoing. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORPS, SPORT, HANDICAPS TOME 2 - Le mouvement handisport au XXIe siècle, lectures sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Teraedre, pp.141-152, 2014, 978-2-36085-056-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01169196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La scission (1972-1977) : les années FFHOP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Courroy-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mai-Anh Ngo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Ruffié et S. Ferez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps, sports et Handicaps, Tome I, L'institutionnalisation du mouvement handisport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Teraedre, pp.91-116, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00914474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4916,104 +4821,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corps, sport, handicaps tome 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Villoing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Téraèdre, 2014, Passages aux ACTES, 978-2-36085-056-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04030621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5023,51 +4928,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vie de couple et construction identitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maks Banens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5076,65 +4981,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marcellini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00369325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId134"/>
+      <w:footerReference w:type="default" r:id="rId133"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5281,51 +5186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04954205v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Flores Caballero" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guyot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marcellini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/115593ar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04959586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.022.0339" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959705v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olaf Schut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1115600ar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713243v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Beldame" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paccaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.482.0211" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021979v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Silvestri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021141" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gazza" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2020.06.009" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065677v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruffi&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakis Pappous" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v8i3.2735" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183707v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caby Isabelle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.118.0032" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02375744v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Sakis Pappous" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019031" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942329v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Matichescu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nocca" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0329" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04959645v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lantz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2016.1273612" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185001v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2016.03.002" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015974v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rodhain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.160.0117" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185924v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maks Banens" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2014.06.002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185923v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2014.10.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869448v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barg&#232;s" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guihard-Costa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Casanova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125858v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Leseleuc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681876v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruffi&#233; S&#233;bastien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.1362" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260334v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de L&#233;s&#233;leuc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Mcnamee" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peh.2011.11.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N3671FKG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125861v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2011.09.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05330305v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vidal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric de L&#233;s&#233;leuc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.090.0139" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00538034v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125862v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.050.0129" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681887v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villoing Ga&#235;l" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00367933v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel Mend&#232;s-Leite" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334968v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gleyse" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0268580902017001004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8F1F8D608956979D6B0F154772A42258428EF011/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368971v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731529v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.072.0057" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03235102v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061631v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Recours" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pappous" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cruz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marcellini" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334922v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips.020.0059" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334332v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pigeassou" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bui-Xu&#226;n" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13573320120113549" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04630586v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boukabza" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Thomas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01915100v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056597v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056589v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00674856v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00732237v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Thiers-Vidal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01993706v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Gourmelen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369057v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02333923v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bedoin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.bedoi.2015.01.0049" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169196v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Ngo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914474v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Courroy-Michel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030621v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Villoing" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369325v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04954205v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Flores Caballero" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Guyot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marcellini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/115593ar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04959586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.022.0339" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959705v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olaf Schut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1115600ar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713243v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Beldame" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paccaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.482.0211" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021979v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Silvestri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Roux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021141" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065677v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ruffi&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakis Pappous" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v8i3.2735" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03183707v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caby Isabelle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.118.0032" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492023v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gazza" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2020.06.009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02942329v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Matichescu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nocca" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.017.0329" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02375744v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Richard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Sakis Pappous" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019031" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04959645v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lantz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2016.1273612" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185001v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2016.03.002" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015974v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rodhain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.160.0117" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185924v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maks Banens" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2014.06.002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185923v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2014.10.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869448v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barg&#232;s" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guihard-Costa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andrieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Casanova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125858v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Leseleuc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681876v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruffi&#233; S&#233;bastien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.1362" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260334v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de L&#233;s&#233;leuc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Mcnamee" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peh.2011.11.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N3671FKG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125861v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alter.2011.09.002" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05330305v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vidal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric de L&#233;s&#233;leuc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.090.0139" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681887v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villoing Ga&#235;l" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03125862v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.050.0129" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334968v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gleyse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0268580902017001004" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8F1F8D608956979D6B0F154772A42258428EF011/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368971v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel Mend&#232;s-Leite" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731529v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent S&#233;bastien Fournier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.072.0057" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03235102v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00367933v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061631v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Recours" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pappous" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cruz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marcellini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334922v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rips.020.0059" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334332v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pigeassou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bui-Xu&#226;n" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13573320120113549" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04630586v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boukabza" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Thomas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01915100v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056597v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056589v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00674856v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00732237v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Thiers-Vidal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01993706v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Gourmelen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369057v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02333923v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bedoin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.bedoi.2015.01.0049" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169196v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Anh Ngo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914474v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Courroy-Michel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030621v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Villoing" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369325v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>