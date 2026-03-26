--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -767,265 +767,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterritorialisation - reterritorialisation autour de la Ligne Maginot en Lorraine</w:t>
+                <w:t xml:space="preserve">Quelles trajectoires paysagères pour les massifs forestiers militarisés du Grand-Est ? Essai de typologie à partir de l’étude des forêts de Bitche, de Haguenau et du Bienwald-Mundat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Balouzat-Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Niederlander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tanguy Niederlander</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Est</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22, pp.En ligne. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/paysage.8862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685283v1</w:t>
+                <w:t xml:space="preserve">hal-02906580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles trajectoires paysagères pour les massifs forestiers militarisés du Grand-Est ? Essai de typologie à partir de l’étude des forêts de Bitche, de Haguenau et du Bienwald-Mundat</w:t>
+                <w:t xml:space="preserve">Déterritorialisation - reterritorialisation autour de la Ligne Maginot en Lorraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christelle Balouzat-Loubet</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Niederlander</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1940 La France de l'Est en Guerre, 2, pp.169-208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/paysage.8862⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02906580v1</w:t>
+                <w:t xml:space="preserve">hal-03685283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le retraitement des casernes par la duplication du modèle de l'écoquartier Vauban</w:t>
               </w:r>
@@ -1660,273 +1660,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territories and Solvay legacies around the world: what kind of heritage for Solvay's company towns?</w:t>
+                <w:t xml:space="preserve">Mise en spectacle et stratégies d’acceptabilité des activités minières, l’exemple de Kiruna (Suède)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Edelblutte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Denis Mathis</w:t>
+                <w:t xml:space="preserve">Mark Bailoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TICCIH congres - TICCIH 2025 Kiruna - Heritage in action</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TICCIH, Aug 2025, Kiruna, Sweden</w:t>
+              <w:t xml:space="preserve">Les reliefs artificiels et artialisés : un patrimoine anthropo-géomorphologique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGF - CNFG, Dec 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05226576v1</w:t>
+                <w:t xml:space="preserve">hal-05415192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en spectacle et stratégies d’acceptabilité des activités minières, l’exemple de Kiruna (Suède)</w:t>
+                <w:t xml:space="preserve">Territories and Solvay legacies around the world: what kind of heritage for Solvay's company towns?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Edelblutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Méplain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les reliefs artificiels et artialisés : un patrimoine anthropo-géomorphologique ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGF - CNFG, Dec 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">TICCIH congres - TICCIH 2025 Kiruna - Heritage in action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TICCIH, Aug 2025, Kiruna, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05415192v1</w:t>
+                <w:t xml:space="preserve">hal-05226576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What trajectories for the hydrosystems of the Pays de Bitche?</w:t>
               </w:r>
@@ -2076,51 +2076,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léopold Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Edelblutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3280,423 +3280,423 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaturation of the militarized hydosystems of the Pays de Bitche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconfigurations of the territorial organization of the Pays de Bitche following the departure of the army</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France. , 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34972/driihm-f1b5bd⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34972/driihm-95a882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04622323v1</w:t>
+                <w:t xml:space="preserve">hal-04622338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conversion des anciennes villes forteresses : Palmanova, Karlsborg</w:t>
+                <w:t xml:space="preserve">Renaturation of the militarized hydosystems of the Pays de Bitche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Loger et déloger l'armée au fil des siècles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France. , 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34972/driihm-f1b5bd⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04530193v1</w:t>
+                <w:t xml:space="preserve">hal-04622323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lieux de l’armée : esthétisme et pratiques informelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La conversion des anciennes villes forteresses : Palmanova, Karlsborg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Loger et déloger l'armée au fil des siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Nancy-Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04530189v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconfigurations of the territorial organization of the Pays de Bitche following the departure of the army</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les lieux de l’armée : esthétisme et pratiques informelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Loger et déloger l'armée au fil des siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Nancy-Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34972/driihm-95a882⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04622338v1</w:t>
+                <w:t xml:space="preserve">hal-04530189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rurbaniser les villages lorrains</w:t>
+                <w:t xml:space="preserve">Habiter la «ville-éponge» : Luxembourg-ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
@@ -3710,75 +3710,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival International de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Saint-Dié, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03590366v1</w:t>
+                <w:t xml:space="preserve">hal-03590701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habiter la «ville-éponge» : Luxembourg-ville</w:t>
+                <w:t xml:space="preserve">Rurbaniser les villages lorrains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
@@ -3792,75 +3792,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival International de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Saint-Dié, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03590701v1</w:t>
+                <w:t xml:space="preserve">hal-03590366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une « Porte de France » ouverte entre la Grande Région et la Chine</w:t>
+                <w:t xml:space="preserve">La Chine dans le Monde du vin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
@@ -3874,75 +3874,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival International de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Saint-Dié-des-Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02867189v1</w:t>
+                <w:t xml:space="preserve">hal-02867185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Chine dans le Monde du vin</w:t>
+                <w:t xml:space="preserve">Une « Porte de France » ouverte entre la Grande Région et la Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
@@ -3956,51 +3956,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival International de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Saint-Dié-des-Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02867185v1</w:t>
+                <w:t xml:space="preserve">hal-02867189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysages des ruisseaux et canaux de flottage du Saulnois</w:t>
               </w:r>
@@ -4258,807 +4258,807 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les hydrosystèmes défensifs de la Ligne Maginot</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le départ de l'armée, quels impacts territoriaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Niederlander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Hein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.94-98, 2024, 979-10-415-3640-5</w:t>
+              <w:t xml:space="preserve">, Presses universitaires du Bitcherland, pp. 139-143, 2024, 979-10-415-3640-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04530202v1</w:t>
+                <w:t xml:space="preserve">hal-04548205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les châteaux forts du Pays de Bitche : de la ruine au géopatrimoine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les hydrosystèmes défensifs de la Ligne Maginot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Cordier</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Niederlander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Hein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.85-91, 2024, 979-10-415-3640-5</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.94-98, 2024, 979-10-415-3640-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04530190v1</w:t>
+                <w:t xml:space="preserve">hal-04530202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tourisme militaire : une forme de reterritorialisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les châteaux forts du Pays de Bitche : de la ruine au géopatrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Balouzat-Loubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tanguy Niederlander</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Hein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires du Bitcherland, pp.162-166, 2024, 979-10-415-3640-5</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.85-91, 2024, 979-10-415-3640-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542736v1</w:t>
+                <w:t xml:space="preserve">hal-04530190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'empreinte des camps militaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le tourisme militaire : une forme de reterritorialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Mathis</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Niederlander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabien Hein. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Pays de Bitche. Un territoire en mutation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp34-40, 2024, 979-10-415-3640-5</w:t>
+              <w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Bitcherland, pp.162-166, 2024, 979-10-415-3640-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04508775v1</w:t>
+                <w:t xml:space="preserve">hal-04542736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les héritages de la Ligne Maginot</w:t>
+                <w:t xml:space="preserve">L'empreinte des camps militaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Niederlander</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.89-94, 2024, 979-10-415-3640-5</w:t>
+              <w:t xml:space="preserve">Le Pays de Bitche. Un territoire en mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp34-40, 2024, 979-10-415-3640-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04541339v1</w:t>
+                <w:t xml:space="preserve">hal-04508775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les camps de sûreté</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les héritages de la Ligne Maginot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Niederlander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Hein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires du Bitcherland, pp.103-106., 2024, 979-10-415-3640-5</w:t>
+              <w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.89-94, 2024, 979-10-415-3640-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04548235v1</w:t>
+                <w:t xml:space="preserve">hal-04541339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le départ de l'armée, quels impacts territoriaux ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les camps de sûreté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chiffre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Niederlander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Hein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires du Bitcherland, pp. 139-143, 2024, 979-10-415-3640-5</w:t>
+              <w:t xml:space="preserve">, Presses universitaires du Bitcherland, pp.103-106., 2024, 979-10-415-3640-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04548205v1</w:t>
+                <w:t xml:space="preserve">hal-04548235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les paysages des anciennes frontières militaires de l'Europe (1860-1945). Pour une transition des anciens territoires de défense en territoires touristiques</w:t>
               </w:r>
@@ -5405,51 +5405,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EC1C1B71"/>
+    <w:nsid w:val="593C298D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5636,51 +5636,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-mathis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096238v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Calenge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enola Glotz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille M&#233;plain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096237v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jalabert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04498319v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04498341v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Niederlander" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04582748v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hecker" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chiffre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/0770-7576.7249" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04197838v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03685283v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02906580v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Balouzat-Loubet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.8862" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03214702v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02810964v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4039" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02813234v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.7526" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02813529v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.5712" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01698862v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692124v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10665" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01699154v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226576v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Barbier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Edelblutte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05415192v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bailoni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245465v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226593v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226521v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05319534v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621427v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03850253v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867331v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869405v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869403v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869402v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869401v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245394v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05248133v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622323v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-f1b5bd" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530193v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530189v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622338v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-95a882" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590366v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03590701v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02867189v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02867185v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02875999v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03590882v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02875995v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530202v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530190v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04542736v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04508775v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04541339v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04548235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04548205v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04195209v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589881v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/livre/?GCOI=27574100140330" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02867194v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-mathis" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096238v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Calenge" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enola Glotz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille M&#233;plain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096237v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jalabert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04498319v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04498341v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Niederlander" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04582748v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hecker" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chiffre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/0770-7576.7249" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04197838v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02906580v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Balouzat-Loubet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.8862" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03685283v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03214702v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02810964v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4039" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02813234v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.7526" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02813529v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.5712" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01698862v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01692124v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10665" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01699154v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05415192v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Barbier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bailoni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226576v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Edelblutte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245465v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226593v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226521v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05319534v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621427v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03850253v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867331v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869405v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869403v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869402v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02869401v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245394v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05248133v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622338v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-95a882" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622323v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-f1b5bd" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530193v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530189v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03590701v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590366v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02867185v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02867189v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02875999v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03590882v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02875995v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04548205v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530202v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530190v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04542736v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04508775v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04541339v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04548235v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04195209v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03589881v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/livre/?GCOI=27574100140330" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02867194v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>