--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1751,673 +1751,673 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03658689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitric oxide in the regulation of the sleep-wake states</w:t>
+                <w:t xml:space="preserve">Reconstruction of field excitatory post-synaptic potentials in the dentate gyrus from amperometric biosensor signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymond Cespuglio</w:t>
+                <w:t xml:space="preserve">Alessandro Viggiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Marinesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donia Amrouni</w:t>
+                <w:t xml:space="preserve">Frédéric Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Buguet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sabine Gautier-Sauvigné</w:t>
+                <w:t xml:space="preserve">Hirac Gurden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep Medicine Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 206 (1), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2012.01.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.smrv.2012.01.006⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03658712v1</w:t>
+                <w:t xml:space="preserve">hal-03658715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction of field excitatory post-synaptic potentials in the dentate gyrus from amperometric biosensor signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nitric oxide in the regulation of the sleep-wake states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Cespuglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Viggiano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Marinesco</w:t>
+                <w:t xml:space="preserve">Donia Amrouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Pain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Meiller</w:t>
+                <w:t xml:space="preserve">Alain Buguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hirac Gurden</w:t>
+                <w:t xml:space="preserve">Sabine Gautier-Sauvigné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 206 (1), pp.1-6. </w:t>
+              <w:t xml:space="preserve">Sleep Medicine Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (3), pp.265-279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2012.01.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.smrv.2012.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03658715v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03658712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebral Changes Occurring in Arginase and Dimethylarginine Dimethylaminohydrolase (DDAH) in a Rat Model of Sleeping Sickness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Donia Amrouni</w:t>
+                <w:t xml:space="preserve">Covalent enzyme immobilization by poly(ethylene glycol) diglycidyl ether (PEGDE) for microelectrode biosensor preparation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Vasylieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Barnych</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Monique Piraud</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Maucler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Bouteille</w:t>
+                <w:t xml:space="preserve">Loredano Pollegioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6 (3), pp.e16891. </w:t>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26 (10), pp.3993-4000. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0016891⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bios.2011.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03658722v1</w:t>
+                <w:t xml:space="preserve">hal-03658717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covalent enzyme immobilization by poly(ethylene glycol) diglycidyl ether (PEGDE) for microelectrode biosensor preparation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bogdan Barnych</w:t>
+                <w:t xml:space="preserve">Cerebral Changes Occurring in Arginase and Dimethylarginine Dimethylaminohydrolase (DDAH) in a Rat Model of Sleeping Sickness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Amrouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Maucler</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Gautier-Sauvigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loredano Pollegioni</w:t>
+                <w:t xml:space="preserve">Monique Piraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bouteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bios.2011.03.012⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (3), pp.e16891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0016891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03658717v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03658722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerebral and peripheral changes occurring in nitric oxide (NO) synthesis in a rat model of sleeping sickness: identification of brain iNOS expressing cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Amrouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Gautier-Sauvigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vincendeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bouteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 5 (2), pp.e9211. </w:t>
@@ -2589,90 +2589,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual molecular regulations of nitric oxide at the peripheral and central levels in experimental African sleeping sickness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Amrouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Buguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bouteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vincendeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2896,51 +2896,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Ferrandiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Buguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4154,51 +4154,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="92638BDD"/>
+    <w:nsid w:val="81ABC45D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4385,51 +4385,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-meiller" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5546-3035" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078802725" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442110v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Denoeud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guotian Luo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Paquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boisselier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Wosinski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05643-y" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303368v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Berezovska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meiller" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marinesco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannig Nedellec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giroud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2023.108435" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658264v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;kos Menyh&#225;rt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Frank" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attila Farkas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n S&#252;le" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikt&#243;ria &#201; Varga" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X211040056" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658226v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellora Sequeira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b03621" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996690v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Chatard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moreno-Velasquez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.8b00797" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658625v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201700836" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892074v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balan&#231;a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bezin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dreier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X16657571" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658659v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balanca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lieutaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2015.07.151" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658669v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Balanca" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marinesco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lieutaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2014.07.050" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H02WV5PJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658697v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Vasylieva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maucler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Viscogliosi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3035794" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658687v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maucler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Lehot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2013.07.249" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26CGMLPQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658689v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Yuan Li" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eyenga" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Gustin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mvr.2013.07.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J7MXD3JX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658712v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Cespuglio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Amrouni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buguet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Gautier-Sauvign&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smrv.2012.01.006" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5NRSG9FT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658715v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Viggiano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirac Gurden" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2012.01.013" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL021QWT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658722v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Piraud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bouteille" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016891" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658717v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Barnych" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredano Pollegioni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2011.03.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M9DJ4FJC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00605434v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vincendeau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009211" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658733v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alvarez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dran&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Bras" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Deguin-Chambon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553000600949624" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658729v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-2-s1-p2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489833v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alvarez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drane" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lallemand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blanchard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkm824" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658735v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Kaiser" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Texier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Ferrandiz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/500844" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489826v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goldschneider" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.01704" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658770v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Miro-Mur" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Haddada" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne May" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1206538" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658644v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994419v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994267v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994203v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994171v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365029v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Gand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658621v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Allioux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balan&#1195;a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811206238_0016" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-meiller" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5546-3035" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078802725" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442110v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Denoeud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guotian Luo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Paquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boisselier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Wosinski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05643-y" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303368v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Berezovska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meiller" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marinesco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannig Nedellec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giroud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2023.108435" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658264v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;kos Menyh&#225;rt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Frank" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attila Farkas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n S&#252;le" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikt&#243;ria &#201; Varga" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X211040056" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658226v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellora Sequeira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b03621" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996690v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Chatard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moreno-Velasquez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.8b00797" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658625v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201700836" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892074v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balan&#231;a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bezin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dreier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0271678X16657571" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658659v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balanca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lieutaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2015.07.151" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658669v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Balanca" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marinesco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lieutaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2014.07.050" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H02WV5PJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658697v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Vasylieva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maucler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Viscogliosi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3035794" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658687v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maucler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Lehot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2013.07.249" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26CGMLPQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658689v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Yuan Li" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eyenga" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Gustin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mvr.2013.07.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J7MXD3JX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658715v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Viggiano" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirac Gurden" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2012.01.013" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL021QWT-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658712v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Cespuglio" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Amrouni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buguet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Gautier-Sauvign&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smrv.2012.01.006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5NRSG9FT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658717v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Barnych" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loredano Pollegioni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2011.03.012" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M9DJ4FJC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658722v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Piraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bouteille" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016891" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00605434v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vincendeau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009211" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658733v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alvarez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dran&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Bras" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Deguin-Chambon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553000600949624" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658729v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-2-s1-p2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489833v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alvarez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drane" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lallemand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blanchard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkm824" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658735v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Kaiser" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Texier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Ferrandiz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/500844" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489826v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Goldschneider" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.01704" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658770v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Miro-Mur" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Haddada" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne May" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1206538" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658644v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994419v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994267v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994203v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994171v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365029v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Gand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658621v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Allioux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Balan&#1195;a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811206238_0016" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>