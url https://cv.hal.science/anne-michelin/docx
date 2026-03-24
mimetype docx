--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -493,286 +493,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04747974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for dyes purification by preparative bidimensional offline reversed‐phase high‐performance liquid chromatography separation based on mobile phase pH change: Case study of Justicia spicigera</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les apports de l'analyse des matériaux et de l'imagerie chimique à l’histoire des scriptoria et des bibliothèques : le ms. Avranches, BP, 50, témoin des relations entre le Mont Saint-Michel et Saint-Laumer de Blois avant 1022. Première partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Witold Nowik</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oulfa Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Separation Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Scriptorium : revue internationale des études relatives aux manuscrits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, LXXIV (2021-2), pp.251-284</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04039909v1</w:t>
+                <w:t xml:space="preserve">hal-04211954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les apports de l'analyse des matériaux et de l'imagerie chimique à l’histoire des scriptoria et des bibliothèques : le ms. Avranches, BP, 50, témoin des relations entre le Mont Saint-Michel et Saint-Laumer de Blois avant 1022. Première partie</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Methodology for dyes purification by preparative bidimensional offline reversed‐phase high‐performance liquid chromatography separation based on mobile phase pH change: Case study of Justicia spicigera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Oulfa Belhadj</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Nowik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tchapla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scriptorium : revue internationale des études relatives aux manuscrits</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Separation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jssc.202200774⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04211954v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral characterisation of a traditional Mesoamerican dye: relationship between in situ identification on the 16th century Codex Borbonicus manuscript and composition of Justicia spicigera plant extract</w:t>
               </w:r>
@@ -797,51 +797,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Nowik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bellot-Gurlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1035,51 +1035,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (40), </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1545,51 +1545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomon Kwimang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Goubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1738,546 +1738,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly(3,4-ethylenedioxythiophene/permethylated β-cyclodextrin) polypseudorotaxane and polyrotaxane: Synthesis, characterization and application as hole transporting materials in perovskite solar cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Goubard</w:t>
+                <w:t xml:space="preserve">Analyse d’une carte du monde du VIIIe siècle : la Mappa mundi d’Albi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mira Abdallah</w:t>
+                <w:t xml:space="preserve">Jocelyne Deschaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Tournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh-Tuân Bui</w:t>
+                <w:t xml:space="preserve">Vaidelich Stéphane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitra Theodosopoulou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+                <w:t xml:space="preserve">Gael Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Support Tracé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17, pp.5-13</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469552v1</w:t>
+                <w:t xml:space="preserve">hal-03046332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulating the composition and structuration of coloring layers in historical painting from non-invasive spectral reflectance measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (7), pp.599-611. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crhy.2018.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse d’une carte du monde du VIIIe siècle : la Mappa mundi d’Albi</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterizing the Intrinsic Fluorescence Properties of Historical Painting Materials: The Case Study of a Sixteenth-Century Mesoamerican Manuscript</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Loubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lavédrine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Support Tracé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4, pp.573-583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0003702817747276⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03046332v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the Intrinsic Fluorescence Properties of Historical Painting Materials: The Case Study of a Sixteenth-Century Mesoamerican Manuscript</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christine Andraud</w:t>
+                <w:t xml:space="preserve">Poly(3,4-ethylenedioxythiophene/permethylated β-cyclodextrin) polypseudorotaxane and polyrotaxane: Synthesis, characterization and application as hole transporting materials in perovskite solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Goubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mira Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Tuân Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Loubard</w:t>
+                <w:t xml:space="preserve">Dimitra Theodosopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Lavédrine</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 4, pp.573-583. </w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 105 (45), pp.250-256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0003702817747276⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02980551v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Independent macroscopic chemical mappings of cultural heritage materials with reflectance imaging spectroscopy: case study of a 16 th century Aztec manuscript</w:t>
               </w:r>
@@ -2289,51 +2289,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomon Kwimang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2569,269 +2569,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperspectral Imaging and Deep Neural Network for material classification in Cultural Heritage coloured surfaces</w:t>
+                <w:t xml:space="preserve">Non-invasive imaging of the Beatus de Saint-Sever: exploring artistic techniques with optical coherence tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Gimenez</w:t>
+                <w:t xml:space="preserve">Xueshi Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Calligaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Pouyet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Charlotte Denoel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Whispers 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics for Arts, Architecture, and Archaeology (O3A) X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIE, Jun 2025, Munich, France. pp.11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3066271⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05393142v1</w:t>
+                <w:t xml:space="preserve">hal-05393980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive imaging of the Beatus de Saint-Sever: exploring artistic techniques with optical coherence tomography</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hyperspectral Imaging and Deep Neural Network for material classification in Cultural Heritage coloured surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Calligaro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Andraud</w:t>
+                <w:t xml:space="preserve">Patricia Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Denoel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. Miteva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics for Arts, Architecture, and Archaeology (O3A) X</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Whispers 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Barcelona, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05393980v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude Matérielle des Manuscrits Anciens du Mont Saint-Michel : analyse de l'évolution des pratiques des copistes et des artistes au XIe siècle</w:t>
               </w:r>
@@ -3061,976 +3061,976 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple and low-cost imaging methodology to recover writings in fire-damaged medieval manuscripts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Mappa Mundi of Albi - Materials identification of an 8th century manuscript</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Heu-Thao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Tournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Latour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manuscript and Early Book Destruction Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dr K. A. Murchison, May 2023, Leiden (NL), Netherlands</w:t>
+              <w:t xml:space="preserve">Care and Conservation of Manuscripts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Matthew Driscoll, Ragnheiður Mósesdóttir, Katarzyna Kapitan, Seán Vrieland, Apr 2023, Copenhague, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04807872v1</w:t>
+                <w:t xml:space="preserve">hal-04309410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Mappa Mundi of Albi - Materials identification of an 8th century manuscript</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'évolution des pratiques des copistes et des artistes du scriptorium du Mont Saint-Michel au XIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Tournié</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Care and Conservation of Manuscripts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Matthew Driscoll, Ragnheiður Mósesdóttir, Katarzyna Kapitan, Seán Vrieland, Apr 2023, Copenhague, France</w:t>
+              <w:t xml:space="preserve">1023-2023 : le Mont Saint-Michel en Normandie et en Europe. Nouvelles découvertes et nouvelles perspectives de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathilde Labatut; Fabien Paquet; Christophe Maneuvrier (collaboration), May 2023, Cerisy-la-Salle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04309410v1</w:t>
+                <w:t xml:space="preserve">hal-04309210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'évolution des pratiques des copistes et des artistes du scriptorium du Mont Saint-Michel au XIe siècle</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Purification et caractérisation des composés colorés extraits des feuilles de Justicia spicigera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Nowik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tchapla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1023-2023 : le Mont Saint-Michel en Normandie et en Europe. Nouvelles découvertes et nouvelles perspectives de recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mathilde Labatut; Fabien Paquet; Christophe Maneuvrier (collaboration), May 2023, Cerisy-la-Salle, France</w:t>
+              <w:t xml:space="preserve">SEP23 - 15ème Congrès Francophone sur les Sciences Séparatives et les Couplages de l'AFSEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04309210v1</w:t>
+                <w:t xml:space="preserve">hal-04071112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification et caractérisation des composés colorés extraits des feuilles de Justicia spicigera</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les apports des analyses physico-chimiques à la connaissance du manuscrit 50 d'Avranches, provenant du Mont Saint-Michel (Blois-Orléans, vers 1020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEP23 - 15ème Congrès Francophone sur les Sciences Séparatives et les Couplages de l'AFSEP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire : Les Ymagiers. Séance du 12 juin 2023 (École du Louvre)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Claudia Rabel, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04071112v1</w:t>
+                <w:t xml:space="preserve">hal-04807882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les apports des analyses physico-chimiques à la connaissance du manuscrit 50 d'Avranches, provenant du Mont Saint-Michel (Blois-Orléans, vers 1020)</w:t>
+                <w:t xml:space="preserve">Simple and low-cost imaging methodology to recover writings in fire-damaged medieval manuscripts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire : Les Ymagiers. Séance du 12 juin 2023 (École du Louvre)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Claudia Rabel, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Manuscript and Early Book Destruction Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dr K. A. Murchison, May 2023, Leiden (NL), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04807882v1</w:t>
+                <w:t xml:space="preserve">hal-04807872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the chemistry of Justicia spicigera dyestuff from Central America</w:t>
+                <w:t xml:space="preserve">Purification and characterisation of the purple colourant from Justicia spicigera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Nowik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Tchapla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Heron</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">inArt 2022: 5th International Conference on Innovation in Art Research and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Analytics 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03714450v1</w:t>
+                <w:t xml:space="preserve">hal-03821916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification and characterisation of the purple colourant from Justicia spicigera</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Witold Nowik</w:t>
+                <w:t xml:space="preserve">Analyses du Jikji par spectroscopie infrarouge à transformée de Fourier et imagerie de fluorescence X</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Radepont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oulfa Belhadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytics 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Seminar on the Results of the Scientific Analyses of the Jikji</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cheongju, Corée du Sud</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03821916v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03833130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses du Jikji par spectroscopie infrarouge à transformée de Fourier et imagerie de fluorescence X</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oulfa Belhadj</w:t>
+                <w:t xml:space="preserve">Étude matérielle des manuscrits du Mont Saint-Michel. Regard sur les pratiques du scriptorium au XIème siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Seminar on the Results of the Scientific Analyses of the Jikji</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cheongju, Corée du Sud</w:t>
+              <w:t xml:space="preserve">Séminaire - La fabrique de l’art : utilisation des données matérielles en histoire de l’art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sigrid Mirabaud; Charlotte Denoël, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03833130v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude matérielle des manuscrits du Mont Saint-Michel. Regard sur les pratiques du scriptorium au XIème siècle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurianne Robinet</w:t>
+                <w:t xml:space="preserve">New insights into the chemistry of Justicia spicigera dyestuff from Central America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Nowik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tchapla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Heron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire - La fabrique de l’art : utilisation des données matérielles en histoire de l’art</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sigrid Mirabaud; Charlotte Denoël, Mar 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">inArt 2022: 5th International Conference on Innovation in Art Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04309254v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le scriptorium et la bibliothèque du Mont Saint-Michel au XIe siècle : analyse matérielle des manuscrits (parchemins, encres, pigments et liants)</w:t>
               </w:r>
@@ -4135,368 +4135,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02346259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aluminium Surfaces in Heritage Collections: Evaluating Surface Appearance Modifications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methodological considerations regarding the problem of apparent versus intrinsic fluorescence properties of historical paint layers (Conference Presentation)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Goubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mira Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaela Florescu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Andraud</w:t>
+                <w:t xml:space="preserve">Diego Magaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Betinelli</w:t>
+                <w:t xml:space="preserve">Akram Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clotilde Boust</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Magali Brunet</w:t>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Interim Meeting of the ICOM-CC Metals Working Group</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics for Arts, Architecture, and Archaeology VII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2527271⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02297849v1</w:t>
+                <w:t xml:space="preserve">hal-03469538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodological considerations regarding the problem of apparent versus intrinsic fluorescence properties of historical paint layers (Conference Presentation)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aluminium Surfaces in Heritage Collections: Evaluating Surface Appearance Modifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Magaldi</w:t>
+                <w:t xml:space="preserve">Michaela Florescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akram Hijazi</w:t>
+                <w:t xml:space="preserve">Philippe Betinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadette Graff</w:t>
+                <w:t xml:space="preserve">Clotilde Boust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics for Arts, Architecture, and Archaeology VII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9th Interim Meeting of the ICOM-CC Metals Working Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Neuchâtel, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469538v1</w:t>
+                <w:t xml:space="preserve">hal-02297849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REX Project: Extraction and Processing of underlying Texts ‐ Study of a Marie‐Antoinette secret Correspondence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kergourlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Histace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lavédrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Natural Sciences and Technology in Manuscript Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre for the Study of Manuscript Cultures, Hamburg, Feb 2016, Hamburg, Germany</w:t>
@@ -4519,277 +4519,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01301790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Counterfeit coinage of the Holy Roman Empire in the 16th century: silvering process and archaeometallurgical replications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elise Alloin</w:t>
+                <w:t xml:space="preserve">Non-invasive characterization of dye-based paints in prehispanic Mesoamerica: The colors of the Codex Borbonicus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Berthier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Goubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Histace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeometallurgy in Europe III</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Bochum, Germany</w:t>
+              <w:t xml:space="preserve">Proceedings of Dyes in History &amp; Archaeology 2015 conference (DHA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02368846v1</w:t>
+                <w:t xml:space="preserve">hal-01395707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive characterization of dye-based paints in prehispanic Mesoamerica: The colors of the Codex Borbonicus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Pottier</w:t>
+                <w:t xml:space="preserve">Counterfeit coinage of the Holy Roman Empire in the 16th century: silvering process and archaeometallurgical replications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Alloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Histace</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Dyes in History &amp; Archaeology 2015 conference (DHA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Thessaloniki, Greece</w:t>
+              <w:t xml:space="preserve">Archaeometallurgy in Europe III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01395707v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02368846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cochineal in the Codex Borbonicus and Mesoamerican codices: from assumption to characterization</w:t>
               </w:r>
@@ -4801,51 +4801,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Goubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4971,51 +4971,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Doucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Nowik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5079,64 +5079,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Nowik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Tchapla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5191,90 +5191,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From analytical to preparative chromatography: optimisation of an offline bidimensional separation for the purification of the coloured compounds in a traditional mesoamerican dye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Nowik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Tchapla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEP21 - 14ème Congrès Francophone sur les Sciences Séparatives et les Couplages de l'AFSEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
@@ -5387,51 +5387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Solenn Le Hô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Menu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Los Angeles: J. Paul Getty Museum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In M. Svoboda, C.R. Cartwright (eds), Mummy Portraits of Roman Egypt: Emerging Research from the APPEAR Project</w:t>
@@ -5527,255 +5527,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04807583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary investigation on the Codex Borbonicus: macroscopic examination and coloring materials characterization</w:t>
+                <w:t xml:space="preserve">Rendre lisibles des manuscrits sinistrés : Apport de l’imagerie scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">E. Dupey-Garcia, M. Vazquez de Agredos. </w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Michelin et Laurianne Robinet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Painting the Skin: Pigments on Bodies and Codices in Pre-Columbian Mesoamerica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Part II (Chapter 10), The University of Arizona Press, Tucson, pp.157-174, 2018</w:t>
+              <w:t xml:space="preserve">Actes du colloque : Les Rescapés du feu - L'imagerie scientifique au service des manuscrits de Chartres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Archéologique D'Eure-et-Loir, pp.51-72, 2018, 2-905866-90-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01690169v1</w:t>
+                <w:t xml:space="preserve">hal-03036223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rendre lisibles des manuscrits sinistrés : Apport de l’imagerie scientifique</w:t>
+                <w:t xml:space="preserve">Preliminary investigation on the Codex Borbonicus: macroscopic examination and coloring materials characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Anne Michelin et Laurianne Robinet. </w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Tournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Goubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Histace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Dupey-Garcia, M. Vazquez de Agredos. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque : Les Rescapés du feu - L'imagerie scientifique au service des manuscrits de Chartres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Archéologique D'Eure-et-Loir, pp.51-72, 2018, 2-905866-90-X</w:t>
+              <w:t xml:space="preserve">Painting the Skin: Pigments on Bodies and Codices in Pre-Columbian Mesoamerica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Part II (Chapter 10), The University of Arizona Press, Tucson, pp.157-174, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03036223v1</w:t>
+                <w:t xml:space="preserve">hal-01690169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5969,51 +5969,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Michelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Nowik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Museum National d'Histoire Naturelle (MNHN); CNRS. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
@@ -6429,51 +6429,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185402v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Robinet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heu-Thao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Galante" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Latour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tourni&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2025.05.013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361044v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ossola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pinna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bougiouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.70110" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747974v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecouteux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Arberet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa Belhadj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Michelin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039909v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Nowik" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Andraud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.202200774" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211954v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208241v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1AN00113B" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03371072v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gimat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massiani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouchon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40494-021-00593-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03376066v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg4266" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521306v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Membre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Zenatti Fadanelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Richard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-020-04196-9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036330v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Schmeltz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poirel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521340v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosarosa Manca" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Burgio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Button" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Browne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Horsfall Turner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/i2019-12668-0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02313794v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Kwimang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Goubard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2018.06.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027994v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2018.08.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469552v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Abdallah" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tu&#226;n Bui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Theodosopoulou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.06.005" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01954575v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gerardin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu H&#233;bert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2018.09.007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046332v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Deschaux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaidelich St&#233;phane" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Latour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980551v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Loubard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lav&#233;drine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0003702817747276" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980375v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goubard Fabrice" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7AY00749C" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981375v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Burger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Neff" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2013.07.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LQRKRNVZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393142v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gimenez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Miteva" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pouyet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393980v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueshi Bai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Calligaro" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Denoel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3066271" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786515v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Radepont" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786518v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807872v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309410v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309210v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071112v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714450v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821916v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833130v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309254v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346259v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa P Belhadj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297849v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Florescu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Betinelli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boust" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469538v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Magaldi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Hijazi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Graff" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2527271" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301790v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kergourlay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Histace" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368846v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Alloin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berthier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395707v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153167v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044233v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roca" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Doucet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ron" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04163349v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663797v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534486v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Brunel-Duverger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thomas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Le H&#244;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807583v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690169v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036223v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257566v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652624v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roca" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535050v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00735512v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185402v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Robinet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heu-Thao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Galante" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Latour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tourni&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2025.05.013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361044v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ossola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pinna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bougiouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.70110" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747974v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecouteux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Arberet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa Belhadj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Michelin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211954v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039909v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Nowik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Andraud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.202200774" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208241v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bellot-Gurlet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1AN00113B" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03371072v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gimat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massiani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rouchon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40494-021-00593-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03376066v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg4266" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521306v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Membre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Zenatti Fadanelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Richard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-020-04196-9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036330v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Schmeltz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poirel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521340v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosarosa Manca" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Burgio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Button" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Browne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Horsfall Turner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/i2019-12668-0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02313794v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Kwimang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Goubard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2018.06.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027994v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2018.08.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046332v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Deschaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaidelich St&#233;phane" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Latour" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01954575v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gerardin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu H&#233;bert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2018.09.007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980551v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Loubard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lav&#233;drine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0003702817747276" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469552v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Abdallah" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tu&#226;n Bui" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Theodosopoulou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.06.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980375v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goubard Fabrice" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7AY00749C" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981375v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Burger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Neff" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2013.07.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LQRKRNVZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393980v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueshi Bai" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Calligaro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Denoel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3066271" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393142v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gimenez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Miteva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pouyet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786515v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Radepont" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786518v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309410v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309210v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071112v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807882v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807872v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821916v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833130v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309254v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714450v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346259v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa P Belhadj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469538v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Magaldi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Hijazi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Graff" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2527271" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297849v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Florescu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Betinelli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boust" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301790v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kergourlay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Histace" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395707v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368846v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Alloin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berthier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153167v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044233v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roca" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Doucet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ron" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04163349v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663797v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534486v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Brunel-Duverger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Thomas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Solenn Le H&#244;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807583v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036223v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690169v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257566v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652624v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roca" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535050v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00735512v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>