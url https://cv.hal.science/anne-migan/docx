--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Migan </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-Situ performance assessment of VRLA-Gel battery bank for energy management strategies Adaptation in PV microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghjuvan-Antone Faggianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Duchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 343, pp.120199. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2025.120199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Building-Installed PV system, with consideration given to the size and position of the building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 250, pp.123143. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2025.123143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Spectral Ensemble Clustering for Fault Diagnosis: Application to Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohsen Zargarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chabakata Mahamat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.170418 - 170436. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2024.3497977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of BIPV system under partial shading condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 283, pp.112969. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2024.112969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six‐Month Outdoor Performance Study of Stable Perovskite Solar Cells Under Real Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Narbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar RRL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (11), pp.2400093. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/solr.202400093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust I–V curve correction procedure for degraded photovoltaic modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clifford Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 224, pp.120108. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2024.120108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of PV array configurations under dynamic partial shadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.21. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2023012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control strategy for a dual-axis sun tracker based on a radiometric cube to maximize the power output of the PV system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahery Henintsoa Andriamahefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mininger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.35. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2023022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of IEC 60891:2021 procedures for correcting I – V curves of photovoltaic modules under healthy and faulty conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pip.3652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Cost I–V Tracer for PV Fault Diagnosis Using Single-Diode Model Parameters and I–V Curve Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lechenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (15), pp.5350. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en15155350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis of photovoltaic panels using full I–V characteristics and machine learning techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 248, pp.114785. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2021.114785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the Uncertainty due to Each Step of Simulating the Photovoltaic Conversion under Real Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moira Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Photoenergy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021, pp.4228658. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2021/4228658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Step Energy Management Method Guided by Day-Ahead Quantile Solar Forecasts: Cross-Impacts on Four Services for Smart-Buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderon-Obaldia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (22), pp.5882. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13225882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Artificial Neural Networks to photovoltaic fault detection and diagnosis: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 138, pp.110512. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2020.110512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03087601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errors in PV power modelling due to the lack of spectral and angular details of solar irradiance inputs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lindsay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Libois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 197, pp.266-278. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2019.12.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03080195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum power point analysis for partial shading detection and identification in photovoltaic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 224, pp.113374. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2020.113374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometrical optimization for a photovoltaic installation equipped with flat reflectors based on plane of array estimations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.1. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2019010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02550119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandgap engineered smart three-terminal solar cell: New perspectives towards very high efficiencies in the silicon world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (4), pp.306. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pip.3096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02072942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PV shading fault detection and classification based on I-V curve using principal component analysis: Application to isolated PV system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 179, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2018.12.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01970593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence technique for estimating PV modules performance ratio under outdoor operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Tossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Soro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Azoumah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (5), pp.053505. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5042217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving InGaN heterojunction solar cells efficiency using a semibulk absorber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Streque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belahsene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 159, pp.405 - 411. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2016.09.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of semibulk InGaN-based solar cell using realistic modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul L. Voss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 157, pp.687-691. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2017.08.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of InGaN/Si tandem cells: comparison between 2-contacts/4-contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Alamarguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2017003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-efficiency indium gallium nitride/Si tandem photovoltaic solar cells modeling using indium gallium nitride semibulk material: monolithic integration versus 4-terminal tandem cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Salvestrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Ougazzaden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (11), pp.1436 - 1447. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pip.2807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux comprendre le comportement des modules photovoltaïques en fonctionnement réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal du photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Numerical Study of the Influence of String Mismatch on the Yield of PV Modules Augmented By Static Planar Reflectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (6), pp.1686. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2015.2478057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic yield correction method for mismatch of the solar spectrum and the reference ASTMG AM1.5G spectrum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.60701. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2014011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01242745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterization of amorphous silicon based photovoltaic modules with different structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Elyaakoubi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (11-12), pp.1711-1713. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssc.201400048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical analysis of the influence of defect parameters on photovoltaic performances of composition graded InGaN solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, B 178, pp.142-148. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mseb.2012.10.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of traps in P3HT:PCBM based organic solar cells using fractional thermally stimulated current technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Vissac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 358 (17), pp.2537-2540. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2012.01.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the metastability behavior of CIGS based solar cells with ZnMgO-Zn(S,O,OH) window-buffer layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 519 (21), pp.7606-7610. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2010.12.148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Link between crystal quality and electrical properties of metalorganic vapour phase epitaxy InxGa1−xN thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 99 (6), pp.062113. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3624598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue-violet boron-based Distributed Bragg Reflectors for VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 315 (1), pp.283-287. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2010.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of electric charge transport in conjugated polymer P3HT:PCBM solar cell with temperature dependent current and capacitance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roshanak Radbeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7 (3-4), pp.1000-1004. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssc.200982815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subgap modulated photocurrent spectroscopy and its application to the study of the solar cell absorber defect distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 108 (4), pp.043707</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue–violet boron-based Distributed Bragg Reflectors for VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.10.1016/jcrysgro</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-Gap Modulated Photo Current Spectroscopy performed on Cu(In-x,Ga1-x)(Se-y,S1-y)(2) based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp.2256. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2008.10.143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00432844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two step wet surface treatment influence on the electronic properties of Cu(In,Ga)Se2 solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp. 2550-2553</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of Cu(In,Ga)Se2/(PVD)In2S3 and Cu(In,Ga)Se2/(CBD)CdS heterojunction based solar cells by admittance spectroscopy, current–voltage and spectral response measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Chouffot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp. 2423-2426</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-Gap Modulated Photo Current Spectroscopy performed on Cu(Inx,Ga1−x)(Sey,S1−y)2 based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp. 2256-2259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy defect density of electrodeposited CuIn(S,Se)2 and its correlation with solar cells performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Connolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 5 (11), pp.3449-3452. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssc.200779437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00763176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlGaN/AlN multiple quantum wells grown by MOVPE on AlN templates using nitrogen as a carrier gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Aggerstam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pinos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcinkevičius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 310 (23), pp.4927-4931</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00319149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of electronic transport properties of thin film CuIn(S,Se)2 solar cells based on electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bermudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 516, pp.6999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlGaN/AlN multiple quantum wells grown by MOVPE on AlN templates using nitrogen as a carrier gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Aggerstam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pinos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcinkevicius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 310, pp.4927</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of optical and electrical gap of electrodeposited CuIn(S,Se)2 determined by spectral photo response and I–V–T measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 515, pp.6233-6237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy of cadmium free CIGS solar cells heterointerfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Naghavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 511-512, pp.320-324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (111)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of power output modelling of an agrivoltaic system with on-site measurements in Palaiseau, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moira Itzel Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shusen Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Mekhaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Attention Mechanism Derived from Diffusion Model for Photovoltaic Cell Fault Diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Qing Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE EUROCON 2025 - 21st International Conference on Smart Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Gdynia, Poland. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EUROCON64445.2025.11073476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon based electrode perovskite solar cells under real outdoor working conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Var</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Narbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVsec 2025 - the 42nd European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Accuracy: Performance Evaluation Considering Testing Data Volume and Proportions for Photovoltaic Fault Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Qing Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IECON – 51st Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Ladybug Tool on Building-Installed PV Reconfiguration Under Partial Shading Condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 52nd Photovoltaic Specialist Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seattle, United States. pp.176-181, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC57443.2024.10748886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Control of a Dual-Axis PV Solar Tracker using a Radiometric Cube and an Artificial Neural Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahery Henintsoa Andriamahefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mininger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 52nd Photovoltaic Specialist Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seattle, United States. pp.1296-1301, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC57443.2024.10749620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigured PV array performance of BIPV system in urban area under Partial Shading Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 8th International Conference on Smart and Sustainable Technologies (SpliTech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Split/Bol, Croatia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/SpliTech58164.2023.10193540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor Performance Monitoring and Characterization of Novel Perovskite Solar Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of Perovskite Solar Devices on Outdoor Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puel Jean-Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon (Online Event), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PV modules outdoor performance: temperature coefficient variation with irradiance level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis of grid-connected photovoltaic systems based on unsupervised ensemble clustering and multi layer perceptron model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohsen Zargarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Zermani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EU PVSEC, Sep 2023, Lisbon (Portugal), Portugal. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4229/EUPVSEC2023/4CV.1.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability and degradation analysis of photovoltaic modules under harsh environmental conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daha Hassan Daher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre‐olivier Logerais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Menezo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Terms Stability and Metastable Behavior of Perovskite Solar Devices on Outdoor Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Castillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE 50th Photovoltaic Specialists Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, San Juan, PR, United States. pp.1-3, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC48320.2023.10359985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIRTA’s PAL station: News, solar projects and QC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahery H. Andriamahefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCRP/BSRN Scientific Review and Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Ispra, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault Detection and Diagnosis applied to photovoltaic power plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electric Engineering and Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor Performances of Opaque and Semi-Transparent Perovskite Solar Modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Conference on Photovoltaic Energy Conversion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic de défauts photovoltaïques par analyse des caractéristiques I-V complètes et utilisation de techniques d'apprentissage automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaic (JNPV 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03518815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are IEC 60891 I-V curve correction methods suitable for I-V curves measured from PV modules under faulty conditions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes Journées Nationales du Photovoltaic (JNPV 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03237624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion photoélectrique : quelles sont les étapes de simulation les plus incertaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire (JNES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Odeillo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of the True Remaining Capacity of Legacy Lead-Acid Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Brézard-Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 9th International Conference on Smart Grid (icSmartGrid)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Setúbal, Portugal. pp.92-96, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icSmartGrid52357.2021.9551263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Battery-SC and Battery-Battery Multistage Design and Energy Management for Power Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2021 - 47th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Toronto (ON), Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON48115.2021.9589603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral irradiance effect on photovoltaic modules of different technologies: modelling and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lechenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM-Besançon)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Besancon, France. pp.180-186, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PHM-Besancon49106.2020.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Performance of the I-V Curve Correction Methods in the Presence of Defects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reuse Legacy to Repower the Microgrids–An Affordable Solution for Test and Restoration of Repurposed Lead Acid Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waqar Uddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashood Nasir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 2nd International Conference on Smart Power &amp; Internet Energy Systems (SPIES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Bangkok, Thailande, Thailand. pp.463-468, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPIES48661.2020.9243053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management strategy for an optimum control of a standalone photovoltaic-batteries water pumping system for agriculture applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Benzaouia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajji Bekkay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Rabhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Mellit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benslimane Anas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Electronic Engineering and Renewable Energy (ICEERE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Saïda, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Performance Analysis of a Photovoltaic Water Pumping System based on DC-DC Boost Converter and BLDC Motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Benzaouia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Bouselham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bekkay Hajji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 7th International Renewable and Sustainable Energy Conference (IRSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Agadir, Maroc, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRSEC48032.2019.9078267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiance Dependence of the Short-Circuit Current Temperature Coefficient of sc-Si PV Module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photovoltaic Specialists Conference (PVSC 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Calgari (virtual), Canada. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC45281.2020.9300416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using analogs ensembles and genetic algorithm to handle uncertainty in a microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderon-Obaldia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Installation PV équipée de réflecteurs plans : Quelles sont les conséquences d’un éclairement non uniforme sur la production PV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Besançon, France. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/phm-besancon49106.2020.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reuse Legacy to Repower the Microgrids-An Affordable Solution for Test and Restoration of Repurposed Lead Acid Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waqar Uddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashood Nasir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Smart Power &amp; Internet Energy Systems (SPIES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity Analysis of Convolutional Neural Network Applied to PV Fault Diagnosis via Image Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel niveau de granularité est le mieux adapté pour modéliser un panneau solaire photovoltaïque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification des méthodes de diagnostic de défauts appliquées au photovoltaïque en utilisant un schéma en quatre étapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation en conditions réelles de 5 technologies : Quels impacts de l’environnement sur les performances PV ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New four-stage classification method for Fault Detection and Diagnosis applied to photovoltaic power plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des performances d’une installation photovoltaïque équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring PV modules and CIGS prototype performances in outdoor conditions in the Paris area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Workshop on CIGS Solar Cell Technology (IW-CIGSTech 10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-terminal tandem solar cells combining bottom interdigitated back contact and top heterojunction subcells: a new architecture for high power conversion efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition (EU-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intercomparison of 7 solar radiometers on a tilted plane for photovoltaic applications: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Baseline Surface Radiative Network Scientific Review and Workshop (BSRN-15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Boulder, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven approach for isolated PV shading fault diagnosis based on experimental I-V curves analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Industrial Technology (ICIT 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icit.2018.8352302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty in the simulation of photovoltaic module performance related to outdoor parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Materials Science and Engineering for Green Energy Conference (IMSEGEC-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with uncertainty in PV-powered microgrids: An optimal corrective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amjad M Anvari-Moghaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep M Guerrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan C Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International des Réseaux Electriques de Distribution CIRED Workshop 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le solaire vu sous tous les angles au SIRTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des nuages sur la production photovoltaïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Nicole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Libois Quentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lac Christine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de Modélisation de l'Atmosphère (AMA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de l’irradiance arrivant sur une installation PV équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveillance des modules photovoltaïques en conditions réelles par l’analyse des grandeurs électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bahri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An original 3-terminal wide gap/silicon heterojunction tandem solar cell concept: Design and calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Silicon PV 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de prévision de la production d’électricité d’origine photovoltaïque : où sont les facteurs d’incertitude ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème colloque de la Fédération d’électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic characterization under real condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop TREND-X / MISTIGRID : recherche sur la transition énergétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau concept de cellules solaires tandem à 3 terminaux sur base de cellule solaire à contacts interdigités en face arrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar energy predictability for photovoltaic management applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forecasting and Risk Management for Renewable Energy Conference (FOREVER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de l'incertitude lors de la prévision de la production d'énergie d'origine photovoltaïque pour améliorer l'efficacité et la gestion d'un micro-réseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de prévision de la production d’électricité d’origine photovoltaïque : où sont les facteurs d’incertitude ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Step-by-step evaluation of photovoltaic module performance related to outdoor parameters: evaluation of the uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th IEEE Photovoltaic Specialists Conference (IEEE-PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Washington, United States. pp.626-631, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC.2017.8366615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet ALEPH : Caractérisations avancées et modélisation d’un système photovoltaïque équipé de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project Aleph: measurements and modelling of a PV system equipped with reflectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd workshop Theory and Modeling for photovoltaic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de l’efficacité photovoltaïque par l’emploi de miroirs plans fixes : le projet ALEPH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of tandem cells InGaN/Si: Comparison 2-contacts/4-contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd workshop Theory and Modeling for photovoltaic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-technology photovoltaic module test bench on the SIRTA meteorological and climate observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUST international conference in technology (AUSTECH 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, African University of Science and Technology, Oct 2015, Abuja, Nigeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Numerical Study of the Influence of String Mismatch on the Yield of PV Modules Augmented By Static Planar Reflectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd IEEE Photovoltaic Specialists Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, New Orleans, United States. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/pvsc.2015.7356176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du string mismatch dans les installations PV équipées de réflecteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2015 (JNPV 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banc de caractérisations avancées de modules photovoltaïques de différentes technologies installé à l'observatoire atmosphérique du SIRTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2015 (JNPV 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiment and modelling of photovoltaic modules under solar flux augmented by planar reflectors in a Paris suburb climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th international conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems (ECOS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, J.-P. Bédécarrats Ed., Pub. Pau Univ. France, Jun 2015, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des activités photovoltaïques au SIRTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lapouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-cost and high-efficiency InGaN/Si tandem solar cells modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Salvestrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Ougazzaden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society E-MRS 2015 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01118055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of the Impact of Climate on the Optimal Geometry of a LCPV System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterization of PV modules for estimating PV producible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la production photovoltaïque par l'emploi de miroirs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNES 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterizations to evaluate the low-light effect on photovoltaic modules yield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE PVSC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Denver, United States. pp.1358 - 1361, </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC.2014.6925170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de cellule solaire à base d'InGaN : comparaison entre une structure massive et une structure semibulk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNES 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar photovoltaic efficiency and characterization under real life conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Le Bars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-KIC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research & Partnership opportunities in III-V on Si at LGEP and Supélec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boutchich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-USA Workshop on Quantum Engineered High Efficiency Photvoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Houston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of bulk and semibulk structures in InGaN-based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Materials Research Society, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux sociétaux autour de la recherche en rayonnement solaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SIRTA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIRTA, Observatoire de Recherche Atmosphérique de l'Institut Pierre Simon Laplace, Jun 2014, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterization of amorphous silicon based photovoltaic modules: comparison of five different module structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Materials Research Society, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes photovoltaïques du SIRTA : Présentation - Objectifs - Premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingénierie de la bande interdite des nitrures des éléments III. Application aux cellules multijonctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dave J. Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A coupled model for a low concentration PV system on a limited surface area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Junior Fédésol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objectifs de la caractérisation de panneaux photovoltaïques en exterieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Junior FédEsol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules tandem à base dÍnGaN sur ZnO sur Si : modélisation des cellules InGaN et Si</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique du couplage thermique-photoélectrique pour des modules photovoltaïques sous faible concentration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Link between the clearness index, the solar spectrum and the efficiency of photovoltaic modules from different technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUPVSEC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cellules solaires tandem à base de nitrures des éléments III-V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Junior FédEsol 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes de la variabilité du spectre solaire et de son impact sur le courant de court-circuit de modules photovoltaïques de différentes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules tandem a base d'InGaN, sur ZnO, sur Si : Concept, etat de l'art et simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Chantilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateforme de caractérisation de modules photovoltaïques en extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Brézard-Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Chantilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical analysis of the influence of defect density on photovoltaic performances of composition graded InGaN solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InGaN-based solar cells modelling including spontaneous and piezoelectric polarizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal quality characterization of MO-VPE InxGa1-xN thin films using disorder parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Traps in P3HT:PCBM based Organic Solar Cells Using Fractional Thermally Stimulated Current Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICANS24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Nara, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude structurelle de l'InGaN en fonction de l'épaisseur et de la concentration d'indium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Photovoltaïques 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal quality characterization of InxGa1-xN thin films and solar cell modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Russian seminar 2011 "Silicon and III-V compound semiconductor thin films for photovoltaics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B(Al,Ga)N materials capability for advanced optic devices structures in the UV range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ravindran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00578877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de panneaux solaires photovoltaïques en conditions réelles dímplantation et en fonction de différentes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Ors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Brézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales PhotoVoltaïques 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of microstructural, optical and electrical properties of BGaN materials grown by MOVPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ravindran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGN 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical w-BxGa1-xN alloys properties investigated by grazing incidence FTIR spectroscopy and UV-Visisble spectrophotometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2010 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue–violet boron-based Distributed Bragg Reflectors for VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMOVPE XV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Lake Tahoe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of electric charge transport in conjugated polymer P3HT: PCBM solar cell with temperature dependent current and capacitance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roshanak Radbeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Amorphous and Nanocrystalline Semiconductors, ICANS23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00446017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub gap modulated photo current spectroscopy performed on Cu(Inx,Ga1-x)(Sey,S1-y)2 based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlGaN/AlN multiple quantum wells grown by MOVPE on AlN templates using nitrogen as a carrier gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Aggerstam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pinos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcinkevicius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference of Metalorganic Vapor Phase Epitaxy (14th IC-MOVPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Metz, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two step wet surface treatment influence on the electronic properties of Cu(In,Ga)Se2 solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation électrique de l'influence de la couche tampon de PEDOT dans les hétérojonctions organiques à base de fullerène pour applications photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la SF2M 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Paris, France. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of Cu(In,Ga)Se2/(PVD)In2S3 and Cu(In,Ga)Se2/(CBD)CdS heterojunction based solar cells by admittance spectroscopy, current-voltage and spectral response measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Chouffot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy defect density of electrodeposited CuIn(S,Se)2 and its correlation with solar cells performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Connolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2007 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of electronic transport properties of thin film CuIn(S,Se)2 solar cells based on electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bermudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2007 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of optical and electrical gap of electrodeposited CuIn(S,Se)2 determined by spectral photo response and I-V-T measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy of cadmium free and CdS based CIGS solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Naghavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation spatiale des défauts sondés par spectroscopie d'admittance dans les cellules photovoltaïques CIGS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Naghavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ADEME-CEA-CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical and chemical characterizations of the heterointerfaces in Cu(In,Ga)Se2 solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Canava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Etcheberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lincot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th European Photovoltaic Solar Energy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, France. pp.1962-1964</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CABLE SOLAR : A Tethered Airborne Platform Dedicated To Solar Cell Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourlier Yoan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Delport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X-PV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Odeillo Font-Romeu, France. 2010, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/8076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perovskite solar cells with carbon-based electrodes monitored under different operating modes, in real outdoor and controlled conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Var</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jaffré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SGE 2025 - Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France. , 2025, </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms15684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the ageing behaviour of triple mesoscopic perovskite solar cells under outdoor working conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Var</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jaffré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th MOMENTOM International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Paris-Saclay, France. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CABLE SOLAR Project : CAptive Balloons for aLtitudE SOLAR farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Bourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Delport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Mathieu-Pennober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Journées Nationales du Photovoltaïque (JNPV 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Dourdan, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance simulation of reconfigurable PV arrays under dynamic partial shadings on BIPV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor Performance Monitoring and Characterization of Novel Perovskite Solar Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tondelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOMENTOM International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor performance analysis of five different technologies in Palaiseau, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Conference on Photovoltaic Energy Conversion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An intelligent irrigation system based on fuzzy logic control: A case study for Moroccan oriental climate region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benzaouia Mohammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajji Bekkay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mellit Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Rabhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd international conference on Embedded Systems and Artificial Intelligence (ESAI’21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-step energy management method guided by day-ahead quantile solar forecasts: cross-impacts on four services for smart-buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiance Dependence of the Short-Circuit Current Temperature Coefficient of sc-Si PV Module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE 47th Photovoltaic Specialists Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Calgary, AB, Canada. IEEE, pp.0564-0568, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-based Approach to Test and Validate the Performance of an Islanded Photovoltaic Plant using Simscape Power Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Ossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Labouré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and performance analysis of a photovoltaic water pumping system based on DC-DC boost converter and BLDC motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Benzaouia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bouselham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Hajji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Renewable and Sustainable Energy Conference (IRSEC19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Agadir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation and integration of net demand uncertainty in a microgrid management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderon-Obaldia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Smart Energy Systems and Technologies (SEST 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real condition characterization of five photovoltaic technologies: What is the impact of the environment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseilles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the plane of array irradiance for a photovoltaic installation equipped with flat reflectors in different geographical locations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IEEE Photovoltaic Specialists Conference (IEEE-PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridization of Renewable and Non-renewable Sources for Low Cost Rural Electrification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Ossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Douradan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty estimation of deterministic solar irradiance forecasts for microgrid energy management using the analogs ensemble method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseilles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic system equipped with flat reflectors: New MPPT model in case of non-uniform illumination on PV modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la production photovoltaïque : Évaluation de l’incertitude à chaque étape de simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with Uncertainty in Microgrids Under Day-Ahead Forecasts: An optimal corrective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operating reserve in microgrids: an approach to deal with uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón-Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amjad M Anvari-Moghaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep M Guerrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Smart Energy Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Barcelona, Spain. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSG.2012.2231440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des mesures Météorologiques du SIRTA dans le but de modéliser la production électrique d’une installation photovoltaïque équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback of a one year small electric vehicle use in the Paris suburb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Science and Energy Seminar at Ecole de Physique des Houches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Les Houches, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes expérimentales de diagnostic de modules photovoltaïques défectueux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy transition: electric vehicles, smartgrids and PV feedback of 19 months using of a small electric car</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Characterization of the Impact of Soiling on the Performance of Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Pile Mendes Pinto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Serra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de modèles de complexité croissante pour la simulation de la température de modules photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar Forecast Uncertainty: Estimation and Integration into the Energy Management System of a Microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un modèle end-to-end de la production des centrales photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lecallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’effet du sur-éclairement non uniforme sur les performances d’une installation photovoltaïque équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of the energy performance for three commercial photovoltaic modules of different technologies, in real outdoor atmospheric conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy performance of different photovoltaic technologies in real outdoor conditions at Ecole Polytechnique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Hoai Bao Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Palaiseau, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche sur les nanoréseaux pour répondre aux enjeux de flexibilité électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Drobinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssatou Ndong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électrique des installations PV équipées de réflecteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop sur la Transition Énergétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’un nanoréseau expérimental de la taille d’un panneau photovoltaïque pour la recherche et l’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssatou Ndong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cellules tandem InGaN sur Silicium: Comparaison des structures à 2 et 4 contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward high-efficiency InGaN-based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhallah Ougazzaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Salvestrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lille, France. European Materials Research Society, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designs evaluation for a micro-grid SIRTA’s self consumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssatou Ndong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Palaiseau, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances de modules photovoltaïques en conditions réelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures et modélisation du comportement de panneaux photovoltaïques en environnement réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jaffré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Energie Solaire 2015 (JNES 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Perpignan, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the impact of climate on the optimal geometry of a LCPV system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Photovoltaic Solar Energy Conference (Eu-PVSEC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. , 5BV.1.33, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Technology Photovoltaic Module Test Bench on the Sirta Meteorological and Climate Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st European PV Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le micro-réseau intelligent Bernard Malherbe au GeePs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Palaiseau, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar spectrum measurements during 6 month: spectral mismatch induced on crystalline silicon and amorphous silicon photovoltaic cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> European Photovoltaic Solar Energy Conference (Eu-PVSEC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique du couplage thermique photoélectrique pour des modules photovoltaïques sous faible concentration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France. Actes des Journées Nationales du PhotoVoltaïque, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d’une cellule solaire à base d’InGaN : Structure dite Semibulk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mignan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01117242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la sonde RG100 (photodiode) avec le pyranomètre SMP11 (termocouple)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Labouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TransEnergie, Forum technique photovoltaïqu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d’une cellule solaire à base d’InGaN : Structure dite Semibulk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France. Actes des Journées Nationales du PhotoVoltaïque</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du faible éclairement sur le productible de modules photovoltaïques de différentes technologies : modélisation versus caractérisation en extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France. Actes des Journées Nationales du PhotoVoltaïque</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHOTOVOLTAIC CELL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">China, Patent n° : CN109496369. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHOTOVOLTAIC CELL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US20190273173. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CELLULE PHOTOVOLTAIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3044827. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHOTOVOLTAIC CELL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : EP3384535. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellule photovoltaïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 15 61893. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Photovoltaic Tandem Cells Based on Gallium Indium Nitride on Zinc Oxide on Silicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ougazzaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. H. Teherani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : US 61/482,461. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00715283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisations avancées, modélisations multi-physiques et multi-échelles de dispositifs : des cellules aux modules photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. UPMC - Paris 6 Sorbonne Universités, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01420660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId474"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Migan </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-Situ performance assessment of VRLA-Gel battery bank for energy management strategies Adaptation in PV microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghjuvan-Antone Faggianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Duchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 343, pp.120199. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2025.120199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Building-Installed PV system, with consideration given to the size and position of the building</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 250, pp.123143. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2025.123143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Spectral Ensemble Clustering for Fault Diagnosis: Application to Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohsen Zargarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chabakata Mahamat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.170418 - 170436. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2024.3497977⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of BIPV system under partial shading condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 283, pp.112969. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2024.112969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six‐Month Outdoor Performance Study of Stable Perovskite Solar Cells Under Real Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Narbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar RRL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (11), pp.2400093. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/solr.202400093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A robust I–V curve correction procedure for degraded photovoltaic modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clifford Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 224, pp.120108. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2024.120108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of PV array configurations under dynamic partial shadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.21. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2023012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control strategy for a dual-axis sun tracker based on a radiometric cube to maximize the power output of the PV system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahery Henintsoa Andriamahefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mininger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, pp.35. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2023022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of IEC 60891:2021 procedures for correcting I – V curves of photovoltaic modules under healthy and faulty conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pip.3652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-Cost I–V Tracer for PV Fault Diagnosis Using Single-Diode Model Parameters and I–V Curve Characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lechenadec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (15), pp.5350. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en15155350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis of photovoltaic panels using full I–V characteristics and machine learning techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 248, pp.114785. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2021.114785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the Uncertainty due to Each Step of Simulating the Photovoltaic Conversion under Real Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moira Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Photoenergy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021, pp.4228658. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2021/4228658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Errors in PV power modelling due to the lack of spectral and angular details of solar irradiance inputs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Lindsay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Libois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 197, pp.266-278. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2019.12.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03080195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Artificial Neural Networks to photovoltaic fault detection and diagnosis: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 138, pp.110512. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2020.110512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03087601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Step Energy Management Method Guided by Day-Ahead Quantile Solar Forecasts: Cross-Impacts on Four Services for Smart-Buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderon-Obaldia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (22), pp.5882. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13225882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum power point analysis for partial shading detection and identification in photovoltaic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 224, pp.113374. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.enconman.2020.113374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometrical optimization for a photovoltaic installation equipped with flat reflectors based on plane of array estimations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.1. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2019010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02550119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandgap engineered smart three-terminal solar cell: New perspectives towards very high efficiencies in the silicon world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (4), pp.306. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pip.3096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02072942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PV shading fault detection and classification based on I-V curve using principal component analysis: Application to isolated PV system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 179, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2018.12.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01970593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence technique for estimating PV modules performance ratio under outdoor operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Tossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Soro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Azoumah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (5), pp.053505. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5042217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of semibulk InGaN-based solar cell using realistic modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul L. Voss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 157, pp.687-691. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2017.08.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving InGaN heterojunction solar cells efficiency using a semibulk absorber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Streque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belahsene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 159, pp.405 - 411. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2016.09.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of InGaN/Si tandem cells: comparison between 2-contacts/4-contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Alamarguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2017003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-efficiency indium gallium nitride/Si tandem photovoltaic solar cells modeling using indium gallium nitride semibulk material: monolithic integration versus 4-terminal tandem cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Salvestrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Ougazzaden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (11), pp.1436 - 1447. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pip.2807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux comprendre le comportement des modules photovoltaïques en fonctionnement réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal du photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Numerical Study of the Influence of String Mismatch on the Yield of PV Modules Augmented By Static Planar Reflectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (6), pp.1686. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2015.2478057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic yield correction method for mismatch of the solar spectrum and the reference ASTMG AM1.5G spectrum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPJ Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, pp.60701. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjpv/2014011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01242745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterization of amorphous silicon based photovoltaic modules with different structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Elyaakoubi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (11-12), pp.1711-1713. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssc.201400048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical analysis of the influence of defect parameters on photovoltaic performances of composition graded InGaN solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, B 178, pp.142-148. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mseb.2012.10.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00764807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of traps in P3HT:PCBM based organic solar cells using fractional thermally stimulated current technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Vissac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 358 (17), pp.2537-2540. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2012.01.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Link between crystal quality and electrical properties of metalorganic vapour phase epitaxy InxGa1−xN thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 99 (6), pp.062113. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3624598⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the metastability behavior of CIGS based solar cells with ZnMgO-Zn(S,O,OH) window-buffer layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 519 (21), pp.7606-7610. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2010.12.148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue-violet boron-based Distributed Bragg Reflectors for VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 315 (1), pp.283-287. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2010.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of electric charge transport in conjugated polymer P3HT:PCBM solar cell with temperature dependent current and capacitance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roshanak Radbeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7 (3-4), pp.1000-1004. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssc.200982815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subgap modulated photocurrent spectroscopy and its application to the study of the solar cell absorber defect distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 108 (4), pp.043707</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue–violet boron-based Distributed Bragg Reflectors for VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.10.1016/jcrysgro</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two step wet surface treatment influence on the electronic properties of Cu(In,Ga)Se2 solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp. 2550-2553</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-Gap Modulated Photo Current Spectroscopy performed on Cu(In-x,Ga1-x)(Se-y,S1-y)(2) based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp.2256. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2008.10.143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00432844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of Cu(In,Ga)Se2/(PVD)In2S3 and Cu(In,Ga)Se2/(CBD)CdS heterojunction based solar cells by admittance spectroscopy, current–voltage and spectral response measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Chouffot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp. 2423-2426</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-Gap Modulated Photo Current Spectroscopy performed on Cu(Inx,Ga1−x)(Sey,S1−y)2 based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 517 (7), pp. 2256-2259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy defect density of electrodeposited CuIn(S,Se)2 and its correlation with solar cells performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Connolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 5 (11), pp.3449-3452. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssc.200779437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00763176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of electronic transport properties of thin film CuIn(S,Se)2 solar cells based on electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bermudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 516, pp.6999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlGaN/AlN multiple quantum wells grown by MOVPE on AlN templates using nitrogen as a carrier gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Aggerstam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pinos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcinkevicius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 310, pp.4927</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlGaN/AlN multiple quantum wells grown by MOVPE on AlN templates using nitrogen as a carrier gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Aggerstam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pinos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcinkevičius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 310 (23), pp.4927-4931</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00319149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of optical and electrical gap of electrodeposited CuIn(S,Se)2 determined by spectral photo response and I–V–T measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 515, pp.6233-6237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy of cadmium free CIGS solar cells heterointerfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Naghavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 511-512, pp.320-324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (111)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of power output modelling of an agrivoltaic system with on-site measurements in Palaiseau, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moira Itzel Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shusen Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouchra Mekhaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique SGE 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Attention Mechanism Derived from Diffusion Model for Photovoltaic Cell Fault Diagnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Qing Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE EUROCON 2025 - 21st International Conference on Smart Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Gdynia, Poland. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EUROCON64445.2025.11073476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon based electrode perovskite solar cells under real outdoor working conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Var</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Narbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVsec 2025 - the 42nd European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Accuracy: Performance Evaluation Considering Testing Data Volume and Proportions for Photovoltaic Fault Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Qing Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IECON – 51st Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05297822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Ladybug Tool on Building-Installed PV Reconfiguration Under Partial Shading Condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 52nd Photovoltaic Specialist Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seattle, United States. pp.176-181, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC57443.2024.10748886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05223725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Control of a Dual-Axis PV Solar Tracker using a Radiometric Cube and an Artificial Neural Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahery Henintsoa Andriamahefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mininger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 52nd Photovoltaic Specialist Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seattle, United States. pp.1296-1301, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC57443.2024.10749620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigured PV array performance of BIPV system in urban area under Partial Shading Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 8th International Conference on Smart and Sustainable Technologies (SpliTech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Split/Bol, Croatia. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/SpliTech58164.2023.10193540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor Performance Monitoring and Characterization of Novel Perovskite Solar Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of Perovskite Solar Devices on Outdoor Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puel Jean-Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon (Online Event), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PV modules outdoor performance: temperature coefficient variation with irradiance level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis of grid-connected photovoltaic systems based on unsupervised ensemble clustering and multi layer perceptron model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohsen Zargarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Zermani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EU PVSEC, Sep 2023, Lisbon (Portugal), Portugal. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4229/EUPVSEC2023/4CV.1.27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability and degradation analysis of photovoltaic modules under harsh environmental conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daha Hassan Daher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre‐olivier Logerais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Menezo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Terms Stability and Metastable Behavior of Perovskite Solar Devices on Outdoor Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Castillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE 50th Photovoltaic Specialists Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, San Juan, PR, United States. pp.1-3, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC48320.2023.10359985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIRTA’s PAL station: News, solar projects and QC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahery H. Andriamahefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCRP/BSRN Scientific Review and Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Ispra, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault Detection and Diagnosis applied to photovoltaic power plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electric Engineering and Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor Performances of Opaque and Semi-Transparent Perovskite Solar Modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Medjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Conference on Photovoltaic Energy Conversion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are IEC 60891 I-V curve correction methods suitable for I-V curves measured from PV modules under faulty conditions?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes Journées Nationales du Photovoltaic (JNPV 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03237624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic de défauts photovoltaïques par analyse des caractéristiques I-V complètes et utilisation de techniques d'apprentissage automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaic (JNPV 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03518815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion photoélectrique : quelles sont les étapes de simulation les plus incertaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire (JNES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Odeillo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Evaluation of the True Remaining Capacity of Legacy Lead-Acid Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Brézard-Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 9th International Conference on Smart Grid (icSmartGrid)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Setúbal, Portugal. pp.92-96, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icSmartGrid52357.2021.9551263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Battery-SC and Battery-Battery Multistage Design and Energy Management for Power Sharing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2021 - 47th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Toronto (ON), Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON48115.2021.9589603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lechenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM-Besançon)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Besancon, France. pp.180-186, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PHM-Besancon49106.2020.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral irradiance effect on photovoltaic modules of different technologies: modelling and experimental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management strategy for an optimum control of a standalone photovoltaic-batteries water pumping system for agriculture applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Benzaouia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajji Bekkay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Rabhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Mellit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benslimane Anas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Electronic Engineering and Renewable Energy (ICEERE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Saïda, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Performance Analysis of a Photovoltaic Water Pumping System based on DC-DC Boost Converter and BLDC Motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Benzaouia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Bouselham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bekkay Hajji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 7th International Renewable and Sustainable Energy Conference (IRSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Agadir, Maroc, Morocco. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRSEC48032.2019.9078267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reuse Legacy to Repower the Microgrids–An Affordable Solution for Test and Restoration of Repurposed Lead Acid Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waqar Uddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashood Nasir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 2nd International Conference on Smart Power &amp; Internet Energy Systems (SPIES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Bangkok, Thailande, Thailand. pp.463-468, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPIES48661.2020.9243053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Performance of the I-V Curve Correction Methods in the Presence of Defects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiance Dependence of the Short-Circuit Current Temperature Coefficient of sc-Si PV Module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photovoltaic Specialists Conference (PVSC 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Calgari (virtual), Canada. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC45281.2020.9300416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using analogs ensembles and genetic algorithm to handle uncertainty in a microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderon-Obaldia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Le Chenadec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Besançon, France. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/phm-besancon49106.2020.00037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Installation PV équipée de réflecteurs plans : Quelles sont les conséquences d’un éclairement non uniforme sur la production PV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reuse Legacy to Repower the Microgrids-An Affordable Solution for Test and Restoration of Repurposed Lead Acid Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waqar Uddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashood Nasir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Smart Power &amp; Internet Energy Systems (SPIES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity Analysis of Convolutional Neural Network Applied to PV Fault Diagnosis via Image Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification des méthodes de diagnostic de défauts appliquées au photovoltaïque en utilisant un schéma en quatre étapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation en conditions réelles de 5 technologies : Quels impacts de l’environnement sur les performances PV ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel niveau de granularité est le mieux adapté pour modéliser un panneau solaire photovoltaïque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vorachack Kongphet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02903337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New four-stage classification method for Fault Detection and Diagnosis applied to photovoltaic power plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des performances d’une installation photovoltaïque équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring PV modules and CIGS prototype performances in outdoor conditions in the Paris area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Workshop on CIGS Solar Cell Technology (IW-CIGSTech 10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-terminal tandem solar cells combining bottom interdigitated back contact and top heterojunction subcells: a new architecture for high power conversion efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition (EU-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-driven approach for isolated PV shading fault diagnosis based on experimental I-V curves analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Industrial Technology (ICIT 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/icit.2018.8352302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty in the simulation of photovoltaic module performance related to outdoor parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Materials Science and Engineering for Green Energy Conference (IMSEGEC-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intercomparison of 7 solar radiometers on a tilted plane for photovoltaic applications: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Baseline Surface Radiative Network Scientific Review and Workshop (BSRN-15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Boulder, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with uncertainty in PV-powered microgrids: An optimal corrective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amjad M Anvari-Moghaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep M Guerrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan C Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International des Réseaux Electriques de Distribution CIRED Workshop 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le solaire vu sous tous les angles au SIRTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de l’irradiance arrivant sur une installation PV équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des nuages sur la production photovoltaïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Nicole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Libois Quentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lac Christine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ateliers de Modélisation de l'Atmosphère (AMA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveillance des modules photovoltaïques en conditions réelles par l’analyse des grandeurs électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Fadhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Bahri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV) 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An original 3-terminal wide gap/silicon heterojunction tandem solar cell concept: Design and calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Silicon PV 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de prévision de la production d’électricité d’origine photovoltaïque : où sont les facteurs d’incertitude ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème colloque de la Fédération d’électronique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic characterization under real condition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop TREND-X / MISTIGRID : recherche sur la transition énergétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau concept de cellules solaires tandem à 3 terminaux sur base de cellule solaire à contacts interdigités en face arrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de l'incertitude lors de la prévision de la production d'énergie d'origine photovoltaïque pour améliorer l'efficacité et la gestion d'un micro-réseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar energy predictability for photovoltaic management applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forecasting and Risk Management for Renewable Energy Conference (FOREVER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de prévision de la production d’électricité d’origine photovoltaïque : où sont les facteurs d’incertitude ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Step-by-step evaluation of photovoltaic module performance related to outdoor parameters: evaluation of the uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Atlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th IEEE Photovoltaic Specialists Conference (IEEE-PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Washington, United States. pp.626-631, </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC.2017.8366615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet ALEPH : Caractérisations avancées et modélisation d’un système photovoltaïque équipé de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de l’efficacité photovoltaïque par l’emploi de miroirs plans fixes : le projet ALEPH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project Aleph: measurements and modelling of a PV system equipped with reflectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd workshop Theory and Modeling for photovoltaic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of tandem cells InGaN/Si: Comparison 2-contacts/4-contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd workshop Theory and Modeling for photovoltaic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-technology photovoltaic module test bench on the SIRTA meteorological and climate observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUST international conference in technology (AUSTECH 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, African University of Science and Technology, Oct 2015, Abuja, Nigeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiment and modelling of photovoltaic modules under solar flux augmented by planar reflectors in a Paris suburb climate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th international conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems (ECOS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, J.-P. Bédécarrats Ed., Pub. Pau Univ. France, Jun 2015, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banc de caractérisations avancées de modules photovoltaïques de différentes technologies installé à l'observatoire atmosphérique du SIRTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2015 (JNPV 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du string mismatch dans les installations PV équipées de réflecteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2015 (JNPV 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Numerical Study of the Influence of String Mismatch on the Yield of PV Modules Augmented By Static Planar Reflectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42nd IEEE Photovoltaic Specialists Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, New Orleans, United States. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/pvsc.2015.7356176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-cost and high-efficiency InGaN/Si tandem solar cells modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Salvestrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Ougazzaden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society E-MRS 2015 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01118055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des activités photovoltaïques au SIRTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lapouge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of the Impact of Climate on the Optimal Geometry of a LCPV System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Photovoltaic Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterization of PV modules for estimating PV producible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la production photovoltaïque par l'emploi de miroirs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNES 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de cellule solaire à base d'InGaN : comparaison entre une structure massive et une structure semibulk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNES 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar photovoltaic efficiency and characterization under real life conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Le Bars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-KIC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterizations to evaluate the low-light effect on photovoltaic modules yield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE PVSC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Denver, United States. pp.1358 - 1361, </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PVSC.2014.6925170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research & Partnership opportunities in III-V on Si at LGEP and Supélec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Boutchich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-USA Workshop on Quantum Engineered High Efficiency Photvoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Houston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of bulk and semibulk structures in InGaN-based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Materials Research Society, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor characterization of amorphous silicon based photovoltaic modules: comparison of five different module structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Materials Research Society, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux sociétaux autour de la recherche en rayonnement solaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SIRTA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SIRTA, Observatoire de Recherche Atmosphérique de l'Institut Pierre Simon Laplace, Jun 2014, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes photovoltaïques du SIRTA : Présentation - Objectifs - Premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingénierie de la bande interdite des nitrures des éléments III. Application aux cellules multijonctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dave J. Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objectifs de la caractérisation de panneaux photovoltaïques en exterieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Junior FédEsol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A coupled model for a low concentration PV system on a limited surface area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Junior Fédésol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules tandem à base dÍnGaN sur ZnO sur Si : modélisation des cellules InGaN et Si</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique du couplage thermique-photoélectrique pour des modules photovoltaïques sous faible concentration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Link between the clearness index, the solar spectrum and the efficiency of photovoltaic modules from different technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUPVSEC 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cellules solaires tandem à base de nitrures des éléments III-V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Junior FédEsol 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes de la variabilité du spectre solaire et de son impact sur le courant de court-circuit de modules photovoltaïques de différentes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellules tandem a base d'InGaN, sur ZnO, sur Si : Concept, etat de l'art et simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Chantilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateforme de caractérisation de modules photovoltaïques en extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Brézard-Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Chantilly, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical analysis of the influence of defect density on photovoltaic performances of composition graded InGaN solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InGaN-based solar cells modelling including spontaneous and piezoelectric polarizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00779005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal quality characterization of MO-VPE InxGa1-xN thin films using disorder parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS Spring Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Traps in P3HT:PCBM based Organic Solar Cells Using Fractional Thermally Stimulated Current Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICANS24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Nara, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude structurelle de l'InGaN en fonction de l'épaisseur et de la concentration d'indium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Photovoltaïques 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal quality characterization of InxGa1-xN thin films and solar cell modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Pareige</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Russian seminar 2011 "Silicon and III-V compound semiconductor thin films for photovoltaics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B(Al,Ga)N materials capability for advanced optic devices structures in the UV range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ravindran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00578877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de panneaux solaires photovoltaïques en conditions réelles dímplantation et en fonction de différentes technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Ors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Brézard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales PhotoVoltaïques 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of microstructural, optical and electrical properties of BGaN materials grown by MOVPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ravindran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGN 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical w-BxGa1-xN alloys properties investigated by grazing incidence FTIR spectroscopy and UV-Visisble spectrophotometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Gorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2010 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blue–violet boron-based Distributed Bragg Reflectors for VCSEL application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moudakir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orsal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMOVPE XV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Lake Tahoe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of electric charge transport in conjugated polymer P3HT: PCBM solar cell with temperature dependent current and capacitance measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roshanak Radbeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Amorphous and Nanocrystalline Semiconductors, ICANS23</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00446017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub gap modulated photo current spectroscopy performed on Cu(Inx,Ga1-x)(Sey,S1-y)2 based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaafar Serhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two step wet surface treatment influence on the electronic properties of Cu(In,Ga)Se2 solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AlGaN/AlN multiple quantum wells grown by MOVPE on AlN templates using nitrogen as a carrier gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Aggerstam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pinos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Marcinkevicius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference of Metalorganic Vapor Phase Epitaxy (14th IC-MOVPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Metz, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of Cu(In,Ga)Se2/(PVD)In2S3 and Cu(In,Ga)Se2/(CBD)CdS heterojunction based solar cells by admittance spectroscopy, current-voltage and spectral response measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Chouffot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation électrique de l'influence de la couche tampon de PEDOT dans les hétérojonctions organiques à base de fullerène pour applications photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peiqing Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la SF2M 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Paris, France. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00351233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy defect density of electrodeposited CuIn(S,Se)2 and its correlation with solar cells performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Connolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2007 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of electronic transport properties of thin film CuIn(S,Se)2 solar cells based on electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Bermudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2007 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00322312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of optical and electrical gap of electrodeposited CuIn(S,Se)2 determined by spectral photo response and I-V-T measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation spatiale des défauts sondés par spectroscopie d'admittance dans les cellules photovoltaïques CIGS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arouna Darga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Naghavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ADEME-CEA-CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Admittance spectroscopy of cadmium free and CdS based CIGS solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mencaraglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Naghavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical and chemical characterizations of the heterointerfaces in Cu(In,Ga)Se2 solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Canava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Etcheberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Vigneron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lincot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th European Photovoltaic Solar Energy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, France. pp.1962-1964</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CABLE SOLAR : A Tethered Airborne Platform Dedicated To Solar Cell Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourlier Yoan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Delport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X-PV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Odeillo Font-Romeu, France. 2010, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/8076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perovskite solar cells with carbon-based electrodes monitored under different operating modes, in real outdoor and controlled conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Var</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jaffré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SGE 2025 - Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France. , 2025, </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms15684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the ageing behaviour of triple mesoscopic perovskite solar cells under outdoor working conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Var</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jaffré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th MOMENTOM International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Paris-Saclay, France. , 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CABLE SOLAR Project : CAptive Balloons for aLtitudE SOLAR farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Bourlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Delport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Mathieu-Pennober</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Guillemoles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Journées Nationales du Photovoltaïque (JNPV 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Dourdan, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance simulation of reconfigurable PV arrays under dynamic partial shadings on BIPV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuanyong Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU PVSEC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor Performance Monitoring and Characterization of Novel Perovskite Solar Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Stéphan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Parra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Tondelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOMENTOM International Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outdoor performance analysis of five different technologies in Palaiseau, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra I. Torres Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Conference on Photovoltaic Energy Conversion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An intelligent irrigation system based on fuzzy logic control: A case study for Moroccan oriental climate region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benzaouia Mohammed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajji Bekkay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mellit Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Rabhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd international conference on Embedded Systems and Artificial Intelligence (ESAI’21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-step energy management method guided by day-ahead quantile solar forecasts: cross-impacts on four services for smart-buildings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irradiance Dependence of the Short-Circuit Current Temperature Coefficient of sc-Si PV Module</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baojie Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Delpha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IEEE 47th Photovoltaic Specialists Conference (PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Calgary, AB, Canada. IEEE, pp.0564-0568, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04491362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model-based Approach to Test and Validate the Performance of an Islanded Photovoltaic Plant using Simscape Power Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Ossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Labouré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and performance analysis of a photovoltaic water pumping system based on DC-DC boost converter and BLDC motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Benzaouia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Bouselham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Hajji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benslimane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Renewable and Sustainable Energy Conference (IRSEC19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Agadir, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation and integration of net demand uncertainty in a microgrid management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderon-Obaldia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Smart Energy Systems and Technologies (SEST 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real condition characterization of five photovoltaic technologies: What is the impact of the environment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseilles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the plane of array irradiance for a photovoltaic installation equipped with flat reflectors in different geographical locations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th IEEE Photovoltaic Specialists Conference (IEEE-PVSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridization of Renewable and Non-renewable Sources for Low Cost Rural Electrification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadim Ullah Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demba Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Ossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Douradan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty estimation of deterministic solar irradiance forecasts for microgrid energy management using the analogs ensemble method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseilles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with Uncertainty in Microgrids Under Day-Ahead Forecasts: An optimal corrective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la production photovoltaïque : Évaluation de l’incertitude à chaque étape de simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic system equipped with flat reflectors: New MPPT model in case of non-uniform illumination on PV modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Photovoltaic Solar Energy Conference and Exhibition (Eu-PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operating reserve in microgrids: an approach to deal with uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón-Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amjad M Anvari-Moghaddam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep M Guerrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Smart Energy Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Barcelona, Spain. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSG.2012.2231440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01803112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback of a one year small electric vehicle use in the Paris suburb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Science and Energy Seminar at Ecole de Physique des Houches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Les Houches, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des mesures Météorologiques du SIRTA dans le but de modéliser la production électrique d’une installation photovoltaïque équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy transition: electric vehicles, smartgrids and PV feedback of 19 months using of a small electric car</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Bonnassieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes expérimentales de diagnostic de modules photovoltaïques défectueux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Characterization of the Impact of Soiling on the Performance of Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Pile Mendes Pinto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Serra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de modèles de complexité croissante pour la simulation de la température de modules photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar Forecast Uncertainty: Estimation and Integration into the Energy Management System of a Microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Calderón Obaldía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un modèle end-to-end de la production des centrales photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lecallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’effet du sur-éclairement non uniforme sur les performances d’une installation photovoltaïque équipée de réflecteurs plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Abdel Nour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d’un nanoréseau expérimental de la taille d’un panneau photovoltaïque pour la recherche et l’enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssatou Ndong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche sur les nanoréseaux pour répondre aux enjeux de flexibilité électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Drobinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssatou Ndong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Énergie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électrique des installations PV équipées de réflecteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop sur la Transition Énergétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy performance of different photovoltaic technologies in real outdoor conditions at Ecole Polytechnique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Hoai Bao Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Palaiseau, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of the energy performance for three commercial photovoltaic modules of different technologies, in real outdoor atmospheric conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cellules tandem InGaN sur Silicium: Comparaison des structures à 2 et 4 contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward high-efficiency InGaN-based solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhallah Ougazzaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Salvestrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lille, France. European Materials Research Society, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designs evaluation for a micro-grid SIRTA’s self consumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïssatou Ndong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Palaiseau, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances de modules photovoltaïques en conditions réelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures et modélisation du comportement de panneaux photovoltaïques en environnement réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jaffré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquim Nassar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Energie Solaire 2015 (JNES 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Perpignan, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Technology Photovoltaic Module Test Bench on the Sirta Meteorological and Climate Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st European PV Solar Energy Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the impact of climate on the optimal geometry of a LCPV system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marko Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Photovoltaic Solar Energy Conference (Eu-PVSEC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. , 5BV.1.33, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le micro-réseau intelligent Bernard Malherbe au GeePs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pernet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Andlauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du SIRTA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Palaiseau, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar spectrum measurements during 6 month: spectral mismatch induced on crystalline silicon and amorphous silicon photovoltaic cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Badosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Haeffelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> European Photovoltaic Solar Energy Conference (Eu-PVSEC 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique du couplage thermique photoélectrique pour des modules photovoltaïques sous faible concentration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pavlov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France. Actes des Journées Nationales du PhotoVoltaïque, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d’une cellule solaire à base d’InGaN : Structure dite Semibulk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mignan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01117242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la sonde RG100 (photodiode) avec le pyranomètre SMP11 (termocouple)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Labouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TransEnergie, Forum technique photovoltaïqu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01702954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d’une cellule solaire à base d’InGaN : Structure dite Semibulk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Elhuni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sundaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Pantzas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France. Actes des Journées Nationales du PhotoVoltaïque</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du faible éclairement sur le productible de modules photovoltaïques de différentes technologies : modélisation versus caractérisation en extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Mambrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Longeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Radivoniuk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNPV 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Dourdan, France. Actes des Journées Nationales du PhotoVoltaïque</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHOTOVOLTAIC CELL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">China, Patent n° : CN109496369. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHOTOVOLTAIC CELL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US20190273173. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHOTOVOLTAIC CELL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : EP3384535. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CELLULE PHOTOVOLTAIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3044827. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cellule photovoltaïque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid El-Huni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Kleider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 15 61893. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Photovoltaic Tandem Cells Based on Gallium Indium Nitride on Zinc Oxide on Silicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Djebbour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ougazzaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. H. Teherani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patent n° : US 61/482,461. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00715283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisations avancées, modélisations multi-physiques et multi-échelles de dispositifs : des cellules aux modules photovoltaïques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Migan-Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. UPMC - Paris 6 Sorbonne Universités, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01420660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId474"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ullah Jan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghjuvan-Antone Faggianelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Duchaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan-Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2025.120199" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294493v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanyong Shao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.123143" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805890v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Zargarani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabakata Mahamat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3497977" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05222784v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.112969" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770826v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chakar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Oswald" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma St&#233;phan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Narbey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202400093" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491321v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojie Li" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Hansen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.120108" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154753v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2023012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324696v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahery Henintsoa Andriamahefa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Badosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Parra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2023022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03867345v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3652" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761155v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vorachack Kongphet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lechenadec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15155350" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415367v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2021.114785" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381247v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moira Torres Aguilar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Bonnassieux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/4228658" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491322v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Calderon-Obaldia" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13225882" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03087601v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Migan-Dubois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2020.110512" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080195v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lindsay" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Libois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2019.12.042" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02938015v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Fadhel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2020.113374" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550119v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Abdel Nour" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2019010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02072942v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Djebbour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid El-Huni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Kleider" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3096" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01970593v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2018.12.048" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942718v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tossa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Soro" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Coulibaly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Azoumah" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5042217" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420490v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arif" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Elhuni" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Streque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sundaram" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belahsene" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2016.09.030" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MG8FVRM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630066v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Voss" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2017.08.074" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570086v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alamarguy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2017003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420488v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Salvestrini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Ougazzaden" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.2807" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XDRQB3KQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420618v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01231750v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Pavlov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pons" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2015.2478057" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01242745v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mambrini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Longeaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haeffelin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2014011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099375v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Longeaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Elyaakoubi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201400048" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NDF5F1F4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764807v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gorge" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pantzas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gautier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2012.10.033" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778958v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiqing Yu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alvarez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Darga" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vissac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.01.021" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X0CSJ54-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710732v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Serhan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Favre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.148" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S4P86Z92-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710730v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gorge" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pareige" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3624598" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710733v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abib" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moudakir" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Orsal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2010.09.008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1708FRDM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555233v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mencaraglia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshanak Radbeh" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200982815" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4TNGBKK4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555238v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554262v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abid" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Djebbour" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Orsal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gautier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432844v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serhan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darga" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mencaraglia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2008.10.143" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W3MX9X2N-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445957v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Guillemoles" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445967v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chouffot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445966v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00763176v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Connolly" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200779437" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BQTFVGW0-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319149v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aggerstam" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pinos" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcinkevi&#269;ius" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Liu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00350893v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bermudez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00350914v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcinkevicius" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00322102v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bazin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321746v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Naghavi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506782v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moira Itzel Torres Aguilar" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shusen Yu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Mekhaldi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297823v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Qing Lu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUROCON64445.2025.11073476" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308103v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Var" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297822v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05223725v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC57443.2024.10748886" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05224562v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC57443.2024.10749620" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491325v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SpliTech58164.2023.10193540" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491339v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Medjoubi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491334v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puel Jean-Baptiste" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491337v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;ra I. Torres Aguilar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807800v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Zermani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/EUPVSEC2023/4CV.1.27" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491330v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daha Hassan Daher" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;olivier Logerais" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menezo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491341v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Castillon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC48320.2023.10359985" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491345v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahery H. Andriamahefa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491347v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491350v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Parra" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rousset" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03518815v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03237624v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312390v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312365v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ullah" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard-Oudot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icSmartGrid52357.2021.9551263" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491352v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589603" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312387v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491358v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903352v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491360v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waqar Uddin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mashood Nasir" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPIES48661.2020.9243053" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312281v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benzaouia" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajji Bekkay" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Rabhi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mellit" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benslimane Anas" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491367v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Bouselham" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekkay Hajji" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Benslimane" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRSEC48032.2019.9078267" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903351v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC45281.2020.9300416" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312287v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312383v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903346v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Chenadec" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312284v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903338v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903337v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903339v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312381v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295370v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312377v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312277v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803057v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942865v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ortega" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702863v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352302" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702963v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Calder&#243;n Obald&#237;a" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702785v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amjad M Anvari-Moghaddam" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep M Guerrero" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C Vasquez" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942964v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Atlan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703173v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Nicole" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libois Quentin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lac Christine" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943088v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943075v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801331v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702895v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702887v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630106v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570088v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570094v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630114v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630076v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC.2017.8366615" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420599v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420569v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702911v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420566v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239557v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Nassar" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239571v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/pvsc.2015.7356176" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239576v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239574v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239572v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702940v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapouge" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118055v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Elhuni" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836591v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099368v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prieur" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Radivoniuk" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099361v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pavlov" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099372v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC.2014.6925170" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099359v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099357v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Bars" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nassar" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099358v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boutchich" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099364v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099356v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Dupont" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099366v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702952v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931322v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave J. Rogers" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931330v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931332v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931334v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931331v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mokrani" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931341v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prieur" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931333v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931335v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779015v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779019v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779012v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779005v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710795v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710759v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710796v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710797v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Pantzas" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578877v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ravindran" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710800v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ors" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554354v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555245v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554347v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446017v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351260v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351257v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351254v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Guillemoles" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351233v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bailly" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351259v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00322313v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Connolly" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00322312v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321889v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321708v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321552v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321099v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Canava" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etcheberry" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vigneron" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lincot" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389744v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourlier Yoan" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boitier" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/8076" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307529v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Oswald" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15684" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307648v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730943v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Bourlier" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Mathieu-Pennober" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491336v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491342v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tondelier" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491349v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312289v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benzaouia Mohammed" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellit Adel" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312385v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491362v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312384v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312280v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Benzaouia" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bouselham" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hajji" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benslimane" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312275v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312269v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312267v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312380v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312273v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803053v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943026v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942994v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803112v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Calder&#243;n-Obald&#237;a" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSG.2012.2231440" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943039v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702818v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943048v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943008v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943160v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Pile Mendes Pinto" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Serra" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702903v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630099v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570093v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lecallier" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630091v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420572v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702932v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Hoai Bao Nguyen" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420589v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinsky" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssatou Ndong" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420595v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420604v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420608v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420579v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhallah Ougazzaden" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702928v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420606v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239577v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239562v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702761v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702947v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pernet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Andlauer" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239560v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099348v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117242v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignan-Dubois" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702954v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Labouret" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099353v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Pantzas" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099346v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558263v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558252v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558230v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558238v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420613v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00715283v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rogers" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ougazzaden" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H. Teherani" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01420660v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ullah Jan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghjuvan-Antone Faggianelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Duchaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan-Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2025.120199" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294493v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanyong Shao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.123143" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805890v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Zargarani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabakata Mahamat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3497977" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05222784v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.112969" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770826v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chakar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Oswald" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma St&#233;phan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Narbey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202400093" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491321v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojie Li" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Hansen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.120108" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154753v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2023012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324696v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahery Henintsoa Andriamahefa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Badosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Parra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2023022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03867345v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3652" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761155v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vorachack Kongphet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lechenadec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15155350" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415367v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2021.114785" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381247v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moira Torres Aguilar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Bonnassieux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/4228658" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080195v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lindsay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Libois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Migan-Dubois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2019.12.042" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03087601v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2020.110512" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491322v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Calderon-Obaldia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13225882" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02938015v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Fadhel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2020.113374" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550119v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Abdel Nour" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2019010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02072942v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Djebbour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid El-Huni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Kleider" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3096" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01970593v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2018.12.048" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942718v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tossa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Soro" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Coulibaly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Azoumah" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5042217" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630066v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Voss" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2017.08.074" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420490v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arif" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Elhuni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Streque" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sundaram" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belahsene" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2016.09.030" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MG8FVRM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570086v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alamarguy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2017003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420488v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Salvestrini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Ougazzaden" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.2807" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XDRQB3KQ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420618v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01231750v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Pavlov" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pons" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2015.2478057" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01242745v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mambrini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Longeaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haeffelin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2014011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099375v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Longeaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Elyaakoubi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201400048" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NDF5F1F4-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764807v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gorge" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pantzas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gautier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2012.10.033" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778958v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiqing Yu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Alvarez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Darga" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vissac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.01.021" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7X0CSJ54-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710730v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gorge" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pareige" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3624598" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710732v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Serhan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Favre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2010.12.148" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S4P86Z92-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710733v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abib" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moudakir" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Orsal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2010.09.008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1708FRDM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555233v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mencaraglia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshanak Radbeh" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200982815" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4TNGBKK4-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555238v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554262v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abid" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Djebbour" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Orsal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gautier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445957v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Guillemoles" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432844v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Serhan" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Darga" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mencaraglia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2008.10.143" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W3MX9X2N-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445967v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chouffot" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445966v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00763176v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Connolly" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200779437" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BQTFVGW0-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00350893v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bermudez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00350914v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Aggerstam" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pinos" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcinkevicius" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Liu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00319149v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcinkevi&#269;ius" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00322102v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bazin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321746v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Naghavi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506782v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moira Itzel Torres Aguilar" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shusen Yu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Mekhaldi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297823v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Qing Lu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUROCON64445.2025.11073476" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308103v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Var" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297822v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05223725v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC57443.2024.10748886" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05224562v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC57443.2024.10749620" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491325v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SpliTech58164.2023.10193540" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491339v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Medjoubi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491334v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puel Jean-Baptiste" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491337v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;ra I. Torres Aguilar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807800v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Zermani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/EUPVSEC2023/4CV.1.27" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491330v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daha Hassan Daher" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;olivier Logerais" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menezo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491341v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Castillon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC48320.2023.10359985" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491345v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahery H. Andriamahefa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491347v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491350v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Parra" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rousset" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03237624v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03518815v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312390v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312365v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ullah" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard-Oudot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icSmartGrid52357.2021.9551263" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491352v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589603" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491358v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312387v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312281v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benzaouia" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajji Bekkay" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Rabhi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mellit" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benslimane Anas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491367v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Bouselham" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekkay Hajji" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Benslimane" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRSEC48032.2019.9078267" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491360v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waqar Uddin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mashood Nasir" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPIES48661.2020.9243053" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903352v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903351v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC45281.2020.9300416" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312287v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903346v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Chenadec" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312383v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312284v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903338v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903339v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312381v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903337v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295370v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312377v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312277v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803057v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702863v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352302" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702963v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Calder&#243;n Obald&#237;a" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942865v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ortega" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702785v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amjad M Anvari-Moghaddam" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep M Guerrero" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C Vasquez" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942964v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Atlan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943088v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703173v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Nicole" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libois Quentin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lac Christine" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943075v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01801331v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702895v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702887v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630106v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570094v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570088v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630114v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630076v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC.2017.8366615" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420599v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702911v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420569v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420566v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239557v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Nassar" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239572v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239574v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239576v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239571v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/pvsc.2015.7356176" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118055v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Elhuni" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702940v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapouge" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836591v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099368v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prieur" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Radivoniuk" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099361v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pavlov" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099359v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099357v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Bars" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nassar" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099372v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC.2014.6925170" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099358v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boutchich" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099364v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099366v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099356v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Dupont" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702952v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931322v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dave J. Rogers" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931332v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931330v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931334v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931331v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mokrani" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931341v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prieur" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931333v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00931335v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779015v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779019v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779012v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779005v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710795v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710759v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710796v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710797v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Pantzas" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578877v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ravindran" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00710800v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ors" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Br&#233;zard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554354v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555245v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554347v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446017v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351260v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351254v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Guillemoles" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351257v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351259v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00351233v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bailly" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00322313v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Connolly" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00322312v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321889v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321552v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321708v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00321099v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Canava" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etcheberry" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vigneron" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lincot" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389744v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourlier Yoan" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boitier" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/8076" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307529v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Oswald" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jaffr&#233;" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms15684" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307648v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730943v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Bourlier" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Mathieu-Pennober" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Guillemoles" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491336v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491342v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tondelier" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491349v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312289v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benzaouia Mohammed" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellit Adel" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312385v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491362v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312384v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312280v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Benzaouia" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bouselham" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hajji" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benslimane" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312275v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312269v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312267v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312380v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312273v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942994v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943026v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803053v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803112v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Calder&#243;n-Obald&#237;a" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSG.2012.2231440" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702818v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943039v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943008v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943048v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943160v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Pile Mendes Pinto" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Serra" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702903v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630099v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570093v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lecallier" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630091v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420604v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssatou Ndong" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420589v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinsky" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420595v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702932v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Hoai Bao Nguyen" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420572v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420608v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420579v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhallah Ougazzaden" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702928v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420606v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239577v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702761v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239562v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702947v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pernet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Andlauer" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239560v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099348v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117242v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignan-Dubois" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702954v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Labouret" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099353v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Pantzas" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099346v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558263v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558252v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558238v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04558230v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420613v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00715283v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rogers" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ougazzaden" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H. Teherani" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01420660v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>