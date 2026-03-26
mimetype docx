--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -342,187 +342,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing Primary Care Reform in France: Bargaining, Policy Adaptation, and the Maisons de Santé Pluriprofessionnelles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La médiation du local : Appréhender la gestion de la pandémie de Covid-19 &amp;quot;par le bas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Nouguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Health Politics, Policy and Law</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Questions de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Journalisme Culturel en mutation, 45, pp.1-16</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04766229v1</w:t>
+                <w:t xml:space="preserve">hal-04631005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiation du local : Appréhender la gestion de la pandémie de Covid-19 &amp;quot;par le bas</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Implementing Primary Care Reform in France: Bargaining, Policy Adaptation, and the Maisons de Santé Pluriprofessionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions de communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Health Politics, Policy and Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 49 (6), pp.1015-1050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1215/03616878-11373736⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04631005v1</w:t>
+                <w:t xml:space="preserve">hal-04766229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La coopération au cœur du travail entrepreneurial : le cas des médecins généralistes porteurs de Maisons de santé en France</w:t>
               </w:r>
@@ -1187,96 +1187,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing Primary Care Reform in France: Bargaining, Power Dynamics, and Policy Adaptation</w:t>
+                <w:t xml:space="preserve">Cooperation at the heart of entrepreneurial work: the case of GPs carrying out multi-professional healthcare home projects in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-Economics in a Transitioning World: Breaking Lines and Alternative Paradigms for a New World Order</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for the Advancement of Socio-Economics (SASE), Jul 2023, Rio de Jaineiro, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459143v1</w:t>
+                <w:t xml:space="preserve">hal-05459157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instrument constituencies as nascent policy subsystems: the role of governmental and professional actors in the rise of primary care policies in France</w:t>
               </w:r>
@@ -1338,96 +1338,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperation at the heart of entrepreneurial work: the case of GPs carrying out multi-professional healthcare home projects in France</w:t>
+                <w:t xml:space="preserve">Implementing Primary Care Reform in France: Bargaining, Power Dynamics, and Policy Adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-Economics in a Transitioning World: Breaking Lines and Alternative Paradigms for a New World Order</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for the Advancement of Socio-Economics (SASE), Jul 2023, Rio de Jaineiro, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459157v1</w:t>
+                <w:t xml:space="preserve">hal-05459143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’exercice pluriprofessionnel en MSP : reconfiguration des territoires professionnels et absence de conflits</w:t>
               </w:r>
@@ -1545,303 +1545,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05459110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consultants et professionnels de santé en Maisons de Santé Pluriprofessionnelles : de nouvelles dynamiques professionnelles dans un contexte de réorganisation du système de santé</w:t>
+                <w:t xml:space="preserve">L’exercice en Maisons de Santé Pluriprofessionnelles : une nouvelle forme de régulation sociale du travail des professionnels de santé libéraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Classer, reclasser, déclasser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Sociologie (AFS), Aug 2019, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459096v1</w:t>
+                <w:t xml:space="preserve">hal-05459082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux logiques d’organisation des soins en Maisons de Santé : la domination médicale à l’épreuve de la coordination</w:t>
+                <w:t xml:space="preserve">Consultants et professionnels de santé en Maisons de Santé Pluriprofessionnelles : de nouvelles dynamiques professionnelles dans un contexte de réorganisation du système de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques coopératives et participatives en santé : partage des tâches et redéfinition des frontières professionnelles, enjeux de savoirs et luttes de pouvoir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Journées d’études RT1-RT19 de l’AFS, Mar 2019, Paris Nanterre, France</w:t>
+              <w:t xml:space="preserve">Classer, reclasser, déclasser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie (AFS), Aug 2019, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456959v1</w:t>
+                <w:t xml:space="preserve">hal-05459096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French GPs as the orchestrators of healthcare coordination in multi-professional practices</w:t>
+                <w:t xml:space="preserve">Deux logiques d’organisation des soins en Maisons de Santé : la domination médicale à l’épreuve de la coordination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fathomless Futures: Algorithmic and Imagined</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for the Advancement of Socio-Economics (SASE), Jun 2019, New York, United States</w:t>
+              <w:t xml:space="preserve">Pratiques coopératives et participatives en santé : partage des tâches et redéfinition des frontières professionnelles, enjeux de savoirs et luttes de pouvoir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journées d’études RT1-RT19 de l’AFS, Mar 2019, Paris Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456909v1</w:t>
+                <w:t xml:space="preserve">hal-05456959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exercice en Maisons de Santé Pluriprofessionnelles : une nouvelle forme de régulation sociale du travail des professionnels de santé libéraux</w:t>
+                <w:t xml:space="preserve">French GPs as the orchestrators of healthcare coordination in multi-professional practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Classer, reclasser, déclasser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie (AFS), Aug 2019, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Fathomless Futures: Algorithmic and Imagined</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for the Advancement of Socio-Economics (SASE), Jun 2019, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459082v1</w:t>
+                <w:t xml:space="preserve">hal-05456909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2691,51 +2691,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A91C323F"/>
+    <w:nsid w:val="4FCD8CC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2922,51 +2922,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-moyal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-8435-8666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260060445" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/50164476023525910880" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521063v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hellmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Abraham" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thilly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Babel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moyal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/afmu.2026.0683" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04766229v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/03616878-11373736" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04631005v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nouguez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827679v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.633.0471" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03770635v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fournier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/seve1.071.0033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03532452v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954749v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.201.0103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978311v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.695.0821" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465988v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329501v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465965v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Castel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fournier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459143v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465937v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459157v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459122v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459110v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459096v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456959v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456909v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459082v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456838v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02189198v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04938755v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Morize" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25376-8_111-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534695v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03525796v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mignot-G&#233;rard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Musselin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Waltzing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Balaud&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03979517v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hosti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fournier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jim&#233;nez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03578142v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021IEPP0023" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-moyal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-8435-8666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260060445" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/50164476023525910880" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521063v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hellmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Abraham" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thilly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Babel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moyal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/afmu.2026.0683" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04631005v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nouguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04766229v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/03616878-11373736" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827679v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.633.0471" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03770635v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fournier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/seve1.071.0033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03532452v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02954749v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.201.0103" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02978311v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.695.0821" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465988v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329501v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hassenteufel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465965v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Castel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fournier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459157v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465937v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459143v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459122v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459110v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459082v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459096v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456959v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456909v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456838v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02189198v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04938755v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Morize" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25376-8_111-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534695v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03525796v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mignot-G&#233;rard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Musselin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Waltzing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Balaud&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03979517v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hosti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fournier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jim&#233;nez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03578142v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021IEPP0023" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>