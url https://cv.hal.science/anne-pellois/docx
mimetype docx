--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -380,187 +380,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprendre en copiant : l’acteur / actrice et ses modèles dans les pratiques de copie, d’imitation et de réactivation</w:t>
+                <w:t xml:space="preserve">Jouer, incarner, interpréter – Ce que fait l’acteur au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tomas Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methodos : savoirs et textes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue d'Historiographie du Théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, DICTHEA: dictionnaires et encyclopédies de théâtre des 18e et 19e siècles (7)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04550744v1</w:t>
+                <w:t xml:space="preserve">hal-04923631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jouer, incarner, interpréter – Ce que fait l’acteur au XIXe siècle</w:t>
+                <w:t xml:space="preserve">Apprendre en copiant : l’acteur / actrice et ses modèles dans les pratiques de copie, d’imitation et de réactivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Historiographie du Théâtre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Methodos : savoirs et textes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/methodos.7787⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04923631v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04550744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques de l'adresse dans la formation de l'acteur</w:t>
               </w:r>
@@ -1249,183 +1249,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le théâtre symboliste : de la critique sociale et politique à l'utopie civique et théâtrale</w:t>
+                <w:t xml:space="preserve">L’acteur déjà là du Tg STAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes littéraires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lectures sociocritiques du théâtre, pp.93-108. </w:t>
+              <w:t xml:space="preserve">Agôn : Revue des arts de la scène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, L'entrée en scène, 5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1016849ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/agon.2432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994896v1</w:t>
+                <w:t xml:space="preserve">hal-01994912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’acteur déjà là du Tg STAN</w:t>
+                <w:t xml:space="preserve">Le théâtre symboliste : de la critique sociale et politique à l'utopie civique et théâtrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agôn : Revue des arts de la scène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, L'entrée en scène, 5, </w:t>
+              <w:t xml:space="preserve">Etudes littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lectures sociocritiques du théâtre, pp.93-108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/agon.2432⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7202/1016849ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994912v1</w:t>
+                <w:t xml:space="preserve">hal-01994896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petites revues et théâtre d’à-côté : des affinités électives aux projections idéales</w:t>
               </w:r>
@@ -1474,187 +1474,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’utopie à l’épreuve de la scène, et vice versa</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Du théâtre nulle part situé à la cathédrale de l’avenir : utopies de théâtre entre deux siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meridian Critic – Analele Universităţii "Ştefan cel Mare" Suceava</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agôn : Revue des arts de la scène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Utopies de la scène, scènes de l'utopie, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/agon.1278⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994953v1</w:t>
+                <w:t xml:space="preserve">hal-01994960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du théâtre nulle part situé à la cathédrale de l’avenir : utopies de théâtre entre deux siècles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’utopie à l’épreuve de la scène, et vice versa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Métais-Chastanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agôn : Revue des arts de la scène</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Meridian Critic – Analele Universităţii "Ştefan cel Mare" Suceava</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, L'utopie, XVI (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/agon.1278⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01994960v1</w:t>
+                <w:t xml:space="preserve">hal-01994953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2025,703 +2025,703 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’élaboration du personnage public dans les mémoires d'acteurs au 19e siècle »</w:t>
+                <w:t xml:space="preserve">Théâtre symboliste d'un théâtre populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Filippi, Florence; Harvey, Sarah; Marchand, Sophie. </w:t>
+              <w:t xml:space="preserve">Olivier Bara. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Sacre de l’acteur, émergence du vedettariat théâtral de Molière à Sarah Bernhardt</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Théâtre et Peuple. De Louis-Sébastien Mercier à Firmin Gémier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 978-2-406-06864-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06866-2.p.0433⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01837098v1</w:t>
+                <w:t xml:space="preserve">hal-01994744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théâtre symboliste d'un théâtre populaire</w:t>
+                <w:t xml:space="preserve">« L’élaboration du personnage public dans les mémoires d'acteurs au 19e siècle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Olivier Bara. </w:t>
+              <w:t xml:space="preserve">Filippi, Florence; Harvey, Sarah; Marchand, Sophie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Théâtre et Peuple. De Louis-Sébastien Mercier à Firmin Gémier</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Sacre de l’acteur, émergence du vedettariat théâtral de Molière à Sarah Bernhardt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, 2017, 2200615523</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06866-2.p.0433⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01994744v1</w:t>
+                <w:t xml:space="preserve">halshs-01837098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La voix de l'acteur: appréciation, notation, évocation</w:t>
+                <w:t xml:space="preserve">Expérimenter pour apprendre : les formations de l’acteur au début du 20e siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Marc Larrue et Marie-Madeleine Mervant-Roux. </w:t>
+              <w:t xml:space="preserve">Mireille Losco Lena. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Son du théâtre (XIXe- XXIe siècle) Histoire intermédiale d’un lieu d’écoute moderne</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 978-2-271-09356-1</w:t>
+              <w:t xml:space="preserve">Faire théâtre sous le signe de la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994755v1</w:t>
+                <w:t xml:space="preserve">halshs-01823814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimenter pour apprendre : les formations de l’acteur au début du 20e siècle</w:t>
+                <w:t xml:space="preserve">La voix de l'acteur: appréciation, notation, évocation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mireille Losco Lena. </w:t>
+              <w:t xml:space="preserve">Jean-Marc Larrue et Marie-Madeleine Mervant-Roux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faire théâtre sous le signe de la recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUR, 2016</w:t>
+              <w:t xml:space="preserve">Le Son du théâtre (XIXe- XXIe siècle) Histoire intermédiale d’un lieu d’écoute moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-2-271-09356-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01823814v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’héroïsme anachronique de Mounet-Sully</w:t>
+                <w:t xml:space="preserve">De la grâce dans la joie&amp;quot;: de quelques caractéristiques du jeu des premiers interprètes de Feydeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Olivier Bara; Mireille Losco-Lena; Anne Pellois. </w:t>
+              <w:t xml:space="preserve">Violaine Herault, Ariane Martinez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Héroïsmes de l'acteur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Le vaudeville à la scène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELLUG, pp.59-70, 2015, 978-2-84310-315-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Lyon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.pul.4067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.ugaeditions.347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994878v1</w:t>
+                <w:t xml:space="preserve">hal-01994782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rythme et espace : une pensée musicale de la mise en scène</w:t>
+                <w:t xml:space="preserve">La Rythmique et l'art de l'acteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Claire Kuschnig, Anne Pellois. </w:t>
+              <w:t xml:space="preserve">Claire Kuschnig et Anne Pellois. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Rythme, une révolution!</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slatkine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.135-144, 2015, 978-2-8321-0706-5</w:t>
+              <w:t xml:space="preserve">, pp.150-160, 2015, 9782832107065</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01994796v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la grâce dans la joie&amp;quot;: de quelques caractéristiques du jeu des premiers interprètes de Feydeau</w:t>
+                <w:t xml:space="preserve">Rythme et espace : une pensée musicale de la mise en scène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Violaine Herault, Ariane Martinez. </w:t>
+              <w:t xml:space="preserve">Claire Kuschnig, Anne Pellois. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le vaudeville à la scène</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Rythme, une révolution!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slatkine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.135-144, 2015, 978-2-8321-0706-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01994782v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Rythmique et l'art de l'acteur</w:t>
+                <w:t xml:space="preserve">L’héroïsme anachronique de Mounet-Sully</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Claire Kuschnig et Anne Pellois. </w:t>
+              <w:t xml:space="preserve">Olivier Bara; Mireille Losco-Lena; Anne Pellois. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Rythme, une révolution!</w:t>
+              <w:t xml:space="preserve">Les Héroïsmes de l'acteur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.173-188, 2015, 978-2-7297-0884-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pul.4067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01994802v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du « labo » au plateau : geste linguistique et geste théâtral</w:t>
               </w:r>
@@ -2964,169 +2964,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impromptu XL by Tg Stan : theatre as a “memory machine”</w:t>
+                <w:t xml:space="preserve">Les intermittences du je(u), à propos du Tg STAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Greatest Shows on Earth : world theatre from Peter Brook to the Sydney Olympics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Libri Publishing, 2011, 9781907471865</w:t>
+              <w:t xml:space="preserve">L'autofiguration dans le théâtre contemporain: se dire sur la scène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions universitaires de Dijon, 2011, 9782915611977</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994946v1</w:t>
+                <w:t xml:space="preserve">hal-01994942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les intermittences du je(u), à propos du Tg STAN</w:t>
+                <w:t xml:space="preserve">Impromptu XL by Tg Stan : theatre as a “memory machine”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">John Freeman. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'autofiguration dans le théâtre contemporain: se dire sur la scène</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions universitaires de Dijon, 2011, 9782915611977</w:t>
+              <w:t xml:space="preserve">The Greatest Shows on Earth : world theatre from Peter Brook to the Sydney Olympics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Libri Publishing, 2011, 9781907471865</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994942v1</w:t>
+                <w:t xml:space="preserve">hal-01994946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3830,51 +3830,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923674v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arlin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Ingarao" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.211.0043" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923701v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Gonzalez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04550744v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/methodos.7787" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923631v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923871v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994716v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994556v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01994472v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etth.065.0159" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006851v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara M&#233;tais-Chastanier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sermon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.4109" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823786v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832423v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.3476" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994873v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994818v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.348" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994896v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1016849ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994912v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.2432" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994933v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994953v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994960v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1278" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuschnig" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slatkine.com/fr/editions-slatkine/69319-book-07210706-9782832107065.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837081v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bara" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.3950" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923763v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994966v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837098v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994744v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/theatre-et-peuple-de-louis-sebastien-mercier-a-firmin-gemier.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06866-2.p.0433" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994755v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/art/7377-le-son-du-theatre-xixe-xxie-siecle.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823814v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994878v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/produit.php?id_produit=953" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.4067" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994796v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994782v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.347" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994802v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02179257v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Dumontet-Malsch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994889v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Dumontet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994921v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753517301/le-monologue-contre-le-drame" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.64890" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994946v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994942v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007072v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanny Bert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diaz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1836" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007088v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Morin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1444" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088725v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chavassieux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Noel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1262" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006943v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.866" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01994591v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006GRE39051" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923674v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellois" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Arlin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Ingarao" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.211.0043" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923701v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Gonzalez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923631v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04550744v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/methodos.7787" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923871v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994716v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994556v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01994472v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etth.065.0159" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006851v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara M&#233;tais-Chastanier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sermon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.4109" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823786v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832423v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.3476" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994873v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994818v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.348" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994912v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.2432" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994896v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1016849ar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994933v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994960v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1278" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994953v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuschnig" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slatkine.com/fr/editions-slatkine/69319-book-07210706-9782832107065.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837081v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bara" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.3950" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923763v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994966v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994744v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/theatre-et-peuple-de-louis-sebastien-mercier-a-firmin-gemier.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06866-2.p.0433" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837098v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01823814v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994755v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrseditions.fr/art/7377-le-son-du-theatre-xixe-xxie-siecle.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994782v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.347" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994802v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994796v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994878v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/produit.php?id_produit=953" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.4067" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02179257v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Dumontet-Malsch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994889v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Dumontet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994921v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753517301/le-monologue-contre-le-drame" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.64890" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994942v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994946v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007072v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanny Bert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diaz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1836" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007088v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Morin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1444" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088725v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chavassieux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Noel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.1262" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006943v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agon.866" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01994591v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006GRE39051" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>