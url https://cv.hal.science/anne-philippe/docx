--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -204,365 +204,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04709618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian analysis for mediation and moderation using g − priors.</w:t>
+                <w:t xml:space="preserve">UV filters in everyday cosmetic products, a comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Céline Couteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Philippe</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Coiffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Econometrics and Statistics </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecosta.2021.12.009⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (2), pp.2976-2986. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-023-31330-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322641v1</w:t>
+                <w:t xml:space="preserve">hal-05214526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing computation time in the R-package 'BayLum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederik Baumgarten</w:t>
+                <w:t xml:space="preserve">Bayesian analysis for mediation and moderation using g − priors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ancient TL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 41 (1), pp.1-4. </w:t>
+              <w:t xml:space="preserve">Econometrics and Statistics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp.161-172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26034/la.atl.2023.565⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecosta.2021.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04138796v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UV filters in everyday cosmetic products, a comparative study</w:t>
+                <w:t xml:space="preserve">Reducing computation time in the R-package 'BayLum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Couteau</w:t>
+                <w:t xml:space="preserve">Frederik Baumgarten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Metay</w:t>
+                <w:t xml:space="preserve">Guérin Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Coiffard</w:t>
+                <w:t xml:space="preserve">Sebastian Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 31 (2), pp.2976-2986. </w:t>
+              <w:t xml:space="preserve">Ancient TL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (1), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-023-31330-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26034/la.atl.2023.565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05214526v1</w:t>
+                <w:t xml:space="preserve">hal-04138796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian chronology construction and substance time</w:t>
               </w:r>
@@ -912,77 +912,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luminescence age calculation through Bayesian convolution of equivalent dose and dose-rate distributions: the De_Dr model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Tribolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1029,51 +1029,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of outliers with a Bayesian hierarchical model: application to the single-grain luminescence dating method.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1276,51 +1276,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Geochronology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 49, pp.16-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1573,395 +1573,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01978216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonparametric estimation of the distribution of the autoregressive coefficient from panel random-coefficient AR(1) data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ABC Shadow algorithm: a tool for statistical analysis of spatial patterns stat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Stoica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remigijus Leipus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Philippe</w:t>
+                <w:t xml:space="preserve">Pablo Gregori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vytautė Pilipauskaitė</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Donatas Surgailis</w:t>
+                <w:t xml:space="preserve">Jorge Mateu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Multivariate Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmva.2016.09.007⟩</w:t>
+              <w:t xml:space="preserve">Statistics and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11222-016-9682-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01174833v1</w:t>
+                <w:t xml:space="preserve">hal-01427935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved radiofluorescence single-aliquot regenerative dose protocol for K-feldspars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonparametric estimation of the distribution of the autoregressive coefficient from panel random-coefficient AR(1) data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remigijus Leipus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Frouin</w:t>
+                <w:t xml:space="preserve">Vytautė Pilipauskaitė</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Huot</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Donatas Surgailis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quageo.2016.11.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Multivariate Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 153, pp.121 - 135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmva.2016.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01427990v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ABC Shadow algorithm: a tool for statistical analysis of spatial patterns stat</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Philippe</w:t>
+                <w:t xml:space="preserve">An improved radiofluorescence single-aliquot regenerative dose protocol for K-feldspars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Frouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Gregori</w:t>
+                <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Mateu</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics and Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">Quaternary Geochronology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 38, pp.13 - 24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11222-016-9682-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quageo.2016.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01427935v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01427990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical Bayesian modeling for combining dates in archaeological context</w:t>
               </w:r>
@@ -2637,200 +2637,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00497639v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marginal density estimation for linear processes with cyclical long memory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamedou Ould Haye</w:t>
+                <w:t xml:space="preserve">Some convergence results on quadratic forms for random fields and application to empirical covariances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lavancier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics and Probability Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Probability Theory and Related Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 149 (3-4), pp.493--514</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00762901v1</w:t>
+                <w:t xml:space="preserve">hal-00348833v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some convergence results on quadratic forms for random fields and application to empirical covariances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lavancier</w:t>
+                <w:t xml:space="preserve">Marginal density estimation for linear processes with cyclical long memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamedou Ould Haye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probability Theory and Related Fields</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Statistics and Probability Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.spl.2011.04.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00348833v3</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00762901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covariance function of vector self-similar process</w:t>
               </w:r>
@@ -2842,51 +2842,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lavancier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistics and Probability Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 79, pp.2415-2421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2946,51 +2946,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lavancier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistics and Probability Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 79 (23), pp.2415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3152,265 +3152,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02044435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time series aggregation, disaggregation and long memory</w:t>
+                <w:t xml:space="preserve">Involvement of hyperprolinemia in cognitive and psychiatric features of the 22q11 deletion syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitrij Celov</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gregory Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bumsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Hecketsweiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Therese Van Amelsvoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janneke Zinkstok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lithuanian Mathematical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10986-007-0026-6⟩</w:t>
+              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 16 (1), pp.83-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddl443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00133637v1</w:t>
+                <w:t xml:space="preserve">hal-01440622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of hyperprolinemia in cognitive and psychiatric features of the 22q11 deletion syndrome</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time series aggregation, disaggregation and long memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janneke Zinkstok</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dmitrij Celov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remigijus Leipus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Molecular Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 16 (1), pp.83-91. </w:t>
+              <w:t xml:space="preserve">Lithuanian Mathematical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 47 (4), pp.379-393. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddl443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10986-007-0026-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01440622v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00133637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3454,51 +3454,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffanie Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María F Sánchez Goñi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3575,51 +3575,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María F Sánchez Goñi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lesven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3683,51 +3683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffanie Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María F Sánchez Goñi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lesven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3804,51 +3804,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lavancier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42èmes Journées de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Marseille, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4065,51 +4065,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María F Sánchez Goñi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lesven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4186,51 +4186,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María F Sánchez Goñi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lesven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4294,51 +4294,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffanie Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María F Sánchez Goñi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lesven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4540,273 +4540,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-parametric estimation of the long-range dependence parameter : A survey</w:t>
+                <w:t xml:space="preserve">Generators of long-range dependent processes: A survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Oppenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murad S. Taqqu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory and applications of long-range dependence.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Birkhäuser, pp.557-577, 2003</w:t>
+              <w:t xml:space="preserve">Theory and applications of long-range dependence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Birkhäuser, pp.579-623, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00127926v1</w:t>
+                <w:t xml:space="preserve">hal-00127929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generators of long-range dependent processes: A survey</w:t>
+                <w:t xml:space="preserve">Semi-parametric estimation of the long-range dependence parameter : A survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Oppenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murad S. Taqqu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Lang</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stilan Stoev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory and applications of long-range dependence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Birkhäuser, pp.579-623, 2003</w:t>
+              <w:t xml:space="preserve">Theory and applications of long-range dependence.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Birkhäuser, pp.557-577, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00127929v1</w:t>
+                <w:t xml:space="preserve">hal-00127926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5000,51 +5000,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian analysis for mediation and moderation using g−priors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5163,51 +5163,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PRIORS COMPARISON IN BAYESIAN MEDIATION FRAMEWORK WITH BINARY OUTCOME</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5326,90 +5326,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sample covariances of random-coefficient AR(1) panel model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remigijus Leipus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vytaute Pilipauskaite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5577,90 +5577,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating long memory in panel random-coefficient AR(1) data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remigijus Leipus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vytaute Pilipauskaite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6324,272 +6324,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00868604v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On particle filters applied to electricity load forecasting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contemporaneous aggregation of triangular array of random-coefficient AR(1) processes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Lamarche</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donata Puplinskaite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00737555v2</w:t>
+                <w:t xml:space="preserve">hal-00790344v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contemporaneous aggregation of triangular array of random-coefficient AR(1) processes.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On particle filters applied to electricity load forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lamarche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donata Puplinskaite</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-00790344v2</w:t>
+                <w:t xml:space="preserve">hal-00737555v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggregation and long memory: recent developments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remigijus Leipus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donata Puplinskaite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6708,77 +6708,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of non-constant long memory parameter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lavancier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remigijus Leipus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6985,51 +6985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lavancier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatas Surgailis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7047,64 +7047,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymptotic normality of the mixture density estimator in a disaggregation scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitrij Celov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remigijus Leipus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7356,51 +7356,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Kreutzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7807,51 +7807,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709618v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedou Ould Haye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Philippe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Robet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00362-023-01515-z" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322641v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecosta.2021.12.009" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138796v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Baumgarten" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;rin Guillaume" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kreutzer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/la.atl.2023.565" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214526v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Couteau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Metay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Coiffard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-31330-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271969v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dye" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Buck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dinapoli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2023.105765" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901476v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Papoutsis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarn Duong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Michel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2022.2026896" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03652926v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebrun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2022.101311" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672608v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Mercier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Tribolo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gchron-4-297-2022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322635v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20705948v14n2p318" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183506v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Stoica" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Deaconu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Hurtado-Gil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2021.100505" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846079v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2018.05.009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272205v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadi Gromykov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11203-017-9164-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978216v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Christophe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174833v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigijus Leipus" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytaut&#279; Pilipauskait&#279;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatas Surgailis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2016.09.007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427990v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Frouin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Huot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lahaye" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lamothe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2016.11.004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427935v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gregori" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mateu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-016-9682-x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01451371v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584140v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gu&#233;rin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Schmidt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Goval" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2017.07.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428011v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Barsotti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rochet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2015.12.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954005v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Chevallier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Robel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Barry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sol&#232;ne Maria" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-015-2498-2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01191525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nava" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Rupp" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boissel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mignot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rastetter" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-015-2057-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497639v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coeurjolly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lavancier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762901v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2011.04.010" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348833v3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398792v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2009.08.015" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587295v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044435v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guntram Borck" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahi Moll&#224;-Herman" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boddaert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferechte Encha-Razavi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.20531" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133637v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrij Celov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10986-007-0026-6" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440622v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Raux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bumsel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Hecketsweiler" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Van Amelsvoort" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janneke Zinkstok" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddl443" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385873v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Fourcade" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a F S&#225;nchez Go&#241;i" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234892v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lesven" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234928v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386717v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Courteille" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;liodore" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Poullain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gallon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385957v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235065v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235452v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03149563v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eslem Ben Arous" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingfeng Shao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127926v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bardet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Oppenheim" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad S. Taqqu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stilan Stoev" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127929v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lang" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384012v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Bouafia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791934v3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques L&#233;vy V&#233;hel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104707v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266684v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070053v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944290v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Viano" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903304v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytaute Pilipauskaite" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126749v3" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347895v5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622201v3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643509v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353483v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346868v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Comb&#232;s" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162404v3" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241720v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151675v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625117v5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Launay" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamarche" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00868604v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Echelard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737555v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790344v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donata Puplinskaite" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834034v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681274v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634777v3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718698v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeid Rezakhah" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navideh Modaresi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550119v3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403445v2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242913v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339232v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Davydov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexender Nagaev" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328168v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407776v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Harly Baumgarten" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c4e69846441e39feb795ed65f460ccc35508595;origin=https://github.com/crp2a/BayLum" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407753v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frerebeau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c18823fda9a7b4f8162b1d1e3f26d4025339a977;origin=https://github.com/ArchaeoStat/ArchaeoPhases;visit=swh:1:snp:40e99d1536f7511b1a9e48a3a050c7f0417597f5;anchor=swh:1:rev:b72bb72e8d190657b257337e3821667f179cea87" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407812v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:52e0f52809a33edefe7f6fe7de47488975ae1a18;origin=https://codeberg.org/tesselle/nexus;visit=swh:1:snp:6a9e1833649c77bf91b30570acde20d4b45a5434;anchor=swh:1:rev:0345038426b84a5c71dc2231b7709dd2bc409c03" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709618v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedou Ould Haye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Philippe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Robet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00362-023-01515-z" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214526v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Couteau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Metay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Coiffard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-31330-w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322641v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecosta.2021.12.009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138796v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Baumgarten" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;rin Guillaume" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kreutzer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/la.atl.2023.565" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271969v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dye" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Buck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dinapoli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2023.105765" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901476v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Papoutsis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarn Duong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Michel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2022.2026896" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03652926v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebrun" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2022.101311" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672608v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Mercier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Tribolo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gchron-4-297-2022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322635v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20705948v14n2p318" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183506v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Stoica" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Deaconu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Hurtado-Gil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2021.100505" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846079v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2018.05.009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272205v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadi Gromykov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11203-017-9164-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978216v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Christophe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427935v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gregori" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mateu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-016-9682-x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174833v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigijus Leipus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytaut&#279; Pilipauskait&#279;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatas Surgailis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2016.09.007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427990v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Frouin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Huot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lahaye" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lamothe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2016.11.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01451371v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lanos" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584140v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gu&#233;rin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Schmidt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Goval" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2017.07.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428011v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Barsotti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rochet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jspi.2015.12.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954005v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Chevallier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Robel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Barry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sol&#232;ne Maria" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-015-2498-2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01191525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nava" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Rupp" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boissel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mignot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rastetter" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-015-2057-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497639v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coeurjolly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lavancier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348833v3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762901v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2011.04.010" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398792v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2009.08.015" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587295v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044435v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guntram Borck" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahi Moll&#224;-Herman" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boddaert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferechte Encha-Razavi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.20531" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440622v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Raux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bumsel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Hecketsweiler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Van Amelsvoort" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janneke Zinkstok" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddl443" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133637v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitrij Celov" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10986-007-0026-6" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385873v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Fourcade" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a F S&#225;nchez Go&#241;i" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234892v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lesven" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234928v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386717v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Courteille" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;liodore" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Poullain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gallon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385957v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235065v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235452v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03149563v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eslem Ben Arous" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingfeng Shao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127929v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bardet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Oppenheim" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad S. Taqqu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127926v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stilan Stoev" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384012v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Bouafia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791934v3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques L&#233;vy V&#233;hel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104707v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266684v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070053v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944290v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Viano" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903304v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vytaute Pilipauskaite" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126749v3" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347895v5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622201v3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643509v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353483v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346868v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Comb&#232;s" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162404v3" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241720v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151675v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625117v5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Launay" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamarche" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00868604v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Echelard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790344v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donata Puplinskaite" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737555v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834034v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681274v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634777v3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718698v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeid Rezakhah" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navideh Modaresi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550119v3" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403445v2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242913v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339232v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Davydov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexender Nagaev" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328168v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407776v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Harly Baumgarten" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c4e69846441e39feb795ed65f460ccc35508595;origin=https://github.com/crp2a/BayLum" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407753v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frerebeau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c18823fda9a7b4f8162b1d1e3f26d4025339a977;origin=https://github.com/ArchaeoStat/ArchaeoPhases;visit=swh:1:snp:40e99d1536f7511b1a9e48a3a050c7f0417597f5;anchor=swh:1:rev:b72bb72e8d190657b257337e3821667f179cea87" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407812v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:52e0f52809a33edefe7f6fe7de47488975ae1a18;origin=https://codeberg.org/tesselle/nexus;visit=swh:1:snp:6a9e1833649c77bf91b30570acde20d4b45a5434;anchor=swh:1:rev:0345038426b84a5c71dc2231b7709dd2bc409c03" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>