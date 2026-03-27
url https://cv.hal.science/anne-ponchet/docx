--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1652,291 +1652,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack Statististics and Stress Analysis of Thick GaN on Patterned Silicon Substrate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interface energy analysis of III–V islands on Si (001) in the Volmer-Weber growth mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ponchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tasnia Hossain</w:t>
+                <w:t xml:space="preserve">G. Patriarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Junaebur Rashid</w:t>
+                <w:t xml:space="preserve">J. B. Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Frayssinet</w:t>
+                <w:t xml:space="preserve">L. Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Baron</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Tournié</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (b)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssb.201700399⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 113 (19), pp.191601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5055056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01871066v1</w:t>
+                <w:t xml:space="preserve">hal-01913668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface energy analysis of III–V islands on Si (001) in the Volmer-Weber growth mode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Ponchet</w:t>
+                <w:t xml:space="preserve">Crack Statististics and Stress Analysis of Thick GaN on Patterned Silicon Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tasnia Hossain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Patriarche</w:t>
+                <w:t xml:space="preserve">Mohammad Junaebur Rashid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. B. Rodriguez</w:t>
+                <w:t xml:space="preserve">Eric Frayssinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cerutti</w:t>
+                <w:t xml:space="preserve">Nicolas Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Tournié</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benjamin Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 113 (19), pp.191601. </w:t>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 255 (5), pp.1700399. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5055056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pssb.201700399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01913668v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01871066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Second harmonic generation in gallium phosphide microdisks on silicon: from strict $\bar{4}$ to random quasi-phase matching</w:t>
               </w:r>
@@ -2448,425 +2448,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01743639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abrupt GaP/Si hetero-interface using bistepped Si buffer</w:t>
+                <w:t xml:space="preserve">Fully Crystalline Faceted Fe-Au Core-Shell Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanping Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Stodolna</w:t>
+                <w:t xml:space="preserve">Cyril Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizio Benzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mounib Bahri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thanh Tra Nguyen</w:t>
+                <w:t xml:space="preserve">R. Arenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nicolaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4935494⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (8), pp.5075-5080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5b02273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01228809v1</w:t>
+                <w:t xml:space="preserve">hal-01765161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully Crystalline Faceted Fe-Au Core-Shell Nanoparticles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Arenal</w:t>
+                <w:t xml:space="preserve">The gold/ampicillin interface at the atomic scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ponchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-José Casanove</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.5b02273⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (34), pp.14515 - 14524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5NR03318G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765161v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01755415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The gold/ampicillin interface at the atomic scale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Magali Benoit</w:t>
+                <w:t xml:space="preserve">Abrupt GaP/Si hetero-interface using bistepped Si buffer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Stodolna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounib Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jithesh Kuyyalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Giraud</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thanh Tra Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 7 (34), pp.14515 - 14524. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 107 (19), pp.191603. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5NR03318G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4935494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01755415v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01228809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sb surfactant mediated growth of InAs/AlAs0.56Sb0.44 strained quantum well for intersubband absorption at 1.55 μm</w:t>
               </w:r>
@@ -3410,51 +3410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Almosni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3792,337 +3792,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01830799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron X-ray diffraction analysis for quantitative defect evaluation in GaP/Si nanolayers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Structural and optical properties of (In,Ga)As/GaP quantum dots and (GaAsPN/GaPN) diluted-nitride nanolayers coherently grown onto GaP and Si substrates for photonics and photovoltaics applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Robert Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Tra Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Charles Cornet</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Almosni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Quinci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Current Trends in Optical and X-Ray Metrology of Advanced Materials for Nanoscale Devices III, 541, pp.36-40. </w:t>
+              <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Quantum sensing and nanophotonic devices X, 8631, pp.863126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2012.11.116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2012670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00788396v1</w:t>
+                <w:t xml:space="preserve">hal-00842763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and optical properties of (In,Ga)As/GaP quantum dots and (GaAsPN/GaPN) diluted-nitride nanolayers coherently grown onto GaP and Si substrates for photonics and photovoltaics applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Durand</w:t>
+                <w:t xml:space="preserve">Synchrotron X-ray diffraction analysis for quantitative defect evaluation in GaP/Si nanolayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Tra Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Robert Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Samy Almosni</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Létoublon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Quinci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Current Trends in Optical and X-Ray Metrology of Advanced Materials for Nanoscale Devices III, 541, pp.36-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2012.11.116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2012670⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00842763v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00788396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and optical analyses of GaP/Si and (GaAsPN/GaPN)/GaP/Si nanolayers for integrated photonics on silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Tra Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Robert Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4474,307 +4474,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01003142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis by high-resolution electron microscopy of elastic strain in thick InAs layers embedded in Ga0.47In0.53As buffers on InP(0 0 1) substrate</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Achievement of InSb Quantum Dots on InP(100) Substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Crestou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Ponchet</w:t>
+                <w:t xml:space="preserve">Wei Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Rohel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bertru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Folliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Paranthoën</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2010.01.047⟩</w:t>
+              <w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49, pp.060210-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1143/JJAP.49.060210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00485656v1</w:t>
+                <w:t xml:space="preserve">hal-00489868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achievement of InSb Quantum Dots on InP(100) Substrates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis by high-resolution electron microscopy of elastic strain in thick InAs layers embedded in Ga0.47In0.53As buffers on InP(0 0 1) substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Lu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tony Rohel</w:t>
+                <w:t xml:space="preserve">Catherine Crestou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ponchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bertru</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Paranthoën</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 58 (9), pp.3238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2010.01.047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1143/JJAP.49.060210⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00489868v1</w:t>
+                <w:t xml:space="preserve">hal-00485656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical behaviour of a two-phase material from the behaviour of its components: Interface modelling by finite element method</w:t>
               </w:r>
@@ -8800,64 +8800,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Tarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Arenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE Nanotechnology Materials and Devices Conference (NMDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, 2016, </w:t>
@@ -9064,51 +9064,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871301v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ponchet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Casanove" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roucau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-gu/Mechanical+Stress+on+the+Nanoscale%3A+Simulation%2C+Material+Systems+and+Characterization+Techniques-p-9783527410668" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871321v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/mechanics-of-nano-objects" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175657v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Casanove" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-8796-7_17" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-W4WCDKTM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00675612v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294073v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Hungria" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Benoit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0169818" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685120v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Combettes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Pecassou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2022220026" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989677v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Benzo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR04425C" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913274v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0014906" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878985v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cornet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charbonnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Lucci" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lipin Chen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.053401" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119035v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pedesseau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Corre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertru" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5091058" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01833206v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pedesseau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cerutti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.060401" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803990v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Turban" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan L&#233;ger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201801585" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871066v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnia Hossain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Junaebur Rashid" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frayssinet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201700399" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913668v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Rodriguez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cerutti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tourni&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5055056" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529567v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillem&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dumeige" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Stodolna" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rohel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/aa676d" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707044v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Claveau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicola&#239;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4952951" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396654v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.014608" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743639v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Tang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4959843" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228809v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounib Bahri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jithesh Kuyyalil" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Tra Nguyen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935494" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765161v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Langlois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arenal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5b02273" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755415v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Giraud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR03318G" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140104v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Folliot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Perrin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913845" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626271v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Teissier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Baranov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4926786" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765163v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morillo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.165437" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723509v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Makhloufi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poonyasiri Boonpeng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Mazzucato" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-9-123" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166477v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Almosni" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#233;toublon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ehs-2014-0008" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623721v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863035" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830799v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demangeot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud P&#233;chou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cros" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201200451" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NJGLHWTL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788396v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinci" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.11.116" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0SW7K2L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842763v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2012670" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726722v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiming Guo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4751024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830803v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cros" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.155432" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003142v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laneuville" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Salles" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115417" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485656v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Crestou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.01.047" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4B078TBZ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489868v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Lu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Parantho&#235;n" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.49.060210" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175632v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Massaoudi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2007.10.002" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4TDRQZ9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255740v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Devos" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poinsotte" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Groenen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dehaese" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertru" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.207402" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175195v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rocher" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Durand" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Altibelli" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1900306" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175602v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2004026" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-1D2NSWRJ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175197v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1644639" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175606v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghyselen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Hartmann" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aulnette" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osternaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2004.01.011" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGR41TH0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176553v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blanc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnoult" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Carr&#232;re" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bedel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lacoste" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-opt:20030039" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003590v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazayous" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zwick" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175544v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Politi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Grenet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Villain" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0370-1573(99)00046-0" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175199v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fr&#233;chengues" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Drouot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lambert" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robinet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.123343" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175201v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacombe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.123653" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175473v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alquier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Cardonna" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.121515" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175203v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. G&#233;rard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cabrol" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.118863" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175204v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Groenen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mlayah" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Carles" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Corre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.116951" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175210v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Y. Emery" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Starck" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Goldstein" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.358833" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176318v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Le Corre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Godefroy" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sala&#252;n" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poudoulec" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0248(95)00140-9" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-87SP7HZN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175206v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#8217;haridon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.114353" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175576v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cl&#233;rot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L'Haridon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-5107(94)01139-7" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJ4GSDR1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176325v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0026-2692(95)00037-2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDM4TZCG-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176326v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J. Garc&#237;a" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontaine" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.W. R&#252;hle" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0026-2692(95)00036-4" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8H8SMVF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175211v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ougazzaden" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mircea" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.356573" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175213v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bensaoula" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Freundlich" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rossignol" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.587058" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175216v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Emery" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.354469" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175220v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ligeon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chami" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Danielou" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feuillet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fontenille" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.345512" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175218v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lentz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tuffigo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Magnea" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mariette" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.346887" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175583v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Mignot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapierre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Flouquet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.40.10917" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175221v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.101938" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176324v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Puech" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Voiron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lejay" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/JJAPS.26S3.2103" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176322v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0304-8853(87)90598-1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG1GNNHR-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176319v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Mignot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Visser" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J.M. Franse" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menovsky" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0304-8853(86)90638-4" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BV4GP0GL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755488v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC.2016.7777160" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871301v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ponchet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Casanove" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roucau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-gu/Mechanical+Stress+on+the+Nanoscale%3A+Simulation%2C+Material+Systems+and+Characterization+Techniques-p-9783527410668" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871321v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/mechanics-of-nano-objects" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175657v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jose Casanove" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-8796-7_17" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-W4WCDKTM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00675612v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294073v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Hungria" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Benoit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0169818" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685120v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Combettes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Pecassou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2022220026" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989677v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Benzo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR04425C" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913274v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0014906" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878985v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cornet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charbonnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Lucci" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lipin Chen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.4.053401" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119035v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pedesseau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Corre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertru" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5091058" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01833206v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pedesseau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cerutti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.2.060401" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803990v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Turban" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan L&#233;ger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201801585" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913668v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Rodriguez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cerutti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tourni&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5055056" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871066v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnia Hossain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Junaebur Rashid" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frayssinet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201700399" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529567v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillem&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dumeige" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Stodolna" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rohel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/aa676d" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707044v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Claveau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicola&#239;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4952951" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396654v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.014608" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743639v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Tang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4959843" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765161v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Langlois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arenal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5b02273" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755415v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Giraud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR03318G" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228809v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanping Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounib Bahri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jithesh Kuyyalil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Tra Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935494" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140104v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Folliot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Perrin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913845" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626271v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Teissier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Baranov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4926786" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765163v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morillo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.165437" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723509v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Makhloufi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poonyasiri Boonpeng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Mazzucato" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-9-123" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166477v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Almosni" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#233;toublon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ehs-2014-0008" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623721v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863035" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830799v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demangeot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud P&#233;chou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cros" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201200451" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NJGLHWTL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842763v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Robert Robert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinci" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2012670" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788396v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.11.116" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0SW7K2L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726722v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiming Guo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4751024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830803v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cros" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.155432" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003142v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laneuville" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Salles" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.115417" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489868v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Lu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Parantho&#235;n" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/JJAP.49.060210" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485656v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Crestou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.01.047" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4B078TBZ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175632v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Massaoudi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2007.10.002" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4TDRQZ9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255740v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Devos" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poinsotte" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Groenen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dehaese" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bertru" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.207402" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175195v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rocher" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Durand" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Altibelli" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1900306" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175602v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2004026" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-1D2NSWRJ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175197v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1644639" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175606v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghyselen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Hartmann" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aulnette" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osternaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2004.01.011" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGR41TH0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176553v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blanc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnoult" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Carr&#232;re" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bedel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lacoste" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-opt:20030039" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003590v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cazayous" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zwick" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175544v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Politi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Grenet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Villain" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0370-1573(99)00046-0" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175199v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fr&#233;chengues" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Drouot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lambert" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robinet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.123343" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175201v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lacombe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.123653" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175473v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alquier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Cardonna" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.121515" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175203v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. G&#233;rard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cabrol" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.118863" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175204v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Groenen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mlayah" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Carles" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Corre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.116951" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175210v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Y. Emery" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Starck" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Goldstein" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.358833" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176318v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Le Corre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Godefroy" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sala&#252;n" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poudoulec" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-0248(95)00140-9" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-87SP7HZN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175206v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#8217;haridon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.114353" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175576v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cl&#233;rot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L'Haridon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-5107(94)01139-7" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJ4GSDR1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176325v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0026-2692(95)00037-2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDM4TZCG-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176326v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J. Garc&#237;a" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fontaine" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.W. R&#252;hle" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0026-2692(95)00036-4" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8H8SMVF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175211v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ougazzaden" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mircea" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.356573" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175213v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bensaoula" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Freundlich" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rossignol" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.587058" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175216v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Emery" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.354469" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175220v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ligeon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chami" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Danielou" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feuillet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fontenille" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.345512" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175218v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lentz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tuffigo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Magnea" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mariette" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.346887" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175583v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Mignot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapierre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Flouquet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.40.10917" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175221v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.101938" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176324v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Puech" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Voiron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lejay" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/JJAPS.26S3.2103" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176322v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0304-8853(87)90598-1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG1GNNHR-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176319v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Mignot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Visser" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J.M. Franse" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menovsky" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0304-8853(86)90638-4" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BV4GP0GL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755488v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NMDC.2016.7777160" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>