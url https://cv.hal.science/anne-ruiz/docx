--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -508,295 +508,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03791044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical Features and Risk of Relapse in Children and Adults with Myelin Oligodendrocyte Glycoprotein Antibody–Associated Disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Purified IgG from aquaporin-4 neuromyelitis optica spectrum disorder patients alters blood-brain barrier permeability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Cobo-Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Cobo‐calvo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Ruiz</w:t>
+                <w:t xml:space="preserve">Chloé Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Rollot</w:t>
+                <w:t xml:space="preserve">Sandrine Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgina Arrambide</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Deschamps</w:t>
+                <w:t xml:space="preserve">Sylvie Cavagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ana.25909⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (9), pp.e0238301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0238301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03029833v1</w:t>
+                <w:t xml:space="preserve">hal-04783488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purified IgG from aquaporin-4 neuromyelitis optica spectrum disorder patients alters blood-brain barrier permeability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alvaro Cobo-Calvo</w:t>
+                <w:t xml:space="preserve">Clinical Features and Risk of Relapse in Children and Adults with Myelin Oligodendrocyte Glycoprotein Antibody–Associated Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Cobo‐calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Richard</w:t>
+                <w:t xml:space="preserve">Fabien Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Blondel</w:t>
+                <w:t xml:space="preserve">Georgina Arrambide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Cavagna</w:t>
+                <w:t xml:space="preserve">Romain Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 15 (9), pp.e0238301. </w:t>
+              <w:t xml:space="preserve">Annals of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 89, pp.30-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0238301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ana.25909⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783488v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of treatment response in adults with relapsing MOG-Ab-associated disease</w:t>
               </w:r>
@@ -808,51 +808,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Cobo-Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Sepúlveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Rollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thais Armangué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1344,51 +1344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Marignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Cavagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nicole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1621,51 +1621,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478248v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Grabon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gasmi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Lang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruiz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Georges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1695856" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03578197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gravier-Dumonceau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ameli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Rogemond" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Joubert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000013087" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791044v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cobo-Calvo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacintha d'Indy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Collongues" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000000649" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029833v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cobo&#8208;calvo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rollot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Arrambide" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Deschamps" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.25909" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783488v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Richard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blondel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cavagna" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0238301" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02180590v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Armangu&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-019-1525-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562789v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacintha D&#8217;indy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09215-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02934666v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-018-9160-9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919569v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Maillart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Audoin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Z&#233;phir" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000005560" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964585v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marignier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicole" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Watrin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-016-0577-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478248v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Grabon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Gasmi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Lang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruiz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Georges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1695856" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03578197v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gravier-Dumonceau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ameli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Rogemond" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Joubert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000013087" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791044v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cobo-Calvo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacintha d'Indy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Collongues" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000000649" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783488v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Richard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Blondel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cavagna" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0238301" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029833v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Cobo&#8208;calvo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rollot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Arrambide" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Deschamps" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.25909" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02180590v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Armangu&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-019-1525-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562789v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacintha D&#8217;indy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-019-09215-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02934666v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-018-9160-9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919569v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Maillart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Audoin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Z&#233;phir" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000005560" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964585v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marignier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicole" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Watrin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-016-0577-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>