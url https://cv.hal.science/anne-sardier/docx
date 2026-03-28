--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -12,69 +12,69 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:pict>
-          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:123.87096774194px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:132.87197231834px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
             <w10:wrap type="tight" anchorx="margin"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ANNE SARDIER </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maitresse de conférences habilitée à diriger des recherches.Sciences du langagePublications HAL</w:t>
+        <w:t xml:space="preserve">Maitresse de conférences habilitée à diriger des recherches - Sciences du langage</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -184,295 +184,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05537391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robots conversationnels : enquête sur les usages et représentations d’étudiants et étudiantes en sciences de l’éducation et de la formation en France</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Fabrique de Grammaire du CE1 au CM2. Pierre Sève, Véronique Ansart, Stéphane Dégeorges (2024)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Drot-Delange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La lettre de l'AIRDF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 75, pp.68-69</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210302v1</w:t>
+                <w:t xml:space="preserve">hal-05537395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enseignement explicite en didactique du lexique : quoi, pourquoi, quand, comment ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robots conversationnels : enquête sur les usages et représentations d’étudiants et étudiantes en sciences de l’éducation et de la formation en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Zablot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Boulc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pironom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Drot-Delange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (1 [ART. 15]), 20 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18162/ritpu-2025-v22n1-15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05234170v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05210302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Fabrique de Grammaire du CE1 au CM2. Pierre Sève, Véronique Ansart, Stéphane Dégeorges (2024)</w:t>
+                <w:t xml:space="preserve">L’enseignement explicite en didactique du lexique : quoi, pourquoi, quand, comment ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La lettre de l'AIRDF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 75</w:t>
+              <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 230, pp.13-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05537395v1</w:t>
+                <w:t xml:space="preserve">hal-05234170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des mots amis entre pairs</w:t>
               </w:r>
@@ -1023,269 +1023,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déplier le mot : deux dispositifs d’apprentissage du lexique en faveur du réemploi. Le cas du verbe supporter</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’oral à l’école : Enseigner les aspects para-verbaux et non verbaux par la classe à distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">frantice.net Industries de la connaissance, éducation, formation et technologies pour le développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les humanités numériques pour penser l’éducation et la formation, 17, pp.7-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05464073v1</w:t>
+                <w:t xml:space="preserve">hal-03649946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire la compétence lexicale : quelles avancées vers le réemploi aujourd’hui ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Déplier le mot : deux dispositifs d’apprentissage du lexique en faveur du réemploi. Le cas du verbe supporter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Roubaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noelle Roubaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 186 (61), pp.35-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/reperes.2552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02982917v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05464073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’oral à l’école : Enseigner les aspects para-verbaux et non verbaux par la classe à distance</w:t>
+                <w:t xml:space="preserve">Construire la compétence lexicale : quelles avancées vers le réemploi aujourd’hui ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noelle Roubaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">frantice.net Industries de la connaissance, éducation, formation et technologies pour le développement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Les humanités numériques pour penser l’éducation et la formation, 17, pp.7-18</w:t>
+              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Construire la compétence lexicale : quelles avancées vers le réemploi aujourd’hui ?, 61, pp.7-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03649946v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02982917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le verbe et son &amp;quot;voisinage combinatoire&amp;quot; : Acquisition et réemploi chez des élèves de cinq ans</w:t>
               </w:r>
@@ -1412,187 +1412,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inciter les élèves à recourir au cotexte pour inférer le sens des unités lexicales</w:t>
+                <w:t xml:space="preserve">Jean-François de Pietro, Carole Fisher et Roxane Gagnon (dir.), L’oral aujourd’hui : perspectives didactiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La lettre de l'AIRDF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, La Lettre de l'AIRDF - Dossier : La didactique du lexique, 64 (64), pp.36-42. </w:t>
+              <w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 58, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/airdf.2018.2250⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/lidil.5258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02983033v1</w:t>
+                <w:t xml:space="preserve">hal-03327810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François de Pietro, Carole Fisher et Roxane Gagnon (dir.), L’oral aujourd’hui : perspectives didactiques</w:t>
+                <w:t xml:space="preserve">Inciter les élèves à recourir au cotexte pour inférer le sens des unités lexicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 58, </w:t>
+              <w:t xml:space="preserve">La lettre de l'AIRDF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, La Lettre de l'AIRDF - Dossier : La didactique du lexique, 64 (64), pp.36-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/lidil.5258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/airdf.2018.2250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03327810v1</w:t>
+                <w:t xml:space="preserve">hal-02983033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des effets d’un travail en réseau sur les apprentissages lexicaux d’élèves de cycle 3. Synthèse de rapport d'étape (novembre 2017)</w:t>
               </w:r>
@@ -2359,178 +2359,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04054286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la recherche à la classe. Questionnements sur les retombées de deux dispositifs didactiques</w:t>
+                <w:t xml:space="preserve">Transition numérique à l'école : sémiotique des échanges oraux et classe à distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noëlle Roubaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15e congrès de l'AIRDF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université catholique de Louvain, May 2022, Louvain la Neuve, France</w:t>
+              <w:t xml:space="preserve">Congrès Association Française de Sémiotique - Transitions : écologiques, numériques, sociales, anthropiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Limoges, Apr 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03676827v1</w:t>
+                <w:t xml:space="preserve">hal-03634972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition numérique à l'école : sémiotique des échanges oraux et classe à distance</w:t>
+                <w:t xml:space="preserve">De la recherche à la classe. Questionnements sur les retombées de deux dispositifs didactiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Roubaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Association Française de Sémiotique - Transitions : écologiques, numériques, sociales, anthropiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Limoges, Apr 2022, Limoges, France</w:t>
+              <w:t xml:space="preserve">15e congrès de l'AIRDF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université catholique de Louvain, May 2022, Louvain la Neuve, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03634972v1</w:t>
+                <w:t xml:space="preserve">hal-03676827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignement-apprentissage du lexique des verbes : discussion lexicale et réemploi en CM2</w:t>
               </w:r>
@@ -3273,51 +3273,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagnement, collaboration et apprentissage dans le dispositif Écoles en réseau (ÉER) en Auvergne (2016-2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Drot-Delange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Brun-Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3703,183 +3703,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Tous pour un et tous pour vingt ! » Usages des unités préfabriquées du récit à l’écrit (11-12 ans)</w:t>
+                <w:t xml:space="preserve">« Bon assez parlé » : les phrases préfabriquées de l’oral dans des productions écrites d’élèves de 11-12 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'interdisciplinarité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">8e Congrès mondial de linguistique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 138, EDP Sciences, pp.06023, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25965/lji.250⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/202213806023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03616873v1</w:t>
+                <w:t xml:space="preserve">hal-03714703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Bon assez parlé » : les phrases préfabriquées de l’oral dans des productions écrites d’élèves de 11-12 ans</w:t>
+                <w:t xml:space="preserve">« Tous pour un et tous pour vingt ! » Usages des unités préfabriquées du récit à l’écrit (11-12 ans)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sardier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e Congrès mondial de linguistique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 138, EDP Sciences, pp.06023, 2022, </w:t>
+              <w:t xml:space="preserve">Journées de l'interdisciplinarité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/shsconf/202213806023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.25965/lji.250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03714703v1</w:t>
+                <w:t xml:space="preserve">hal-03616873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compétence paraphrastique et interprétation : Le verbe et ses entours en grande section de maternelle (5 ans)</w:t>
               </w:r>
@@ -4536,51 +4536,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05537391v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sardier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05210302v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Zablot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Boulc&#8217;h" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2025-v22n1-15" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05234170v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05537395v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04475747v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04791734v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vergne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04248259v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Roubaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.13054" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04147648v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04196120v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15055-8.p.0239" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04196125v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00078.sar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03335984v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.214.0105" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05464073v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.2552" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02982917v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Roubaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03649946v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02921753v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266240v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.3710" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02983033v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/airdf.2018.2250" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03327810v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.5258" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02651246v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012137v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012072v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349027v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Grossmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05027231v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadeau-Tremblay" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05063647v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04757364v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04608293v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475392v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04054286v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03676827v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03634972v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03374798v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171461v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Niwese" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Lafont-Terranova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Similowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314212v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05532201v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03080686v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=Construire%20la%20comp%C3%A9tence%20lexicale%20avec%20les%20mots-amis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03777728v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03611379v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05510210v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363225v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brun-Lacour" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Duray-Nesme" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Guitard Guitard-Morel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01424599v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAL013" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/tel-05524904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04510544v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202418602007" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03616873v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/lji.250" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03714703v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213806023" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02931029v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207807022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012125v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neveu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Harmegnies" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hriba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prevost" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184607001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012098v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162707016" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012295v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04779189v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Elie-Deschamps" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Cuin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.770" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05537391v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sardier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05537395v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05210302v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Zablot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Boulc&#8217;h" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2025-v22n1-15" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05234170v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04475747v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04791734v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vergne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04248259v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Roubaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.13054" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04147648v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04196120v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15055-8.p.0239" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04196125v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00078.sar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03335984v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.214.0105" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03649946v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05464073v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.2552" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02982917v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Roubaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02921753v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266240v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.3710" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03327810v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.5258" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02983033v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/airdf.2018.2250" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02651246v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012137v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012072v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349027v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Grossmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05027231v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadeau-Tremblay" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05063647v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04757364v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04608293v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475392v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04054286v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03634972v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03676827v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03374798v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171461v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Niwese" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Lafont-Terranova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Similowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314212v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05532201v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03080686v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=Construire%20la%20comp%C3%A9tence%20lexicale%20avec%20les%20mots-amis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03777728v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03611379v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05510210v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363225v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brun-Lacour" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Duray-Nesme" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Guitard Guitard-Morel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01424599v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAL013" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/tel-05524904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04510544v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202418602007" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03714703v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213806023" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03616873v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/lji.250" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02931029v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207807022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012125v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neveu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Harmegnies" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hriba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prevost" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184607001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012098v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162707016" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012295v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04779189v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Elie-Deschamps" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Cuin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/espaces-linguistiques.770" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>