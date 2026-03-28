--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -461,352 +461,352 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Unsupervised LLR Estimation with unknown Noise Distribution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Full-duplex relaying for opportunistic spectrum access under an overall power constraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasser Mestrah</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laurent Clavier</w:t>
+                <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13638-019-1608-9⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.168262-168272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02503050v1</w:t>
+                <w:t xml:space="preserve">hal-03225095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full-duplex relaying for opportunistic spectrum access under an overall power constraint</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Covert Capacity of Non-Coherent Rayleigh-Fading Channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Tahmasbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024010⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Information Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 66 (4), pp.1979-2005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIT.2019.2956489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225095v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covert Capacity of Non-Coherent Rayleigh-Fading Channels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Unsupervised LLR Estimation with unknown Noise Distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mestrah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Goupil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehrdad Tahmasbi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Savard</w:t>
+                <w:t xml:space="preserve">Guillaume Gelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Bloch</w:t>
+                <w:t xml:space="preserve">Laurent Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Information Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 66 (4), pp.1979-2005. </w:t>
+              <w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020 (1), pp.26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIT.2019.2956489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13638-019-1608-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441829v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Gaussian multiway relay channel with intra-cluster links</w:t>
               </w:r>
@@ -1481,51 +1481,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Benatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème Colloque Francophone du Traitement du Signal et des Images GRETSI 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Patrice Abry; Olivier Michel, Aug 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1544,512 +1544,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised deep learning to solve power allocation problems in cognitive relay networks</w:t>
+                <w:t xml:space="preserve">Robustness to imperfect CSI of power allocation policies in cognitive relay networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Benatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Negrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Communications Workshops, ICC Workshops 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Séoul, South Korea. </w:t>
+              <w:t xml:space="preserve">IEEE Workshop on Signal Processing Advances in Wireless Communications, SPAWC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Oulu, Finland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICCWorkshops53468.2022.9814541⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SPAWC51304.2022.9834027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03534545v4</w:t>
+                <w:t xml:space="preserve">hal-03703594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness to imperfect CSI of power allocation policies in cognitive relay networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Negrel</w:t>
+                <w:t xml:space="preserve">Achieving PAC Code Performance with SCL Decoding without Extra Computational Complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samet Gelincik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Workshop on Signal Processing Advances in Wireless Communications, SPAWC 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SPAWC51304.2022.9834027⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Communications Workshops, ICC Workshops 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Seoul, South Korea. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICC45855.2022.9838502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03703594v1</w:t>
+                <w:t xml:space="preserve">hal-03555629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achieving PAC Code Performance with SCL Decoding without Extra Computational Complexity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
+                <w:t xml:space="preserve">Unsupervised Log-Likelihood Ratio Estimation for Short Packets in Impulsive Noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mestrah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dadja Anade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Goupil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm Egan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Communications Workshops, ICC Workshops 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICC45855.2022.9838502⟩</w:t>
+              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Austin, United States. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555629v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03540198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Log-Likelihood Ratio Estimation for Short Packets in Impulsive Noise</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dadja Anade</w:t>
+                <w:t xml:space="preserve">Preserving the Minimum Distance of Polar-Like Codes while Increasing the Information Length</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samet Gelincik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Austin, United States. pp.1-6, </w:t>
+              <w:t xml:space="preserve">International Symposium on Information Theory (ISIT) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Aalto, Finland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISIT50566.2022.9834446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03540198v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achievable rate regions for cooperative cognitive radio networks with complex channels and circular normal additive noises</w:t>
               </w:r>
@@ -2219,473 +2219,473 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03691782v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preserving the Minimum Distance of Polar-Like Codes while Increasing the Information Length</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Mary</w:t>
+                <w:t xml:space="preserve">Energy-Efficient Solutions in Two-user Downlink NOMA Systems Aided by Ambient Backscattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar El Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo C. De Lamare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Information Theory (ISIT) 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Aalto, Finland. </w:t>
+              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Rio de Janeiro, Brazil. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISIT50566.2022.9834446⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/globecom48099.2022.10001031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03668771v1</w:t>
+                <w:t xml:space="preserve">hal-03793375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-Efficient Solutions in Two-user Downlink NOMA Systems Aided by Ambient Backscattering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hajar El Hassani</w:t>
+                <w:t xml:space="preserve">Unsupervised deep learning to solve power allocation problems in cognitive relay networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Benatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Negrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo C. De Lamare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Rio de Janeiro, Brazil. </w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Communications Workshops, ICC Workshops 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Séoul, South Korea. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/globecom48099.2022.10001031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICCWorkshops53468.2022.9814541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793375v1</w:t>
+                <w:t xml:space="preserve">hal-03534545v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-efficient 1-bit feedback NOMA in wireless networks with no CSIT/CDIT</w:t>
+                <w:t xml:space="preserve">Energy-Efficient Cooperative Backscattering Closed-Form Solution for NOMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajar El Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E Veronica Belmega</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo C. de Lamare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Statistical Signal Processing Workshop, SSP 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Global Communications Conference, GLOBECOM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Madrid, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03227273v1</w:t>
+                <w:t xml:space="preserve">hal-03343731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-Efficient Cooperative Backscattering Closed-Form Solution for NOMA</w:t>
+                <w:t xml:space="preserve">Energy-efficient 1-bit feedback NOMA in wireless networks with no CSIT/CDIT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajar El Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo C. de Lamare</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Global Communications Conference, GLOBECOM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Statistical Signal Processing Workshop, SSP 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Rio de Janeiro, Brazil. IoT-1, 5 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSP49050.2021.9513763⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03343731v1</w:t>
+                <w:t xml:space="preserve">hal-03227273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A closed-form solution for energy-efficiency optimization in multi-user downlink NOMA</w:t>
               </w:r>
@@ -2697,51 +2697,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajar El Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE 31st International Symposium on Personal, Indoor and Mobile Radio Communications, PIMRC 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, London, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2788,51 +2788,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal power allocation policies in multi-hop cognitive radio networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st IEEE International Symposium on Personal, Indoor and Mobile Radio Communications, PIMRC 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, London, United Kingdom. 9217334, 6 p., </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2860,992 +2860,992 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02932927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Canal à deux relais utilisant Compress-and-Forward</w:t>
+                <w:t xml:space="preserve">Optimal power allocation in a relay-aided cognitive network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Clavier</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th EAI International Conference on Performance Evaluation Methodologies and Tools</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, University Illes Balears, Spain. pp.15-22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3306309.3306314⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02275880v1</w:t>
+                <w:t xml:space="preserve">hal-03270087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal power allocation in a relay-aided cognitive network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Power control in parallel symmetric α-stable noise channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro de Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm Egan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Veronica Belmega</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Gorce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th EAI International Conference on Performance Evaluation Methodologies and Tools</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPAWC 2019 - 20th IEEE International Workshop on Signal Processing Advances in Wireless Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cannes, France. p.1 à 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SPAWC.2019.8815443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3306309.3306314⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03270087v1</w:t>
+                <w:t xml:space="preserve">hal-02130226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance théorique d'un neurone à spikes Integrate-and-Fire</w:t>
+                <w:t xml:space="preserve">Allocation de puissance pour les réseaux radio cognitifs à relais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Loyez</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275927v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allocation de puissance pour les réseaux radio cognitifs à relais</w:t>
+                <w:t xml:space="preserve">Performance théorique d'un neurone à spikes Integrate-and-Fire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elena Veronica Belmega</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Danneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Loyez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275877v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power control in parallel symmetric α-stable noise channels</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Robust and Simple Log-Likelihood Approximation for Receiver Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mestrah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Goupil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clavier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Gorce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPAWC 2019 - 20th IEEE International Workshop on Signal Processing Advances in Wireless Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Wireless Communications and Networking Conference (WCNC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Marrakesh, Morocco. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WCNC.2019.8886114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SPAWC.2019.8815443⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02130226v1</w:t>
+                <w:t xml:space="preserve">hal-02503135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust and Simple Log-Likelihood Approximation for Receiver Design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Mesure indirecte des performances de LLR approché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasser Mestrah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Goupil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wireless Communications and Networking Conference (WCNC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WCNC.2019.8886114⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02503135v1</w:t>
+                <w:t xml:space="preserve">hal-02962832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure indirecte des performances de LLR approché</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Canal à deux relais utilisant Compress-and-Forward</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophone de traitement du signal et des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962832v1</w:t>
+                <w:t xml:space="preserve">hal-02275880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind Estimation of an Approximated Likelihood Ratio in Impulsive Environment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the two-way diamond relay channel with lattice-based Compress-and-Forward</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clavier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Gelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Annual International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Bologna, Italy. pp.1-5, </w:t>
+              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Barcelona, Spain. pp.1772-1777, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PIMRC.2018.8580788⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/WCNC.2018.8377136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02088559v1</w:t>
+                <w:t xml:space="preserve">hal-03270107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the two-way diamond relay channel with lattice-based Compress-and-Forward</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Blind Estimation of an Approximated Likelihood Ratio in Impulsive Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasser Mestrah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Goupil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference (WCNC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Barcelona, Spain. pp.1772-1777, </w:t>
+              <w:t xml:space="preserve">IEEE Annual International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Bologna, Italy. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WCNC.2018.8377136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PIMRC.2018.8580788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03270107v1</w:t>
+                <w:t xml:space="preserve">hal-02088559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Codage basé sur les réseaux de points pour le canal à relais Gaussien mono- et bidirectionnel avec bruits corrélés</w:t>
               </w:r>
@@ -3861,280 +3861,280 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Weidmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2017</w:t>
+              <w:t xml:space="preserve">GRETSI 2017 - XXVIème Colloque francophone de traitement du signal et des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01726093v1</w:t>
+                <w:t xml:space="preserve">hal-01900968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Codage basé sur les réseaux de points pour le canal à relais Gaussien mono- et bidirectionnel avec bruits corrélés</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Wireless Communication in Dynamic Interference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm Egan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro de Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Dorville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Gorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2017 - XXVIème Colloque francophone de traitement du signal et des images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
+              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01900968v1</w:t>
+                <w:t xml:space="preserve">hal-01671180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wireless Communication in Dynamic Interference</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Codage basé sur les réseaux de points pour le canal à relais Gaussien mono- et bidirectionnel avec bruits corrélés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Weidmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">GRETSI 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01671180v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canal à relais multidirectionnel avec liens directs</w:t>
               </w:r>
@@ -4469,191 +4469,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01260504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décodeur amélioré pour le codage de source avec information adjacente compressée</w:t>
+                <w:t xml:space="preserve">Improved decoding for binary source coding with coded side information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Weidmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Brest, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">2013 IEEE Information Theory Workshop (ITW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Sevilla, Spain. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00863891v1</w:t>
+                <w:t xml:space="preserve">hal-00863895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved decoding for binary source coding with coded side information</w:t>
+                <w:t xml:space="preserve">Décodeur amélioré pour le codage de source avec information adjacente compressée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Weidmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE Information Theory Workshop (ITW)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Sevilla, Spain. pp.1-5</w:t>
+              <w:t xml:space="preserve">GRETSI 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Brest, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00863895v1</w:t>
+                <w:t xml:space="preserve">hal-00863891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4772,90 +4772,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Pre-Transformation Method to Increase the Minimum Distance of Polar-Like Codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samet Gelincik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4886,77 +4886,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy efficient communication with neuro-inspired detector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Danneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Loyez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5261,51 +5261,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C7E5CBAB"/>
+    <w:nsid w:val="901C3830"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5492,51 +5492,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-savard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6375-3681" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/194314111" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665856v3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar El Hassani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Veronica Belmega" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo C. De Lamare" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGCN.2023.3261499" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038209v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Veronica Belmega" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2020.3042742" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503050v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Mestrah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Goupil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clavier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-019-1608-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225095v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Veronica Belmega" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3024010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441829v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Tahmasbi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bloch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIT.2019.2956489" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430503v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Weidmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-016-0763-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147376v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Philippe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Louchart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195619v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04751177v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552689v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Belhor" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC61049.2024.10551331" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378649v3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Cervia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Alam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294889v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Negrel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Benatia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534545v4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCWorkshops53468.2022.9814541" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC51304.2022.9834027" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555629v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samet Gelincik" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mary" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudais" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC45855.2022.9838502" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03540198v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadja Anade" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Egan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771897" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814060v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691782v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Belmega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668771v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT50566.2022.9834446" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793375v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/globecom48099.2022.10001031" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227273v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP49050.2021.9513763" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343731v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo C. de Lamare" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898928v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217069" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932927v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217334" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275880v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270087v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3306309.3306314" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275927v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Danneville" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275877v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02130226v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro de Freitas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gorce" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2019.8815443" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503135v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8886114" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962832v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088559v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2018.8580788" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270107v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2018.8377136" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726093v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900968v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671180v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dorville" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900945v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260535v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT.2015.7282821" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260524v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW.2014.6970912" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260504v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2014.6955099" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863891v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863895v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698185v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557597v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900990v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01344811v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CERG0774" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04448158v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-savard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6375-3681" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/194314111" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665856v3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar El Hassani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Veronica Belmega" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo C. De Lamare" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGCN.2023.3261499" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038209v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Veronica Belmega" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2020.3042742" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225095v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Veronica Belmega" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3024010" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441829v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Tahmasbi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bloch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIT.2019.2956489" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503050v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Mestrah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Goupil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clavier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-019-1608-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430503v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Weidmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13638-016-0763-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147376v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Philippe" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Louchart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195619v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04751177v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552689v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Belhor" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC61049.2024.10551331" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378649v3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Cervia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miled Alam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294889v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Negrel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Benatia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC51304.2022.9834027" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555629v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samet Gelincik" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mary" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudais" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC45855.2022.9838502" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03540198v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadja Anade" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Egan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771897" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668771v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT50566.2022.9834446" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814060v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691782v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Belmega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793375v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/globecom48099.2022.10001031" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534545v4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCWorkshops53468.2022.9814541" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343731v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo C. de Lamare" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227273v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP49050.2021.9513763" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898928v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217069" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932927v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217334" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270087v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3306309.3306314" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02130226v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro de Freitas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gorce" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC.2019.8815443" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275877v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275927v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Danneville" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503135v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2019.8886114" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962832v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275880v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270107v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2018.8377136" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02088559v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2018.8580788" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900968v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671180v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Dorville" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726093v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900945v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260535v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIT.2015.7282821" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260524v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW.2014.6970912" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260504v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2014.6955099" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863895v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863891v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698185v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557597v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900990v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01344811v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CERG0774" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04448158v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>