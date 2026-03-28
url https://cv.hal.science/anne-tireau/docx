--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,536 +100,536 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages d'AgroPortal dans des systèmes d'information à INRAE</w:t>
+                <w:t xml:space="preserve">Méthode d'adaptation d'une ontologie d'application : cas des expérimentations agronomiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Jonquet</w:t>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Alviset</w:t>
+                <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syphax Bouazzouni</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Atelier INtégration de sources/masses de données hétérogènes et Ontologies, dans le domaine des sciences du VIVant et de l’Environnement (IN-OVIVE), adossé à la conférence Ingénierie des Connaissances @PFIA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIA- Association Française d’Intelligence Artificielle, Jul 2025, Dijon, France. 5p</w:t>
+              <w:t xml:space="preserve">36. Journées francophones d’Ingénierie des Connaissances (IC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA- Association Française d’Intelligence Artificielle, Jul 2025, Dijon, France. pp.73-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077024v1</w:t>
+                <w:t xml:space="preserve">hal-05142985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode d'adaptation d'une ontologie d'application : cas des expérimentations agronomiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Usages d'AgroPortal dans des systèmes d'information à INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jonquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Alviset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Roussey</w:t>
+                <w:t xml:space="preserve">Syphax Bouazzouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Tireau</w:t>
+                <w:t xml:space="preserve">Llorenç Cabrera-Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Neveu</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Charleroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36. Journées francophones d’Ingénierie des Connaissances (IC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIA- Association Française d’Intelligence Artificielle, Jul 2025, Dijon, France. pp.73-79</w:t>
+              <w:t xml:space="preserve">8. Atelier INtégration de sources/masses de données hétérogènes et Ontologies, dans le domaine des sciences du VIVant et de l’Environnement (IN-OVIVE), adossé à la conférence Ingénierie des Connaissances @PFIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA- Association Française d’Intelligence Artificielle, Jul 2025, Dijon, France. 5p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05142985v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05077024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PHIS et OpenSILEX : système d'information pour des données FAIR</w:t>
+                <w:t xml:space="preserve">Alignement et enrichissement d’ontologies utilisées par deux systèmes d’informations gérant des données expérimentales sur les procédés de transformation : OpenSILEX-EnviBIS et PO2 BaGaTel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Alic</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascal Neveu</w:t>
+                <w:t xml:space="preserve">Emilie Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Rigolle</w:t>
+                <w:t xml:space="preserve">Magalie Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Besombes</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrice Buche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dervaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fabrice LEGEAI; Olivier DAMERON; Frédéric DE LAMOTTE, Jul 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Atelier IN-OVIVE, organisé dans le cadre de la conférence Ingénierie des connaissances IC-2022, PFIA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05060889v1</w:t>
+                <w:t xml:space="preserve">hal-03768264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alignement et enrichissement d’ontologies utilisées par deux systèmes d’informations gérant des données expérimentales sur les procédés de transformation : OpenSILEX-EnviBIS et PO2 BaGaTel</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PHIS et OpenSILEX : système d'information pour des données FAIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Buche</w:t>
+                <w:t xml:space="preserve">Isabelle Alic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Cufi</w:t>
+                <w:t xml:space="preserve">Valentin Rigolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Dervaux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gabriel Besombes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier IN-OVIVE, organisé dans le cadre de la conférence Ingénierie des connaissances IC-2022, PFIA.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Saint Etienne, France</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabrice LEGEAI; Olivier DAMERON; Frédéric DE LAMOTTE, Jul 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03768264v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixtine, PHIS des Systèmes d'Information pilotés par des ontologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semantic Linked Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE CATIs CODEX-DIISCICO; INRAE réseau MathNum IN-OVIVE, Oct 2021, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -792,64 +792,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantics and plant phenotyping data structuration for data analytics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Hilgert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -917,77 +917,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a knowledge system for Big Data: Case study to plant phenotyping data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luyen Le Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aravind Venkatesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Larmande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1034,77 +1034,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Software for data and knowledge management in winemaking fermentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne E. Aguera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1284,51 +1284,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using annotations for R function management, MOQA : Méta-données et Ontologies pour la Qualité des Annotations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Domerg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1422,51 +1422,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using ontologies of software : example of R functions management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gennari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Domerg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1528,269 +1528,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02754347v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un système d'information de phénotypage d'Arabidopsis thaliana</w:t>
+                <w:t xml:space="preserve">Développement d’un système d'information de phénotypage d’Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Granier</w:t>
+                <w:t xml:space="preserve">Christine C. Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J2M INRA, journées de la métrologie et de la mesure</w:t>
+              <w:t xml:space="preserve">11. J2M INRA, journées de la métrologie et de la mesure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00858086v1</w:t>
+                <w:t xml:space="preserve">hal-02821454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’un système d'information de phénotypage d’Arabidopsis thaliana</w:t>
+                <w:t xml:space="preserve">Développement d'un système d'information de phénotypage d'Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine C. Granier</w:t>
+                <w:t xml:space="preserve">Christine Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. J2M INRA, journées de la métrologie et de la mesure</w:t>
+              <w:t xml:space="preserve">J2M INRA, journées de la métrologie et de la mesure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02821454v1</w:t>
+                <w:t xml:space="preserve">hal-00858086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1808,103 +1808,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHENOME-EMPHASIS shared resource center</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Alic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farzaneh Kazemipour-Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1948,90 +1948,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHIS (Phenotyping Hybrid Information System)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neveu Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Alic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Charleroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Llorenç Cabrera-Bosquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2049,103 +2049,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitioeno resource center</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Charleroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Delpuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:016df6b408f4bc7d05f803bd0834337139650ff3;origin=https://hal.archives-ouvertes.fr/hal-04986210;visit=swh:1:snp:bffc3bb5f36e78593ad11367178a0916281bf136;anchor=swh:1:rel:87d3adb5d7ed0a43e52d32a7805b221667190360;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2172,90 +2172,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OpenSILEX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Alic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Charleroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:ed72e0386747aaf51a0358396832b973a2f446cf;origin=https://hal.archives-ouvertes.fr/hal-04784053;visit=swh:1:snp:6562a4c1d65901e3f719083476f98eb9d1646015;anchor=swh:1:rel:6481341553a6bcdcd9b766a6cb4f08d72f8dd789;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2295,77 +2295,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarcking Application main portal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luyen Le Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aravind Venkatesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Larmande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2390,263 +2390,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SILEX-VitiOeno</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SILEX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Negre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mairin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Pascal Neveu</w:t>
+                <w:t xml:space="preserve">Jonathan Mineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02811265v1</w:t>
+                <w:t xml:space="preserve">hal-02811205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SILEX</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">SILEX-VitiOeno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mairin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gennari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Chouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02811205v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02811265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SILEX-LBE</w:t>
               </w:r>
@@ -2671,64 +2671,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Latrille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2746,77 +2746,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SG4T</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gennari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2873,51 +2873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois F. Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Welcker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2952,51 +2952,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DESIRR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3096,51 +3096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine C. Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3354,64 +3354,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with multi-source and multi-scale information in plant phenomics: the ontology-driven Phenotyping Hybrid Information System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Hilgert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3527,64 +3527,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Charnomordic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 140, pp.433-442. </w:t>
@@ -3674,51 +3674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Wuyts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 11 (77), pp.1-7. </w:t>
@@ -3769,51 +3769,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Het gebruik van de verzamelde data: de smartphone Eating Advisor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.J.J.P. Koenderink,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agro Informatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3 (23), pp.16-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3851,518 +3851,518 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un système d'information de phénotypage d’Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Dauzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 65, pp.31-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cours (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OpenSILEX : Des systèmes d’information pour des données FAIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Alic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Charleroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Doctorat. OpenSILEX : Des systèmes d’information pour des données FAIR, INRAE (Clermont-Ferrand / Aubière - Campus des Cézeaux), France. 2024, pp.44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cours</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05054181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enabling interoperability between AgroPortal and PHIS information system data repository for enhanced phenomics data annotation and exchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Charleroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Tireau</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Llorenç Cabrera-Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Jonquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, 2p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.14192644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALFIs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gennari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Rossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Picou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Picou</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01837676v1</w:t>
-              </w:r>
-[...131 lines deleted...]
-                <w:t xml:space="preserve">hal-05054181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4655,64 +4655,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHIS, a plant science ontology-driven Phenotyping Hybrid Information System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Hilgert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4832,94 +4832,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Grau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPPN Plant Phenotyping Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Barcelona, Spain. 2015</w:t>
+              <w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01229559v1</w:t>
+                <w:t xml:space="preserve">hal-01595406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHENODYN: A high throughput platform for measurement of organ elongation rate and plant transpiration with high temporal resolution</w:t>
               </w:r>
@@ -5024,277 +5024,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01229558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PHENODYN: a high throughput platform for measurement of organ elongation rate and plant transpiration with high temporal resolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephane Berthezene</w:t>
+                <w:t xml:space="preserve">PHENOARCH, a multiscale phenotyping platform for plant architecture, growth rate, water use efficiency and radiation use efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Llorenç Cabrera Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Brichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Suard</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Grau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t>
+              <w:t xml:space="preserve">EPPN Plant Phenotyping Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Barcelona, Spain. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01270223v1</w:t>
+                <w:t xml:space="preserve">hal-01229559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PHENOARCH, a multiscale phenotyping platform for plant architecture, growth rate, water use efficiency and radiation use efficiency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Llorenç Cabrera Bosquet</w:t>
+                <w:t xml:space="preserve">PHENODYN: a high throughput platform for measurement of organ elongation rate and plant transpiration with high temporal resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Berthezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Brichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Mineau</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Negre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595406v1</w:t>
+                <w:t xml:space="preserve">hal-01270223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenodyn: a phenotyping plateform and an information system to dissect the genetic variability for growth and transpiration rates in response to water deficit</w:t>
               </w:r>
@@ -5306,77 +5306,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Welcker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Boussuge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Naudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Genomics of Drought</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Adelaïde, Australia. 2007</w:t>
@@ -5437,51 +5437,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAFE Deliverable 2.2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5559,90 +5559,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAFE Deliverable 2.1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Koenderink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5850,51 +5850,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077024v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jonquet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Alviset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syphax Bouazzouni" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera-Bosquet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Charleroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142985v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tireau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neveu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060889v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rigolle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Besombes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768264v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fernandez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Weber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cufi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dervaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060943v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085756v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric David" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Burger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chapuis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791501v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Alary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera Bosquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411565v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen Le Ngoc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Venkatesan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larmande" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2912845.2912869" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rossard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Aguera" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Perez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820851v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olilvier Corby" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Domerg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron Zucker" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Granier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824208v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754347v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gennari" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858086v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dauzat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Granier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821454v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Granier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05054243v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzaneh Kazemipour-Ricci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tardieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c4ca30be04f2f6c370f7aefb49b423026ab6f29a;origin=https://hal.archives-ouvertes.fr/hal-05054243;visit=swh:1:snp:3cd9c2f02f29ebac8a399a81832fd24a05ce4acb;anchor=swh:1:rel:1943d0e271dec66c0f4511844478aa235c473a72;path=/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784056v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neveu Pascal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04986210v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Delpuech" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:016df6b408f4bc7d05f803bd0834337139650ff3;origin=https://hal.archives-ouvertes.fr/hal-04986210;visit=swh:1:snp:bffc3bb5f36e78593ad11367178a0916281bf136;anchor=swh:1:rel:87d3adb5d7ed0a43e52d32a7805b221667190360;path=/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784053v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ed72e0386747aaf51a0358396832b973a2f446cf;origin=https://hal.archives-ouvertes.fr/hal-04784053;visit=swh:1:snp:6562a4c1d65901e3f719083476f98eb9d1646015;anchor=swh:1:rel:6481341553a6bcdcd9b766a6cb4f08d72f8dd789;path=/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795939v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Venkatesen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811265v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mairin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dufour" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811205v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811190v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lardon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810906v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811439v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Naudin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819995v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wuyts" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Selby" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Abbeloos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Agosto-P&#233;rez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaf048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627721v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau-Cesari" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15385" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552148v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aunur Rofiq Muljarto" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Charnomordic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.06.020" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018993v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-77" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656686v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J.J.P. Koenderink," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662730v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Jonquet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14192644" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837676v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05054181v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390920v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Hollebecq" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Quidoz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tardieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807042v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N&#232;gre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Adam" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788853v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229559v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brichet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Grau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229558v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berthezene" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Parent" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Suard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270223v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595406v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757651v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Boussuge" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195450v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Koenderink" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Perret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858567v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Charron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142985v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tireau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neveu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077024v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jonquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Alviset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syphax Bouazzouni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera-Bosquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Charleroy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03768264v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fernandez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Weber" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cufi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dervaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060889v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rigolle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Besombes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060943v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085756v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric David" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Burger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chapuis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791501v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Alary" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera Bosquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411565v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luyen Le Ngoc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Venkatesan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larmande" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2912845.2912869" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Rossard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Aguera" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Perez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820851v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olilvier Corby" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Domerg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron Zucker" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Granier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824208v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754347v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gennari" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821454v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dauzat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Granier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858086v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Granier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05054243v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzaneh Kazemipour-Ricci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tardieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c4ca30be04f2f6c370f7aefb49b423026ab6f29a;origin=https://hal.archives-ouvertes.fr/hal-05054243;visit=swh:1:snp:3cd9c2f02f29ebac8a399a81832fd24a05ce4acb;anchor=swh:1:rel:1943d0e271dec66c0f4511844478aa235c473a72;path=/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784056v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neveu Pascal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04986210v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Delpuech" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:016df6b408f4bc7d05f803bd0834337139650ff3;origin=https://hal.archives-ouvertes.fr/hal-04986210;visit=swh:1:snp:bffc3bb5f36e78593ad11367178a0916281bf136;anchor=swh:1:rel:87d3adb5d7ed0a43e52d32a7805b221667190360;path=/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784053v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ed72e0386747aaf51a0358396832b973a2f446cf;origin=https://hal.archives-ouvertes.fr/hal-04784053;visit=swh:1:snp:6562a4c1d65901e3f719083476f98eb9d1646015;anchor=swh:1:rel:6481341553a6bcdcd9b766a6cb4f08d72f8dd789;path=/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795939v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Venkatesen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811205v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811265v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mairin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dufour" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811190v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Latrille" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lardon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810906v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811439v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Naudin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819995v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wuyts" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Selby" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Abbeloos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Agosto-P&#233;rez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaf048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627721v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mineau-Cesari" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15385" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552148v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aunur Rofiq Muljarto" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Charnomordic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2017.06.020" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018993v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-77" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656686v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J.J.P. Koenderink," TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662730v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05054181v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914922v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Jonquet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.14192644" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837676v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390920v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Hollebecq" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Quidoz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tardieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807042v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent N&#232;gre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Adam" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788853v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595406v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brichet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Grau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229558v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berthezene" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Parent" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Suard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229559v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270223v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757651v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Boussuge" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195450v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Koenderink" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Perret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858567v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Charron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>