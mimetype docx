--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -238,295 +238,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold Nanoparticle-Driven Phenylketonuria Monitoring via Colorimetric Biosensing of Phenylalanine</w:t>
+                <w:t xml:space="preserve">Coupled quartz crystal microbalance – Surface enhanced Raman scattering strategy for the design and testing of aptasensors for small analytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Loiseau</w:t>
+                <w:t xml:space="preserve">Médéric Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zihua Yang</w:t>
+                <w:t xml:space="preserve">Michèle Salmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lu Zhang</w:t>
+                <w:t xml:space="preserve">Jean-Marc Krafft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Dostalek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vallée</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Salmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (51), pp.24369-24378. </w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 442, pp.138154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsanm.5c04156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2025.138154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420656v1</w:t>
+                <w:t xml:space="preserve">hal-05139145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled quartz crystal microbalance – Surface enhanced Raman scattering strategy for the design and testing of aptasensors for small analytes</w:t>
+                <w:t xml:space="preserve">Gold Nanoparticle-Driven Phenylketonuria Monitoring via Colorimetric Biosensing of Phenylalanine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médéric Lequeux</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Alexis Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zihua Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Salmain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 442, pp.138154. </w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (51), pp.24369-24378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2025.138154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.5c04156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05139145v1</w:t>
+                <w:t xml:space="preserve">hal-05420656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clicked BODIPY‐Fullerene‐Peptide Assemblies: Studies of Electron Transfer Processes in Self‐Assembled Monolayers on Gold Surfaces</w:t>
               </w:r>
@@ -2016,51 +2016,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Casale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Krafft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2351,291 +2351,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00915941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drastic Au(111) Surface Reconstruction upon Insulin Growth Factor Tripeptide Adsorption</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The predominant role of collagen in the nucleation, growth, structure and orientation of bone apatite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Azaïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne Vallee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chelsea Catania</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja302530q⟩</w:t>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11 (8), pp.724-733. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/NMAT3362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00748253v1</w:t>
+                <w:t xml:space="preserve">hal-01461430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The predominant role of collagen in the nucleation, growth, structure and orientation of bone apatite</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Azaïs</w:t>
+                <w:t xml:space="preserve">Drastic Au(111) Surface Reconstruction upon Insulin Growth Factor Tripeptide Adsorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Humblot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vallee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Robin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Vallee</w:t>
+                <w:t xml:space="preserve">Ahmed Naitabdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chelsea Catania</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frederik Tielens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Marie Pradier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 11 (8), pp.724-733. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 134, pp.6579−6583. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/NMAT3362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ja302530q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01461430v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00748253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modifying protein adsorption by layers of glutathione pre-adsorbed on Au(111).</w:t>
               </w:r>
@@ -2751,51 +2751,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptide Interactions with Metal and Oxide Surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vallee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3024,51 +3024,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339370v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Christodoulou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vall&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Blayac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Malemo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Jeleff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2025.217226" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05420656v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Loiseau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihua Yang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Salmain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c04156" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05139145v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Lequeux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Krafft" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Dostalek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2025.138154" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04500746v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Rabah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Wright" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;rard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fensterbank" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300717" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680299v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ramirez Henao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Boujday" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wilhelm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Bouvet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somia Tomane" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c04277" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125045v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anam Fatima" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.202300039" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214106v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fromain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Miche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.0c03187" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024460v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu-Trang Tran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Huong Ha-Thi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw Nizinski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c05187" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335765v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boulmier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haouas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michely" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dolbecq" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902573" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02124319v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aim&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Coradin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qi00494c" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348881v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Bui-Thi-Tuyet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Baczko" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nj04599b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01668720v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Voisin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aim&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vall&#233;e" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleuzen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TC04194B" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01518120v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pantaine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Humblot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coeffard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.13.64" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01001598v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Humblot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tejeda" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Landoulsi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Naitabdi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2014.05.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NW9C9SW3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00982928v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Haddada" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casale" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13404-013-0120-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01137447v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Train" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ed4000487" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00915941v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Al Housseiny" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Pradier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2013.03.014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8SGLTHR3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00748253v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vallee" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Naitabdi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Tielens" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja302530q" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461430v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aza&#239;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Catania" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT3362" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00689987v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M&#233;thivier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/23/48/484002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604811v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ar100017n" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339370v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Christodoulou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vall&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Blayac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Malemo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Jeleff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2025.217226" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05139145v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Lequeux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Salmain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Krafft" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Dostalek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2025.138154" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05420656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Loiseau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihua Yang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c04156" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04500746v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Rabah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Wright" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;rard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fensterbank" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202300717" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680299v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ramirez Henao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Boujday" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wilhelm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Bouvet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somia Tomane" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c04277" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125045v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anam Fatima" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hlca.202300039" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214106v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fromain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Miche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.0c03187" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024460v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu-Trang Tran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Huong Ha-Thi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Allard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw Nizinski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c05187" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335765v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boulmier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haouas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michely" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dolbecq" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201902573" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02124319v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aim&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Coradin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qi00494c" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348881v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Bui-Thi-Tuyet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Baczko" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8nj04599b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01668720v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Voisin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aim&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vall&#233;e" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleuzen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TC04194B" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01518120v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pantaine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Humblot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coeffard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.13.64" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01001598v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Humblot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tejeda" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Landoulsi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Naitabdi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2014.05.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NW9C9SW3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00982928v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Haddada" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casale" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13404-013-0120-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01137447v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Train" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ed4000487" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00915941v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Al Housseiny" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Pradier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2013.03.014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8SGLTHR3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461430v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aza&#239;s" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vallee" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Catania" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT3362" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00748253v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Naitabdi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Tielens" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja302530q" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00689987v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M&#233;thivier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/23/48/484002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604811v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ar100017n" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>