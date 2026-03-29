--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -100,291 +100,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayer Slab AFSIW Antipodal Linearly Tapered Slot Antenna With Cross-Polarization Reduction</w:t>
+                <w:t xml:space="preserve">Fabrication-Tolerant Broadband Air-Filled SIW Isolated Power Dividers/Combiners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tifenn Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 20 (5), pp.763-767. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69 (1), pp.603-615. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LAWP.2021.3062156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2020.3031924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03651592v1</w:t>
+                <w:t xml:space="preserve">hal-03651593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication-Tolerant Broadband Air-Filled SIW Isolated Power Dividers/Combiners</w:t>
+                <w:t xml:space="preserve">Multilayer Slab AFSIW Antipodal Linearly Tapered Slot Antenna With Cross-Polarization Reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tifenn Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Vilcot</w:t>
+                <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 69 (1), pp.603-615. </w:t>
+              <w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (5), pp.763-767. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2020.3031924⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LAWP.2021.3062156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03651593v1</w:t>
+                <w:t xml:space="preserve">hal-03651592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric Slab Air-Filled Substrate Integrated Waveguide (SAFSIW) Bandpass Filters</w:t>
               </w:r>
@@ -396,77 +396,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
+                <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifenn Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 30 (4), pp.363-366. </w:t>
@@ -623,509 +623,509 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01025005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coplanar Waveguide Filters Based on Multi-Behavior Etched-Ground Stubs</w:t>
+                <w:t xml:space="preserve">Novel Factor of Merit for Centre-Frequency Tunable Bandpass Filters Comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aziz M. Abdel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Podevin</w:t>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safwat A.M.E.</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Components and Packaging Technologies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 51 (4), pp.985-988. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.24220⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01075237v1</w:t>
+                <w:t xml:space="preserve">hal-00599011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shielded Coplanar Striplines for RF Integrated Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Coplanar Waveguide Filters Based on Multi-Behavior Etched-Ground Stubs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz M. Abdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safwat A.M.E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Components and Packaging Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 32 (4), pp.816-824</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01075033v1</w:t>
+                <w:t xml:space="preserve">hal-01075237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Factor of Merit for Centre-Frequency Tunable Bandpass Filters Comparison</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shielded Coplanar Striplines for RF Integrated Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz M. Abdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issa H.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour D.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A. Vilcot</w:t>
+                <w:t xml:space="preserve">Safwat A.M.E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 51 (4), pp.985-988. </w:t>
+              <w:t xml:space="preserve">, 2009, 51 (1), pp.352-358. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mop.24220⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mop.24054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00599011v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01075033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MMIC 4.3-GHz-tunable low-pass filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Duvillaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 50 (10), pp.2566 - 2568</w:t>
@@ -1154,90 +1154,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved and compact 0.7 GHz tune-all bandpass filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Duvillaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1323,51 +1323,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Exshaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M.E. Safwat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1399,575 +1399,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02019800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact bandpass filters based on coupled slow-wave resonators</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Semi-Analytical Computation and 3D Modelling of the Microwave Photo-induced Load in CPW Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Robert</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">René Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 48 (9), pp.1718-1721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.21754⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00146048v1</w:t>
+                <w:t xml:space="preserve">hal-00146030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-analytical modeling and analysis in three dimensions of the optical carrier injection and diffusion in a semiconductor substrate</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Vilcot</w:t>
+                <w:t xml:space="preserve">Tunable band-stop filter using reconfigurable dumbbell shaped coplanar waveguide defected ground structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M.E. Safwat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 54, n° 9, pp.3559-3564</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JLT.2006.872284⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00395983v1</w:t>
+                <w:t xml:space="preserve">hal-00146055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-Analytical Modeling and Analysis in 3-Dimensions of the Optical Carriers Injection and Diffusion in a Semiconductor Substrate</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Compact bandpass filters based on coupled slow-wave resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 24, no. 5, pp.2163-2170</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 54, No. 6, pp.2790-2799</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00146025v1</w:t>
+                <w:t xml:space="preserve">hal-00146048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-Analytical Computation and 3D Modelling of the Microwave Photo-induced Load in CPW Technology</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Semi-analytical modeling and analysis in three dimensions of the optical carrier injection and diffusion in a semiconductor substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Vilcot</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mop.21754⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24 (5), pp.2163-2170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JLT.2006.872284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00146030v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00395983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable band-stop filter using reconfigurable dumbbell shaped coplanar waveguide defected ground structure</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Semi-Analytical Modeling and Analysis in 3-Dimensions of the Optical Carriers Injection and Diffusion in a Semiconductor Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 54, n° 9, pp.3559-3564</w:t>
+              <w:t xml:space="preserve">Journal of Lightwave Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24, no. 5, pp.2163-2170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00146055v1</w:t>
+                <w:t xml:space="preserve">hal-00146025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstrip parallel-line coupler to perform broadband optically controlled phase shifting</w:t>
               </w:r>
@@ -1979,51 +1979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 47, n°6, pp.570-573</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2048,51 +2048,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid Tunable Microwave Devices Based On Schottky-Diode Varactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.L. Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2173,77 +2173,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D photo-induced load modeling for optically controlled microwave microstrip line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 40 (5), pp.356--359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2289,64 +2289,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a simulation of an optically controlled microwave microstrip line at 10 GHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2451,51 +2451,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2581,51 +2581,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2679,537 +2679,537 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass-Producible Broadband AFSIW Termination</w:t>
+                <w:t xml:space="preserve">Slab Air-Filled Substrate Integrated Waveguide (SAFSIW) Cruciform Coupler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE MTT-S International Microwave and RF Conference (IMARC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, KANPUR, India. pp.1-4, </w:t>
+              <w:t xml:space="preserve">2021 IEEE MTT-S International Microwave Workshop Series on Advanced Materials and Processes for RF and THz Applications (IMWS-AMP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Chongqing, China. pp.196-198, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IMaRC49196.2021.9714699⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IMWS-AMP53428.2021.9643964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03651604v1</w:t>
+                <w:t xml:space="preserve">hal-03651608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slab Air-Filled Substrate Integrated Waveguide (SAFSIW) Cruciform Coupler</w:t>
+                <w:t xml:space="preserve">Mass-Producible Broadband AFSIW Termination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE MTT-S International Microwave Workshop Series on Advanced Materials and Processes for RF and THz Applications (IMWS-AMP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Chongqing, China. pp.196-198, </w:t>
+              <w:t xml:space="preserve">2021 IEEE MTT-S International Microwave and RF Conference (IMARC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, KANPUR, India. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IMWS-AMP53428.2021.9643964⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IMaRC49196.2021.9714699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03651608v1</w:t>
+                <w:t xml:space="preserve">hal-03651604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide d’onde intégré au substrat creux à barreau diélectrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nhu Huan Nguyen</w:t>
+                <w:t xml:space="preserve">A 90° Self-Compensating Slab Air-Filled Substrate Integrated Waveguide Phase Shifter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tifenn Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Parment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">2019 IEEE/MTT-S International Microwave Symposium - IMS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277086v1</w:t>
+                <w:t xml:space="preserve">hal-02175536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 90° Self-Compensating Slab Air-Filled Substrate Integrated Waveguide Phase Shifter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nhu-Huan Nguyen</w:t>
+                <w:t xml:space="preserve">Guide d’onde intégré au substrat creux à barreau diélectrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Parment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE/MTT-S International Microwave Symposium - IMS 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Boston, United States</w:t>
+              <w:t xml:space="preserve">21èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175536v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slab air-filled substrate integrated waveguide</w:t>
               </w:r>
@@ -3234,64 +3234,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Parmentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tan-Phu Vuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE MTT-S International Microwave Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Philadelphia, United States. pp.312-315, </w:t>
@@ -3342,77 +3342,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une Méthodologie Performante Pour Designer Le Filtre Passe-bande En Technologie SIW Creux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhu Huan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Parment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ghiotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ke Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3493,51 +3493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Safwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3614,51 +3614,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Safwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slow-wave shielded coplanar striplines for UWB filtering applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, New Delhi, India</w:t>
@@ -3713,77 +3713,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Abdelaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safwat A.M.E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12Th international symposium on microwave and optical technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, New Delhi, India</w:t>
@@ -3825,77 +3825,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narrow bandpass filters based on the modified DGS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Abdelaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safwat A.M.E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th european microwave conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3914,726 +3914,726 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02019809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt d'un anneau hybride dans la réalisation d'un déphaseur variable, commandé optiquement</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tunable RF/Microwave devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bourtoutian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telecom'2005 &amp; 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, RABAT, Morocco. pp.XX</w:t>
+              <w:t xml:space="preserve">9th and 10th Nefertiti Workshops on Millimetre Wave Photonic Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Grenoble, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147863v1</w:t>
+                <w:t xml:space="preserve">hal-00147204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuously variable phase-shift for phase array antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th and 10th Nefertiti Workshops on Millimetre Wave Photonic Devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, BRUXELLES, Belgium. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00147861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle optique pour fonctionnalités microondes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Intérêt d'un anneau hybride dans la réalisation d'un déphaseur variable, commandé optiquement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Thématique du club EEA : Optique Intégrée et Photonique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t>
+              <w:t xml:space="preserve">Telecom'2005 &amp; 4èmes Journées Franco-Maghrébines des Microondes et leurs Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, RABAT, Morocco. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148291v1</w:t>
+                <w:t xml:space="preserve">hal-00147863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anneau de Wilkinson contrôlé optiquement : application aux antennes à balayage de phase</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Contrôle optique pour fonctionnalités microondes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Khaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, France. pp.XX</w:t>
+              <w:t xml:space="preserve">Journée Thématique du club EEA : Optique Intégrée et Photonique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, GRENOBLE, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148322v1</w:t>
+                <w:t xml:space="preserve">hal-00148291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtres passe-bas fixes ou accordables à base de structures périodiques</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Anneau de Wilkinson contrôlé optiquement : application aux antennes à balayage de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
+              <w:t xml:space="preserve">, 2005, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148304v1</w:t>
+                <w:t xml:space="preserve">hal-00148322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable RF/Microwave devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Filtres passe-bas fixes ou accordables à base de structures périodiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Jrad</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th and 10th Nefertiti Workshops on Millimetre Wave Photonic Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Grenoble, France. pp.XX</w:t>
+              <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147204v1</w:t>
+                <w:t xml:space="preserve">hal-00148304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photo-induced microwave load in silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ahouassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouthinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4697,51 +4697,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave photoinduced varactor on silicon substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ahouassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouthinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4961,51 +4961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651592v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu-Huan Nguyen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ghiotto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilcot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phu Vuong" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Wu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2021.3062156" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651593v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3031924" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651596v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2020.2974993" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025005v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdel Aziz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Issa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kaddour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M.E. Safwat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075237v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz M. Abdel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwat A.M.E." TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075033v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa H." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour D." TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.24054" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F61NK9FH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599011v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duvillaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Duchamp" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.24220" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FWJJMMNP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Fournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186395v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20073085" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Khaldi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Exshaw" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146048v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Robert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395983v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gary" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2006.872284" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146025v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146030v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gary" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.21754" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B39B28362FDDA6D73835E9EF67B02D256F3EDBD6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146055v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146449v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395925v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Perrier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bourtoutian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jrad" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084226v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.11380" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QH33BT79-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599143v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.996177" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887945v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Phu Vuong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEMO51452.2022.10038524" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887951v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Huan Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEMO51452.2022.10038949" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651604v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMaRC49196.2021.9714699" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651608v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMWS-AMP53428.2021.9643964" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277086v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Parment" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175536v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708707v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Parmentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2018.8439337" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612658v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603020v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdelaziz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Safwat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602887v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Franc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019805v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019809v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147863v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Khaldi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147861v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148291v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148322v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148304v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147204v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387261v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ahouassa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouthinon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey-Said" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387256v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ahouassa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu-Huan Nguyen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ghiotto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilcot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ke Wu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3031924" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651592v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan-Phu Vuong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2021.3062156" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651596v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2020.2974993" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025005v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdel Aziz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Issa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kaddour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M.E. Safwat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599011v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duvillaret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Duchamp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.24220" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FWJJMMNP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075237v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz M. Abdel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwat A.M.E." TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075033v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa H." TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour D." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.24054" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F61NK9FH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Fournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186395v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20073085" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Khaldi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Exshaw" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146030v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Gary" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.21754" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B39B28362FDDA6D73835E9EF67B02D256F3EDBD6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146055v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146048v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Robert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395983v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gary" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2006.872284" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146025v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146449v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395925v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Perrier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bourtoutian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jrad" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084226v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.11380" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QH33BT79-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599143v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.996177" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887945v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Phu Vuong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEMO51452.2022.10038524" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887951v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Huan Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEMO51452.2022.10038949" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651608v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMWS-AMP53428.2021.9643964" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651604v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMaRC49196.2021.9714699" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175536v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277086v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Parment" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708707v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Parmentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2018.8439337" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612658v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603020v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdelaziz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Safwat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602887v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Franc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019805v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019809v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147204v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147861v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Khaldi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147863v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148291v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148322v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148304v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387261v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ahouassa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouthinon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boussey-Said" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387256v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ahouassa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>