--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Zaparucha </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2531-4148</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">155946307</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">305294952</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">000000041890258X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harnessing native enzyme diversity for biocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célestin Gamonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 28 (G1), pp.609-623. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crchim.409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A refined picture of the native amine dehydrogenase family revealed by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.4933. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-49009-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL AND COMPUTATIONAL ANALYZIS OF COATED MILLI-STRUCTURED BIOREACTOR WITH IMMOBILIZED NITRILASE FOR CONTINUOUS PRODUCTION OF NICOTINIC ACID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalore Teepakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 22, pp.100766. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ceja.2025.100766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05133716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine-tolerant E. coli strains generated via adaptive evolution for sustainable synthesis of chiral amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josemarco Mendoza-Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Döring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Bouzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanja Knaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (39), pp.14435-14445. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.4c04356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting an acyl CoA ligase from Metallosphaera sedula for lactam formation by structure-guided protein engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolas Capra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fctls.2024.1360129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Native amine dehydrogenases can catalyze the direct reduction of carbonyl compounds to alcohols in the absence of ammonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewald Jongkind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.1105948. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fctls.2023.1105948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Chiral Amines via a Bi‐Enzymatic Cascade Using an Ene‐Reductase and Amine Dehydrogenase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewald Jongkind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (2), </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202101576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the substrate scope of native amine dehydrogenases through in silico structural exploration and targeted protein engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Marynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022, pp.e202200880. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202200880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03781286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocatalytic Reductive Amination by Native Amine Dehydrogenases to Access Short Chiral Alkyl Amines and Amino Alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Caparco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Bommarius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fctls.2021.781284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Genome Sequences of Two Pseudomonas Species Isolated from Marine Environments of the Pacific Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shi-Zhen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Aury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vallenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Resource Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (16), </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mra.01062-19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrilase immobilization and transposition from a micro‐scale batch to a continuous process increase the nicotinic acid productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalore Teepakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Zajkoska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Cwicklinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (10), pp.2100010. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/biot.202100010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Purification and Characterization of Nitphym, a Robust Thermostable Nitrilase From Paraburkholderia phymatum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bessonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pellouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fbioe.2021.686362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03664095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic Mining for Amine Dehydrogenase Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Caparco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Bommarius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 362 (12), pp.2427-2436. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsc.202000094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATP Regeneration System in Chemoenzymatic Amide Bond Formation with Thermophilic CoA Ligase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Balandras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (4), pp.1184-1189. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201901870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A family of native amine dehydrogenases for the asymmetric reductive amination of ketones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Beloti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Frese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan P Turkenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (4), pp.324-333. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41929-019-0249-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XszenFHal, a novel tryptophan 5-halogenase from Xenorhabdus szentirmaii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Domergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Erdmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMB Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.175. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13568-019-0898-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03026562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Studies based on two Lysine Dioxygenases with Distinct Regioselectivity Brings Insights Into Enzyme Specificity within the Clavaminate Synthase-Like Family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Isabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Stura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-34795-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02099557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of a thermotolerant ROK-type mannofructokinase from Streptococcus mitis: application to the synthesis of phosphorylated sugars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Guérard-Hélaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 102 (13), pp.5569-5583. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00253-018-9018-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic cascade reactions for the synthesis of chiral amino alcohols from L-lysine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 132, pp.e56926. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/56926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04311404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel evolution of non-homologous isofunctional enzymes in methionine biosynthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bessonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Pinet-Turpault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13, pp.858-866. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nchembio.2397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02132779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocatalytic Approaches towards the Synthesis of Chiral Amino Alcohols from Lysine: Cascade Reactions Combining alpha-Keto Acid Oxygenase Hydroxylation with Pyridoxal Phosphate- Dependent Decarboxylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Synthesis &amp; Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 359 (9), pp.1563-1569. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsc.201600934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric reductive amination by a wild-type amine dehydrogenase from the thermophilic bacteria Petrotoga mobilis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Darii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (20), pp.7421-7428. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6CY01625A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debromokeramadine from the marine sponge Agelas cf. mauritiana: isolation and short regioselective and flexible synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosima Schroif-Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Appenzeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debitus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al-Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 71 (22), pp.3609-3613. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2014.12.081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01152783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large α-aminonitrilase activity screening of nitrilase superfamily members: Access to conversion and enantiospecificity by LC–MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Darii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis B: Enzymatic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 107, pp.79-88. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcatb.2014.05.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing the hidden functional diversity of an enzyme family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Alexander Thil Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (1), pp.42-49. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nchembio.1387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Mono- and Dihydroxylated Amino Acids with New $\alpha$-Ketoglutarate-Dependent Dioxygenases: Biocatalytic Oxidation of C$-$H Bonds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Monfleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Harari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cuccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6, pp.3012 - 3017. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201402498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01591870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrilase Activity Screening on Structurally Diverse Substrates: Providing Biocatalytic Tools for Organic Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Besnard-Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 355 (9), pp.1763-1779. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsc.201201098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Acyl-CoA Beta-Transaminase Characterized from a Metagenome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lechaplais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Perchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (8), pp.e22918. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0022918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-Keto-5-aminohexanoate cleavage enzyme: a common fold for an uncommon Claisen-type condensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Bellinzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Perchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 286 (31), pp.27399-27405. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M111.253260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03137933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Conserved Gene Cluster Rules Anaerobic Oxidative Degradation of L-Ornithine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Fonknechten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Perchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lechaplais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 191 (9), pp.3162-3167. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.01777-08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomimetically inspired short access to the 2-aminoimidazole-fused tetracyclic core of (+/-)-dibromoagelaspongin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Picon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huu Dau Elise Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 11 (12), pp.2523-6. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ol900745c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00432043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N-Pyridinium imidates as new sources of 2-aminoimidazole and imidazoline derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Picon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 50 (49), pp.6826-6829. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2009.09.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agelasines J, K, and L from the Solomon Islands Marine Sponge Agelas cf. mauritiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Appenzeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mihci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. T. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Menou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 71 (8), pp.1451-1454. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/np800212g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00320681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debromodispacamides B and D: isolation from the marine sponge Agelas mauritiana and stereoselective synthesis using a biomimetic proline route.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Appenzeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ratinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debitus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10 (3), pp.493-6. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ol702866m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of N-alkyl-N′-carboalkoxy guanidines: unexpected effective trans-alkoxylation transforming the 2,2,2-trichloroethoxycarbonyl into various carbamates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schroif-Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Barale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al-Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48 (13), pp.2357-2359. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2007.01.126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Access to Marine Pyrrole-2-aminoimidazoles, Oroidin, and Derivatives, via New Acyl-1,2-dihydropyridin Intermediates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schroif-Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al-Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 8(14), pp.2961-2964. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ol0608451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of metal complexes of 2,9-bis(2-hydroxyphenyl)-1,10-phenanthroline and their DNA binding and cleaving activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Routier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Joanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Vezin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Chemical Society, Perkin Transactions 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Journal of the Chemical Society, Perkin Transactions 2, pp.863-868. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/a707941i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of metal complexes of 2,9-bis(2-hydroxyphenyl)-1,10-phenanthroline and their DNA binding and cleaving activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Routier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Joanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Vezin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Chemical Society, Perkin Transactions 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 4, pp.863-868. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/A707941I⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous biocatalysis with wall-immobilized enzymes in milli-structured reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th European Process Intensification Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05133715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New biocatalytic lactamization: Caprolactam production scale-up and exploration of industrial purification methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Godon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis M.M. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO 2024 - 30ème colloque du Club Biocatalyse en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint Valery sur Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04741163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réacteurs milli-structurés pour le scale-up de bioréacteurs en flux avec enzymes immobilisées en parois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalore Teepakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SFGP 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française de génie des procédés, Oct 2024, Deauville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04887309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An enzymatic approach to small lactams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé M. Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème colloque du Club de Biocatalyse en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint Valéry sur Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the portfolio of native Amine Dehydrogenases by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the portfolio of enzymes for biocatalysis by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Symposium International de l'AFERP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Orsay - Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immobilized nitrilase in continuous bioreactors: packed bed reactor vs. milli-structured pillar reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCEECAB 2023 - 14th European Congress of Chemical Engineering and 7th European Congress of Applied Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04431029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis, assisted by machine learning, for bio-sourced molecules functionalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Darlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bassut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar - University of Graz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the biocatalytic performances of immobilized nitrilase in milli-scale reactors for continuous production of nicotinic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Anxionnaz-Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS - 16th International Symposium on Biocatalysis &amp; Biotransformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04431030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milli-structured bioreactor with immobilized commercial nitrilase for continuous production of nicotinic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIC 8 - 8th European Process Intensification Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04431033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diverse Amine dehydrogenases for the biocatalytic synthesis of amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENZYNOV'2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Paris-Romainville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the portfolio of native Amine Dehydrogenases by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amine BioCat 5.0</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoA ligase for amide and lactam synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Touré Océane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capra Nikolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lelièvre Chloé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fossey Aurélie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vergne-Vaxelaire Carine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Visio conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis: towards an optimal combination of catalysts Application to HMF valorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Höhne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenous, heterogenous and biocatalysis / Biomass conversion Valorisation of bio-based furfurals by hybrid catalysis: towards the synthesis of new amine polymers and surfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fossey Aurélie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic expansion and active site analysis of the Amine Dehydrogenase family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Eric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Biocatalysis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using innovative in silico approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on High-Throughput Catalyst Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lille (Virtual), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale exploration of the biocatalytic capability of biodiversity for biocatalysis & synthetic biology applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vallenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International symposium on High-Throughput Catalysts Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual conference (Lille), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using sequence and structure-based approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Conference on Intelligent Systems for Molecular Biology (ISMB) - 20th European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis: towards an optimal combination of catalysts Application to HMF valorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cap Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation of bio-based furfurals by hybrid catalysis: towards the synthesis of new amine polymers and surfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cap Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of the native amine dehydrogenase family : discovery, structural and genomic exploration, protein engineering and biocatalytic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e colloque du Club de Biocatalyse en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arkema; Proteus; CBSO, Sep 2021, Lège Cap-Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the substrate scope of Amine Dehydrogenases by protein engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Graz (virtual conference), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic mining for Amine Dehydrogenase discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Caparco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amine Biocatalysis 4.0</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring biodiversity for biocatalyst discovery: applications to synthetic chemistry and synthetic biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vallenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GMGM Open Scientific day &amp; IPCB Inauguration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Strabourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A family of Native Amine Dehydrogenases for the Asymmetric Reductive Amination of Ketones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Beloti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Frese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novel Enzymes 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Technische Universitat Darmstadt, Oct 2018, Damstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic cascade synthesis of chiral building-blocks from L-lysine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loic Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiple Enzyme Cascade Processes Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Trondheim ( Norvège), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic cascades for the synthesis of amino alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loic Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Budapest (Hungary), Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle dioxygénases alpha-cetoglutarate dépendantes pour la synthèse de plateformes chirales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loic Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Harari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cuccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Carry Le Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large nitrilase activity screening on structurally diverse substrates: providing new biocatalytic tools for organic synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Darii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Manchester (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la biodiversité à la biocatalyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité énergétique des bioprocédés - Etude du couplage entre l'immobilisation de biocatalyseurs et la structuration de milli réacteurs pour la synthèse enzymatique en flux continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adama Drabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Anxionnaz-Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CODEGEPRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lyon, France. , 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04887307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New biocatalytic lactamization: Caprolactam production scale-up and exploration of industrial purification methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Godon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis M.M. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NordBio II – 2nd Nordic Midsummer Symposium on Biocatalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04741081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic expansion and active site analysis of the Amine Dehydrogenase family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Eric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Biocatalysis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoA ligase for lactam synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Touré Océane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capra Nikolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lelièvre Chloé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vergne-Vaxelaire Carine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thunnissen Andy-Mark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cap Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-pot bi-enzymatic cascade with an Old Yellow Enzyme and a native amine dehydrogenase to synthesize chiral amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewald Jongkind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Graz (virtual conference), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using sequence and structure-based approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Graz (Virtual Conference), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using sequence and structure-based approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Conference on Intelligent Systems for Molecular Biology (ISMB) - 20th European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart ATP regeneration system for chemoenzymatic amide bond formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé M. Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Balandras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pellouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Biotrans symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04354478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of valuable hydroxylated-L-lysine by novel α-keto acid dependent oxygenases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selina Seide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Rosenthal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Lütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Pohl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From structural elucidation to active site classification: exploration of an enzyme family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Isabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico A Stura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover Feature: Expanding the Substrate Scope of Native Amine Dehydrogenases through In Silico Structural Exploration and Targeted Protein Engineering (ChemCatChem 22/2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Marynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (illustration)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHOD FOR PREPARING AMINES FROM ALDEHYDES AND KETONES BY BIOCATALYSIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP3649246A1; US11118200B2. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New enzymes and method for preparing hydroxylated L-lysine or L-ornithine and analogs thereof</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique De Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2015/078889. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 1. Genome Mining for Enzyme Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vaxelaire-Vergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Biocatalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Society of Chemistry, pp.1-27, 2018, Catalysis Series, </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781788010450-00001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId283"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Zaparucha </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anne-zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2531-4148</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">155946307</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">305294952</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">000000041890258X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harnessing native enzyme diversity for biocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célestin Gamonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 28 (G1), pp.609-623. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crchim.409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL AND COMPUTATIONAL ANALYZIS OF COATED MILLI-STRUCTURED BIOREACTOR WITH IMMOBILIZED NITRILASE FOR CONTINUOUS PRODUCTION OF NICOTINIC ACID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalore Teepakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 22, pp.100766. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ceja.2025.100766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05133716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A refined picture of the native amine dehydrogenase family revealed by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.4933. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-49009-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine-tolerant E. coli strains generated via adaptive evolution for sustainable synthesis of chiral amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josemarco Mendoza-Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volker Döring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Bouzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanja Knaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (39), pp.14435-14445. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.4c04356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04742015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting an acyl CoA ligase from Metallosphaera sedula for lactam formation by structure-guided protein engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolas Capra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fctls.2024.1360129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Native amine dehydrogenases can catalyze the direct reduction of carbonyl compounds to alcohols in the absence of ammonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewald Jongkind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.1105948. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fctls.2023.1105948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the substrate scope of native amine dehydrogenases through in silico structural exploration and targeted protein engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Marynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2022, pp.e202200880. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202200880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03781286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Chiral Amines via a Bi‐Enzymatic Cascade Using an Ene‐Reductase and Amine Dehydrogenase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewald Jongkind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (2), </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202101576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocatalytic Reductive Amination by Native Amine Dehydrogenases to Access Short Chiral Alkyl Amines and Amino Alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Caparco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Bommarius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fctls.2021.781284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Genome Sequences of Two Pseudomonas Species Isolated from Marine Environments of the Pacific Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shi-Zhen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Aury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vallenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Poulain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology Resource Announcements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (16), </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mra.01062-19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrilase immobilization and transposition from a micro‐scale batch to a continuous process increase the nicotinic acid productivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalore Teepakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petra Zajkoska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Cwicklinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (10), pp.2100010. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/biot.202100010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Purification and Characterization of Nitphym, a Robust Thermostable Nitrilase From Paraburkholderia phymatum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bessonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pellouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fbioe.2021.686362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03664095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic Mining for Amine Dehydrogenase Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Caparco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Bommarius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 362 (12), pp.2427-2436. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsc.202000094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A family of native amine dehydrogenases for the asymmetric reductive amination of ketones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Beloti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Frese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan P Turkenburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (4), pp.324-333. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41929-019-0249-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATP Regeneration System in Chemoenzymatic Amide Bond Formation with Thermophilic CoA Ligase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Balandras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12 (4), pp.1184-1189. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201901870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XszenFHal, a novel tryptophan 5-halogenase from Xenorhabdus szentirmaii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Domergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Erdmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMB Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.175. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13568-019-0898-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03026562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of a thermotolerant ROK-type mannofructokinase from Streptococcus mitis: application to the synthesis of phosphorylated sugars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Guérard-Hélaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 102 (13), pp.5569-5583. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00253-018-9018-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02323767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Studies based on two Lysine Dioxygenases with Distinct Regioselectivity Brings Insights Into Enzyme Specificity within the Clavaminate Synthase-Like Family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Isabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Stura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-34795-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02099557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic cascade reactions for the synthesis of chiral amino alcohols from L-lysine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 132, pp.e56926. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/56926⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04311404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocatalytic Approaches towards the Synthesis of Chiral Amino Alcohols from Lysine: Cascade Reactions Combining alpha-Keto Acid Oxygenase Hydroxylation with Pyridoxal Phosphate- Dependent Decarboxylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Synthesis &amp; Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 359 (9), pp.1563-1569. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsc.201600934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel evolution of non-homologous isofunctional enzymes in methionine biosynthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bessonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Pinet-Turpault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13, pp.858-866. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nchembio.2397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02132779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric reductive amination by a wild-type amine dehydrogenase from the thermophilic bacteria Petrotoga mobilis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Darii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (20), pp.7421-7428. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6CY01625A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debromokeramadine from the marine sponge Agelas cf. mauritiana: isolation and short regioselective and flexible synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosima Schroif-Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Appenzeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debitus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Al-Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 71 (22), pp.3609-3613. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2014.12.081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01152783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing the hidden functional diversity of an enzyme family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Alexander Thil Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (1), pp.42-49. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nchembio.1387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large α-aminonitrilase activity screening of nitrilase superfamily members: Access to conversion and enantiospecificity by LC–MS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Darii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis B: Enzymatic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 107, pp.79-88. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcatb.2014.05.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Mono- and Dihydroxylated Amino Acids with New $\alpha$-Ketoglutarate-Dependent Dioxygenases: Biocatalytic Oxidation of C$-$H Bonds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Monfleur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Harari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cuccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6, pp.3012 - 3017. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201402498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01591870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrilase Activity Screening on Structurally Diverse Substrates: Providing Biocatalytic Tools for Organic Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Besnard-Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 355 (9), pp.1763-1779. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsc.201201098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Acyl-CoA Beta-Transaminase Characterized from a Metagenome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lechaplais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Perchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (8), pp.e22918. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0022918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3-Keto-5-aminohexanoate cleavage enzyme: a common fold for an uncommon Claisen-type condensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Bellinzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Perchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 286 (31), pp.27399-27405. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M111.253260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-03137933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomimetically inspired short access to the 2-aminoimidazole-fused tetracyclic core of (+/-)-dibromoagelaspongin.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Picon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huu Dau Elise Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 11 (12), pp.2523-6. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ol900745c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00432043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Conserved Gene Cluster Rules Anaerobic Oxidative Degradation of L-Ornithine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Fonknechten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Perchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Tricot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lechaplais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 191 (9), pp.3162-3167. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JB.01777-08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N-Pyridinium imidates as new sources of 2-aminoimidazole and imidazoline derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Picon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 50 (49), pp.6826-6829. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2009.09.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agelasines J, K, and L from the Solomon Islands Marine Sponge Agelas cf. mauritiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Appenzeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mihci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. T. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Gallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Menou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 71 (8), pp.1451-1454. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/np800212g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00320681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debromodispacamides B and D: isolation from the marine sponge Agelas mauritiana and stereoselective synthesis using a biomimetic proline route.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Appenzeller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ratinaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Debitus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10 (3), pp.493-6. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ol702866m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00265603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of N-alkyl-N′-carboalkoxy guanidines: unexpected effective trans-alkoxylation transforming the 2,2,2-trichloroethoxycarbonyl into various carbamates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schroif-Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Barale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al-Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48 (13), pp.2357-2359. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2007.01.126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00157575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Access to Marine Pyrrole-2-aminoimidazoles, Oroidin, and Derivatives, via New Acyl-1,2-dihydropyridin Intermediates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schroif-Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Al-Mourabit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 8(14), pp.2961-2964. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ol0608451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of metal complexes of 2,9-bis(2-hydroxyphenyl)-1,10-phenanthroline and their DNA binding and cleaving activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Routier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Joanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Vezin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Chemical Society, Perkin Transactions 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Journal of the Chemical Society, Perkin Transactions 2, pp.863-868. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/a707941i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of metal complexes of 2,9-bis(2-hydroxyphenyl)-1,10-phenanthroline and their DNA binding and cleaving activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Routier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Joanny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Vezin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Chemical Society, Perkin Transactions 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 4, pp.863-868. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/A707941I⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous biocatalysis with wall-immobilized enzymes in milli-structured reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th European Process Intensification Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05133715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réacteurs milli-structurés pour le scale-up de bioréacteurs en flux avec enzymes immobilisées en parois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalore Teepakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SFGP 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française de génie des procédés, Oct 2024, Deauville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04887309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New biocatalytic lactamization: Caprolactam production scale-up and exploration of industrial purification methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Godon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis M.M. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO 2024 - 30ème colloque du Club Biocatalyse en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint Valery sur Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04741163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An enzymatic approach to small lactams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Touré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé M. Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème colloque du Club de Biocatalyse en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint Valéry sur Somme, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the portfolio of native Amine Dehydrogenases by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the portfolio of enzymes for biocatalysis by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e Symposium International de l'AFERP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Orsay - Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immobilized nitrilase in continuous bioreactors: packed bed reactor vs. milli-structured pillar reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCEECAB 2023 - 14th European Congress of Chemical Engineering and 7th European Congress of Applied Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04431029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis, assisted by machine learning, for bio-sourced molecules functionalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Darlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bassut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Jiang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar - University of Graz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the biocatalytic performances of immobilized nitrilase in milli-scale reactors for continuous production of nicotinic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Anxionnaz-Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS - 16th International Symposium on Biocatalysis &amp; Biotransformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04431030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milli-structured bioreactor with immobilized commercial nitrilase for continuous production of nicotinic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPIC 8 - 8th European Process Intensification Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04431033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diverse Amine dehydrogenases for the biocatalytic synthesis of amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENZYNOV'2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Paris-Romainville, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenous, heterogenous and biocatalysis / Biomass conversion Valorisation of bio-based furfurals by hybrid catalysis: towards the synthesis of new amine polymers and surfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fossey Aurélie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis: towards an optimal combination of catalysts Application to HMF valorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Höhne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the portfolio of native Amine Dehydrogenases by extensive biodiversity screening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amine BioCat 5.0</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoA ligase for amide and lactam synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Touré Océane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capra Nikolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lelièvre Chloé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fossey Aurélie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vergne-Vaxelaire Carine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Visio conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic expansion and active site analysis of the Amine Dehydrogenase family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Eric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Biocatalysis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using sequence and structure-based approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Conference on Intelligent Systems for Molecular Biology (ISMB) - 20th European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis: towards an optimal combination of catalysts Application to HMF valorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cap Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using innovative in silico approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Meheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on High-Throughput Catalyst Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lille (Virtual), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale exploration of the biocatalytic capability of biodiversity for biocatalysis & synthetic biology applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vallenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First International symposium on High-Throughput Catalysts Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual conference (Lille), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation of bio-based furfurals by hybrid catalysis: towards the synthesis of new amine polymers and surfactants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cap Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An overview of the native amine dehydrogenase family : discovery, structural and genomic exploration, protein engineering and biocatalytic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e colloque du Club de Biocatalyse en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arkema; Proteus; CBSO, Sep 2021, Lège Cap-Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expanding the substrate scope of Amine Dehydrogenases by protein engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Graz (virtual conference), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic mining for Amine Dehydrogenase discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Caparco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amine Biocatalysis 4.0</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring biodiversity for biocatalyst discovery: applications to synthetic chemistry and synthetic biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vallenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GMGM Open Scientific day &amp; IPCB Inauguration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Strabourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A family of Native Amine Dehydrogenases for the Asymmetric Reductive Amination of Ketones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Beloti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Frese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novel Enzymes 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Technische Universitat Darmstadt, Oct 2018, Damstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic cascade synthesis of chiral building-blocks from L-lysine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loic Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiple Enzyme Cascade Processes Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Trondheim ( Norvège), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic cascades for the synthesis of amino alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Peruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loic Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Budapest (Hungary), Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle dioxygénases alpha-cetoglutarate dépendantes pour la synthèse de plateformes chirales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loic Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Harari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cuccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Carry Le Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large nitrilase activity screening on structurally diverse substrates: providing new biocatalytic tools for organic synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Darii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Manchester (UK), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la biodiversité à la biocatalyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité énergétique des bioprocédés - Etude du couplage entre l'immobilisation de biocatalyseurs et la structuration de milli réacteurs pour la synthèse enzymatique en flux continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adama Drabo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Anxionnaz-Minvielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nonglaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CODEGEPRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lyon, France. , 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04887307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New biocatalytic lactamization: Caprolactam production scale-up and exploration of industrial purification methodologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivien Herrscher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Godon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis M.M. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NordBio II – 2nd Nordic Midsummer Symposium on Biocatalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04741081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic expansion and active site analysis of the Amine Dehydrogenase family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelletier Eric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Biocatalysis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CoA ligase for lactam synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Touré Océane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capra Nikolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lelièvre Chloé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vergne-Vaxelaire Carine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thunnissen Andy-Mark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CBSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Cap Ferret, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-pot bi-enzymatic cascade with an Old Yellow Enzyme and a native amine dehydrogenase to synthesize chiral amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewald Jongkind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ombeline Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Graz (virtual conference), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using sequence and structure-based approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Conference on Intelligent Systems for Molecular Biology (ISMB) - 20th European Conference on Computational Biology (ECCB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODAMDH: identification of diverse Amine Dehydrogenases by screening biodiversity using sequence and structure-based approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisée Eddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Méheust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioTrans 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Graz (Virtual Conference), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart ATP regeneration system for chemoenzymatic amide bond formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé M. Lelièvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Balandras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Debard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Pellouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Biotrans symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04354478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From structural elucidation to active site classification: exploration of an enzyme family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bastard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Isabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico A Stura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of valuable hydroxylated-L-lysine by novel α-keto acid dependent oxygenases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selina Seide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Rosenthal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Lütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Pohl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOTRANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid synthesis of AMFC-derived amides using supported gold nanoparticles and acyl-coenzyme A ligases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Bisel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fossey-Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Bassut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05564032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover Feature: Expanding the Substrate Scope of Native Amine Dehydrogenases through In Silico Structural Exploration and Targeted Protein Engineering (ChemCatChem 22/2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Elisée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Marynberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (illustration)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHOD FOR PREPARING AMINES FROM ALDEHYDES AND KETONES BY BIOCATALYSIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vergne-Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP3649246A1; US11118200B2. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New enzymes and method for preparing hydroxylated L-lysine or L-ornithine and analogs thereof</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique De Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2015/078889. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 1. Genome Mining for Enzyme Discovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zaparucha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique de Berardinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Vaxelaire-Vergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Biocatalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Society of Chemistry, pp.1-27, 2018, Catalysis Series, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781788010450-00001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId286"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="633320B8"/>
+    <w:nsid w:val="B07D2CB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-zaparucha" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2531-4148" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155946307" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/305294952" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000041890258X" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163178v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestin Gamonet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zaparucha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Vergne-Vaxelaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.409" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645174v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Elis&#233;e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Ducrot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;heust" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bastard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fossey-Jouenne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49009-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05133716v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Michaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalore Teepakorn" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Berardinis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coste" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2025.100766" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742015v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josemarco Mendoza-Avila" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker D&#246;ring" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Bouzon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Dubois" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Knaus" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.4c04356" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Capra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leli&#232;vre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Tour&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2024.1360129" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178006v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Jongkind" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2023.1105948" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177991v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombeline Mayol" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202101576" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03781286v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Bennett" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Marynberg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202200880" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178002v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Caparco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Champion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Bommarius" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2021.781284" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178012v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi-Zhen Wang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poulain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01062-19" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664115v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Zajkoska" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Cwicklinski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biot.202100010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03664095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bessonnet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mariage" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Petit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pellouin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Debard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.686362" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150129v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Petit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jouenne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Bommarius" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000094" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167114v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Balandras" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Petit" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201901870" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945525v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Beloti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Frese" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan P Turkenburg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-019-0249-z" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03026562v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Domergue" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Erdmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13568-019-0898-y" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02099557v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Isabet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stura" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legrand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34795-9" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323767v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;rard-H&#233;laine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-018-9018-1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04311404v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/56926" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02132779v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Perret" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pinet-Turpault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchembio.2397" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167194v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Baud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peruch" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fossey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201600934" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177990v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Darii" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CY01625A" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152783v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosima Schroif-Gr&#233;goire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Appenzeller" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debitus" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Mourabit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2014.12.081" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504052v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bordier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stam" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Tricot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcatb.2014.05.019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504067v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Alexander Thil Smith" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchembio.1387" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01591870v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Monfleur" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Harari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cuccaro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201402498" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/19F60BBE0E022C3980268198AFD6BA02803A44D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503873v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Besnard-Gonnet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201201098" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1BA2AA7521A19E3E5677061D1F1D0DC374696E52/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579105v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lechaplais" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Perchat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Vergne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022918" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03137933v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bellinzoni" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.253260" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503069v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fonknechten" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Perchat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tricot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lechaplais" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01777-08" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432043v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Picon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Dau Elise Tran" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Martin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol900745c" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433240v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaparucha" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mourabit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2009.09.101" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-461C4176-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320681v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Appenzeller" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mihci" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Martin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Gallard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Menou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np800212g" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JS9M58R5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265603v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ratinaud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol702866m" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157575v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schroif-Gr&#233;goire" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Barale" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Mourabit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.01.126" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMCG2KH7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089125v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Travert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0608451" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03423348v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Joanny" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vezin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Catteau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/a707941i" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4B915D49B7429D284F6A6854469D9B25EDAC0E9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451657v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/A707941I" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05133715v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Minvielle" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nonglaton" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741163v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Herrscher" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Godon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis M.M. Mouterde" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04887309v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739424v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; M. Leli&#232;vre" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327737v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Meheust" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327790v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04431029v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04336053v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Darlot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bassut" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04431030v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Anxionnaz-Minvielle" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04431033v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327765v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328280v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405375v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tour&#233; Oc&#233;ane" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capra Nikolas" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leli&#232;vre Chlo&#233;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fossey Aur&#233;lie" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vergne-Vaxelaire Carine" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158400v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Fossey" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Wojcieszak" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nato Froidevaux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H&#246;hne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562069v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Heuson" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Froidevaux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360123v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elis&#233;e Eddy" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Eric" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328578v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315412v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359840v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04345706v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04303442v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328296v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328324v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327878v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315453v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328306v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303639v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Dubois" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loic Saaidi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303631v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303652v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303622v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303647v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04887307v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Drabo" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Anxionnaz-Minvielle" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741081v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360138v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405342v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thunnissen Andy-Mark" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328842v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360034v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359878v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354478v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405143v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Seide" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Rosenthal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan L&#252;tz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pohl" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405103v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico A Stura" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299738v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171875v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171878v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique De Berardinis" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150687v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Vaxelaire-Vergne" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781788010450-00001" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anne-zaparucha" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2531-4148" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155946307" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/305294952" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000041890258X" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163178v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestin Gamonet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zaparucha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Vergne-Vaxelaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.409" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05133716v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Michaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalore Teepakorn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Berardinis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coste" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2025.100766" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645174v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Elis&#233;e" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Ducrot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;heust" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bastard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fossey-Jouenne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49009-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742015v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josemarco Mendoza-Avila" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker D&#246;ring" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Bouzon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Dubois" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Knaus" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.4c04356" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Capra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leli&#232;vre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Tour&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2024.1360129" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178006v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Jongkind" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2023.1105948" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03781286v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Bennett" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Marynberg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202200880" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177991v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombeline Mayol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202101576" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178002v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Caparco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Champion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Bommarius" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2021.781284" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178012v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi-Zhen Wang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poulain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01062-19" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664115v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Zajkoska" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Cwicklinski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biot.202100010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03664095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bessonnet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mariage" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Petit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pellouin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Debard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.686362" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150129v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Petit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jouenne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Bommarius" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000094" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945525v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Beloti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Frese" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan P Turkenburg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41929-019-0249-z" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167114v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Balandras" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Petit" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201901870" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03026562v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Domergue" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Erdmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13568-019-0898-y" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323767v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;rard-H&#233;laine" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-018-9018-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02099557v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Isabet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stura" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legrand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34795-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04311404v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/56926" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167194v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Baud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peruch" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fossey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201600934" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02132779v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Perret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Pinet-Turpault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchembio.2397" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177990v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain David" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Darii" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CY01625A" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152783v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosima Schroif-Gr&#233;goire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Appenzeller" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Debitus" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Mourabit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2014.12.081" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504067v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Alexander Thil Smith" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchembio.1387" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504052v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bordier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stam" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Tricot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcatb.2014.05.019" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01591870v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Monfleur" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Harari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cuccaro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201402498" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/19F60BBE0E022C3980268198AFD6BA02803A44D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503873v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Besnard-Gonnet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201201098" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1BA2AA7521A19E3E5677061D1F1D0DC374696E52/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579105v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lechaplais" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Perchat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Vergne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022918" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03137933v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bellinzoni" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.253260" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432043v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Picon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Dau Elise Tran" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Martin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol900745c" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503069v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fonknechten" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perret" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Perchat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tricot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lechaplais" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01777-08" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433240v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaparucha" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Mourabit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2009.09.101" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-461C4176-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320681v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Appenzeller" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mihci" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Martin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Gallard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Menou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np800212g" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JS9M58R5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265603v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ratinaud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol702866m" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157575v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schroif-Gr&#233;goire" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Barale" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Mourabit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2007.01.126" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMCG2KH7-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089125v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Travert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0608451" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03423348v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Joanny" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vezin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Catteau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/a707941i" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4B915D49B7429D284F6A6854469D9B25EDAC0E9D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451657v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/A707941I" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05133715v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Minvielle" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nonglaton" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04887309v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741163v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Herrscher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Godon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis M.M. Mouterde" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739424v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; M. Leli&#232;vre" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327737v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Meheust" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327790v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04431029v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04336053v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Darlot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bassut" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04431030v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Anxionnaz-Minvielle" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04431033v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327765v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562069v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Heuson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Froidevaux" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fossey Aur&#233;lie" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158400v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Fossey" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Wojcieszak" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nato Froidevaux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H&#246;hne" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328280v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405375v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tour&#233; Oc&#233;ane" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capra Nikolas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leli&#232;vre Chlo&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vergne-Vaxelaire Carine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360123v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elis&#233;e Eddy" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelletier Eric" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359840v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04345706v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328578v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315412v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04303442v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328296v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328324v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327878v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315453v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328306v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303639v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Dubois" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loic Saaidi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303631v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303652v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303622v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303647v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04887307v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Drabo" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Anxionnaz-Minvielle" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741081v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360138v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405342v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thunnissen Andy-Mark" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328842v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359878v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360034v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354478v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405103v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico A Stura" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405143v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Seide" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Rosenthal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan L&#252;tz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pohl" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564032v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bisel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Martin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299738v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171875v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171878v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique De Berardinis" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150687v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Vaxelaire-Vergne" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781788010450-00001" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>