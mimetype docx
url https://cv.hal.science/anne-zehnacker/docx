--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Zehnacker </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (78)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the Vibrational Circular Dichroism Spectroscopy of Phenylcyclohexanediol Solvated in Dimethyl Sulfoxide Using Polarizable Molecular Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou D’haese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.5c05306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05451847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Naproxen Cocrystals Through Solid‐State Vibrational Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Sklenář</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Kaminský</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Rohlíček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Bouř</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (3), pp.e70027. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.70027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of intramolecular hydrogen bonding in photoelectron circular dichroism: the diastereoisomers of 1-amino-2-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (5), pp.2739-2748. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4cp04248d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton tunneling, isotopic effects, and dealkylation reaction in tetra-tertbutyl porphycene: Supersonic jet spectroscopy revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ephriem Tadesse Mengesha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Kijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Sepioł</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 163 (2), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0271560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genesis of OH-stretching vibrational circular dichroism in chiral molecular crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (22), pp.9833-9842. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4sc08055f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homochiral vs. heterochiral preference in chiral self-recognition of cyclic diols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beppo Hartwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4cp00351a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer‐Selective Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (17), </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.202401423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enantioselective Complexation of Protonated Tyrosine by a Chiral Crown‐ether: The Nature of the Hydrogen Bonds Makes the Difference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Vo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martínez-Haya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jos Oomens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun‐ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.e202400880. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.202400880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism spectroscopy with a classical polarizable force field: alanine in the gas and condensed phases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (8), pp.e202300982. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.202300982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced photoelectron circular dichroism onto an achiral chromophore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusree Roy Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.6290. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-42002-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first HyDRA challenge for computational vibrational spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taija L Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarethe Bödecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie M Schweer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (33), pp.22089-22102. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D3CP01216F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Chiral Sensitivity of a Structure Depend on the Metal Core? Alkali Ion Complexes of Cyclo(Tyr-Tyr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koki Yoshizawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun‐ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (18), pp.e202300172. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.202300172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subtle hydrogen bond preference and dual Franck–Condon activity – the interesting pairing of 2-naphthol with anisole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arman Nejad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (15), pp.10427-10439. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3cp00160a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark experiments for numerical quantum chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Suhm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (39), pp.26415-26416. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3cp90186f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumière sur les molécules chirales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-covalent interactions reveal the protein chain δ conformation in a flexible single-residue model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynab Imani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rao Mundlapati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D2CC06658K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03923111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Symmetry Influences the Dissociation of Protonated Cyclic Peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symmetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (4), pp.679. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sym14040679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron Circular Dichroism as a Signature of Subtle Conformational Changes: The Case of Ring Inversion in 1-Indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (10), pp.2313-2320. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.2c00074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Stereochemical Effects Overcome a Charge-induced Perturbation in Isolated Protonated cyclo(Tyr-Tyr)?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koki Yoshizawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.2c03789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet-cooled laser spectroscopy and solid-state vibrational circular dichroism of the cyclo-(Tyr-Phe) diketopiperazine dipeptide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1262, pp.133059. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.133059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How change in chirality prevents β-amyloid type interaction in a protonated cyclic dipeptide dimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (33), pp.19783 - 19791. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2cp03110h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Crystal Symmetry Dictates Non-Local Vibrational Circular Dichroism in the Solid State</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.202215599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting up the HyDRA blind challenge for the microhydration of organic molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taija L Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarethe Bödecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo A Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin A Suhm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (19), pp.11442-11454. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2cp01119k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736167v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition between inter and intramolecular hydrogen bond evidenced by vibrational circular dichroism spectroscopy: The case of (1S,2R)‐(−)‐cis‐1‐amino‐2‐indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.23362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Collision-Induced Dissociation of the protonated cyclo His-Phe Dipeptide: Mechanistic Studies and Stereochemical Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 75 (6), </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/s10053-021-00173-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theoretical and experimental case study of the hydrogen bonding predilection of S-methylcysteine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkateswara Rao Mundlapati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynab Imani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Goldsztejn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amino Acids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (4), pp.621-633. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00726-021-02967-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of Solid-State Vibrational Circular Dichroism in the Periodic Gauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.7213-7220. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.1c01682⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03311633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereospecific Collision-Induced Dissociation and Vibrational Spectroscopy of Protonated Cyclo (Tyr-Pro)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 465, pp.116590. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijms.2021.116590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03195968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformation control through concurrent N–H⋯S and N–H⋯O=C hydrogen bonding and hyperconjugation effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynab Imani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkateswara Rao Mundlapati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Goldsztejn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.9191-9197. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0SC03339A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reduced cohesion of homoconfigurational 1,2-diols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beppo Hartwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anja Poblotzki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Medel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (3), pp.1122-1136. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9cp04943f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homochiral vs. heterochiral sodium core dimers of tartaric acid esters: A mass spectrometry and vibrational spectroscopy study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1205, pp.127583. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2019.127583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral discrimination between tyrosine and -cyclodextrin revealed by cryogenic ion trap infrared spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuta Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0cp02968h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid‐state synthesis of cyclo LD‐diphenylalanine: A chiral phase built from achiral subunits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez‐mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (5), pp.693-703. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.23195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient incorporation and protection of lansoprazole in cyclodextrin metal-organic frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xue Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Porcino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Martineau-Corcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ting Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 585, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02844079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycoside scutellarin enhanced CD-MOF anchoring for laryngeal delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Porcino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Martineau-Corcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weifeng Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Patriarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Pharmaceutica Sinica B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (9), pp.1709-1718. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsb.2020.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Cluster Models of Solvation for the Description of Vibrational Circular Dichroism Spectra: Synergy between Static and Dynamic Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Clavaguéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (45), pp.26047-26068. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0CP03869E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of complexation with sulfuric acid on the photodissociation of protonated Cinchona alkaloids in the gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (28), pp.15439-15451. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9cp01518c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformational Study of the Jet-Cooled Diketopiperazine Peptide Cyclo Tyrosyl-Prolyl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (28), pp.6023-6033. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.9b04529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism as a probe of solid‐state organisation of derivatives of cyclic β‐amino acids: Cis ‐ and trans ‐2‐aminocyclobutane‐1‐carboxylic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (8), pp.547-560. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.23083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can the Partial Peptide SIVSF of β 2 -Adrenergic Receptor Recognize Chirality of Epinephrine Neurotransmitter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.9b00184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supersonic jet spectroscopy of parent hemiporphycene: Structural assignment and vibrational analysis for S 0 and S 1 electronic states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Peukert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Kijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Ostapko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Sepioł</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Le Bris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 149 (13), pp.134307. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5048843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Recognition by a Short Partial Peptide of the Adrenergic Receptor: A Bottom-Up Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hikari Oba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Çarçarbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolando Rafael Lozada-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (20), pp.5626-5629. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201712976⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of puckering motion and hydrogen bond formation on the vibrational circular dichroism spectrum of a flexible molecule: the case of ( S )-1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (21), pp.14635-14646. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cp01695j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecules in confinement in clusters, quantum solvents and matrices: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatko Bacic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malgorzata Biczysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Bradforth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.569-601. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90053A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereochemistry-dependent hydrogen bonds stabilise stacked conformations in jet-cooled cyclic dipeptides: (LD) vs. (LL) cyclo tyrosine–tyrosine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Bennasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejm-Eddine Jaïdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.399-419. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fd00079d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereochemistry-dependent structure of hydrogen-bonded protonated dimers: the case of 1-amino-2-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Dopfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (18), pp.12430-12443. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cp00787j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise characterisation of isolated molecules: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatko Bacic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Besemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Bradforth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.137-155. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90050G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality effects in the structures of jet-cooled bichromophoric dipeptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 349, pp.71-84. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jms.2018.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum dynamics of isolated molecules: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Babikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Burd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Clary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.281-306. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90052C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecules in confinement in liquid solvents: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loren Ban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Bradforth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberte Chambaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dracinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.383-397. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90051E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism of a 2,5-diketopiperazine (DKP) peptide: Evidence for dimer formation in cyclo LL or LD diphenylalanine in the solid state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 29 (2), pp.89-96. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.22674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the Residues Chirality Modify the Conformation of a Cyclo-Dipeptide? Vibrational Spectroscopy of Protonated Cyclo-diphenylalanine in the Gas Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 121 (38), pp.7130-7138. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.7b06159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality-dependent structuration of protonated or sodiated polyphenylalanines: IRMPD and ion mobility studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Clavaguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Piani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (3), pp.1807-18017. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cp06768e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition between inter-and intra-molecular hydrogen bonding: An infrared spectroscopic study of jet-cooled amino-ethanol and its dimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Asselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Madebène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Soulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Goubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 145 (22), pp.224313. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4972016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photofragmentation mechanisms in protonated chiral cinchona alkaloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunil Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Fayeton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (32), pp.22668 - 22677. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6CP04041A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local folding proclivities in cyclic b -peptide building blocks: assessment of configuration and heteroatom substitution effects by gas phase conformer-selective laser spectroscopy and quantum chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21 (46), pp.16479-16493 </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201501794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01273006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling non-covalent interactions within flexible biomolecules: from electron density topology to gas phase spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chaudret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. De Courcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Contreras-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16, pp.9876-9891. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C3CP52774C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR–UV spectroscopy of jet-cooled 1-indanol: Restriction of the conformational space by hydration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Altnöder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1076, pp.344-351. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2014.07.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Spectroscopic Evidence of Hyperconjugation Unveils the Conformational Landscape of Hydrazides†</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 53 (50), pp.13756-13759. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201407801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformational Analysis of Quinine and Its Pseudo Enantiomer Quinidine: A Combined Jet-Cooled Spectroscopy and Vibrational Circular Dichroism Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbu-Debus K. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (32), pp.8334-8344. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp3047888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00755557v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of weak hydrogen bonds in chiral recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (40), pp.17916. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C1CP20987F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet-cooled hydrates of Chiral (S) 1,2,3,4-tetrahydro-3-isoquinoline methanol (THIQM): structure and mechanism of formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ananya Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13, pp.13985-13991. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c1cp20939f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excited-state intramolecular proton transfer reaction modulated by low-frequency vibrations: An effect of an electron-donating substituent on the dually fluorescent bis-benzoxazole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sepioł</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grabowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Borowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 135 (3), pp.034307. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3609759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in cinchona alkaloid protonated dimers: Mass spectrometry and UV photodissociation studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaminia Rondino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 114 (9), pp.3306-3312. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp9094497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in jet-cooled complexes of (1R,2S)-(+)-cis-1-amino-2- indanol and methyl lactate: On the importance of the CH⋯π interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mahjoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b906834a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in jet-cooled complexes of (1R,2S)-(+)-cis-1-amino-2-indanol and methyl lactate: on the importance of the CH...pi interaction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahjoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 11 (35), pp.7589-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition between alpha-hydroxylesters: a double-resonance IR/UV study of the complexes of methyl mandelate with methyl glycolate and methyl lactate.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mahjoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 112 (40), pp.9731-41. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp711546p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization of electronic and vibrational energy in the jet-cooled m-cyanophenol/o-cyanophenol dimer: laser induced fluorescence and fluorescence-dip IR spectra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 103 (11-12), pp.1655-1662</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic and vibrational spectroscopy of jet-cooled m-cyanophenol and its dimer: laser-induced fluorescence and fluorescence-dip IR spectra in the S0 and S1 states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seurre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Sepioł</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 295 (1), pp.21-33. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.CHEMPHYS.2003.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic and vibrational spectroscopy of jet-cooled complexes of o-cyanophenol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Photochemistry and Photobiology A: Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 154 (1), pp.41-52. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1010-6030(02)00312-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The o-cyanophenol dimer as studied by laser-induced fluorescence and IR fluorescence dip spectroscopy: a study of a symmetrical double hydrogen bond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 354 (3-4), pp.337-348. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0009-2614(02)00134-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of Hydrogen-Bonded Structures in Jet-Cooled Complexes of a Chiral Chromophore Studied by IR/UV Double Resonance Spectroscopy: Diastereoisomeric Complexes of (±)-2-Naphthyl-1-ethanol with (±)-2-Amino-1-propanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 106 (26), pp.6271-6278. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/JP014673V⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic studies of enantiomeric discrimination in jet-cooled chiral complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Piuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13 (10), pp.715-721. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.10016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00144704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen-Bonded Bridges in Complexes of o -Cyanophenol: Laser-Induced Fluorescence and IR/UV Double-Resonance Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Millié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 105 (28), pp.6841-6850. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp010218n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen-Bonded bridges in Complexes of o-Cyanophenol : Laser-Induced Fluorescence and IR/UV Double-Resonance Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Millie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 105, pp.6841-6850. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp010218n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00136550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR-UV investigation of the structure of the 1-phenylethanol chromophore and its hydrated complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3 (21), pp.4684-4688. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b105036m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR-UV investigation of the structure of the 1-phenylethanol chromophore and its hydrated complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3, pp.4684-4688. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b105036m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00144687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Experimental and Theoretical Study of Jet-Cooled Complexes of Chiral Molecules: The Role of Dispersive Forces in Chiral Discrimination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Millié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 102 (1), pp.128-137. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/JP972465Q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in Jet-Cooled Cyclic Dipeptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Takayuki Ebata; Masaaki Fujii. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry of Cold Gas-Phase Functional Molecules and Clusters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Singapore, pp.63-87, 2019, 978-981-13-9370-9. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-9371-6_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324659v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-Selective Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Asian and Oceanian Spectroscopy Conference [AOSC-2025]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Naresh Patwari Ganpathi, Sep 2025, Goa, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-selective photoelectron circular dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics of Electrons in Atomic and Molecular Nanoclusters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Klavs Hansen, Vitaly Kresin, May 2025, Erice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumière sur la chiralité : Spectroscopie laser de molécules chirales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Spectroscopie Moléculaires JSM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hélène Fleurbaey, Samir Kassi, Didier Mondelain, Mar 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-local aspects of chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées André Collet de la Chiralité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivo Rietveld, G. Coquerel, Jun 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of Flexible Chiral Molecules and Unconventional Solvents by Vibrational Circular Dichroism Spectroscopyconventional Solvents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VOA8th (8th Conference onVibrational Optical Activity)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christian Merten, Aug 2024, Bochum (RUB), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-selective Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Masaaki Fujii; Shun-ichi Ishiuchi, Jul 2024, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational Circular Dichroism of Strongly Interacting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VOA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christian Merten, Aug 2024, Bochum, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-Selective Spectroscopy of Chiral Molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fritz Haber Molecular Physics Department Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Eibenberger-Arias, Nov 2024, Tegernsee, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-selective spectroscopic studies of chiral molecules: from structure to chiroptical spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium of JSPS Core-to-Core Program on “Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shun-ichi Ishiuchi, Jul 2024, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Photoelectron Circular Dichroism onto an achiral chromophore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusree Roy-Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Core-2-Core Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational Circular Dichroism as a probe of the structure of crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Général de la Société Française de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Photoelectron Circular Dichroism (PECD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Photoemission of diluted samples</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dichroïsme circulaire de photoelectron (PECD) spécifique en conformère à deux photons du 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Congrès général de la SFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of chiral molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion du GDR Chirafun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in the Structure and Reactivity of Biomolecular Ions and Complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon Koki Yoshizawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Conference "Gaseous Ions: Structures, Energetics and Reactions"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Ventura (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-specific photoelectron circular dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoemission of diluted sample</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aussois (Savoie), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium of JSPS Core-to-core program on “Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon conformer-specific Photoelectron Circular Dichroism (PECD) of 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium of JSPS Core-to-core program on “Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the wake of molecular photophysics : a spectroscopic journey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photons, Molécules et la Vie : un Hommage à Sydney Leach</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Meudon Bellevue, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron circular dichroism as a probe for conformational isomerism in 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soleil Users’Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Saint-Aubin SOLEIL, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic studies of chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Molecular Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Urbana (Illinois), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiroptical spectroscopy of flexible molecules at low and room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry and Physics at low temperature (CPLT 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Visegrád, Hungary, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy and chirality: what neighbours share</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40 years of spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What circular dichroism spectroscopy teaches us about solvation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusree Roy Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du GDR Solvate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformation isomerism of 1-indanol probe by photoelectron circular dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles SPEP'2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Ens Paris-Saclay, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of Vibrational Circular Dichroism in the Periodic Gauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Clavaguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Vibrational Optical Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in Molecular Structure and Recognition: a Spectroscopic Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mori Yuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérez-Mellor Ariel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirata Keisuke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Swiss Photochemistry Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Genève (on line), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in Molecular Structure and Recognition: a Spectroscopic Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamura M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mori Y.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sekiguchi T.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alata I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de chimie physique 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Sète (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron circular dichroism as a probe for conformational isomerism in 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Chirafun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the Structure of Chiral Molecules and their Interactions: from Laser Spectroscopy to Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion CECAM Benchmarking of electronic structure methods for non-covalent interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Marne La Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of (solid) state biomolecules by (vibrational) circular dichroism” au symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacifichem Symposium“New Frontier in Fundamental Science of Molecular Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Honolulu (Online), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality effects in the structure and fragmentation of biomolecular clusters au symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacifichem Symposium““Structure and function of complex molecular clusters - challenges in theory and experiment”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Honolulu (Online), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron circular dichroism as a probe for conformational isomerism in 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR EMIE – Atelier thématique : Grands Instruments pour la physico-chimie moléculaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in the gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuta Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Reseach Hub Initiative Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Tokyo (Online), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de dicétopipérazines par spectroscopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhotOnline</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible chiral molecules: from supersonic expansions to solid-state spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole d’été du Collaborative Research Centre 1319 "ELCH" (Extreme Light for sensing and driving molecular CHirality) de l’Université de Kassel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bad Arolsen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism study of the solid-state organisation of ring-containing peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrimination chirale au sein de dicétopipérazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Koulali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Perez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de Chimie Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Biarritz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering of Flexible Chiral Molecules: Supersonic Expansion vs. Solid-State spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Frontiers in Cluster Science: Structure and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Otto Dopfer, Nov 2019, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoselective molecular interactions and clustering in isolated biomolecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel BenNasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Interactions and Dynamics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Stonehill College in Easton, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality and Environment effects on the photofragmentation of cinchona alkaloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereodynamics 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Arosa, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereochemistry-dependent Hydrogen Bonds Stabilise Stacked Conformations in Jet-Cooled Cyclic Dipeptides: (LD) vs. (LL) cyclo Tyrosine Tyrosine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel BenNasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejmeddine Jaïdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Effects in Small Molecular Systems Faraday Discussion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Edinburgh (Ecosse), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Chirality in the Conformational Preference of Dipeptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel BenNasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, La nouvelle Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformational study of DL & LL-diphenylalanine molecule in the gas-phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Perez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Atomic and Molecular Physics (WAMP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Varadero, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la chiralité au sein de poly-phénylalanines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Perez-Mellor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR EMIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Biarritz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId387"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Zehnacker </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (79)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Photoelectron Circular Dichroism as a Probe for Distinguishing Diastereotopic Lone Electron Pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ange.3631400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05555245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the Vibrational Circular Dichroism Spectroscopy of Phenylcyclohexanediol Solvated in Dimethyl Sulfoxide Using Polarizable Molecular Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou D’haese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.5c05306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05451847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of intramolecular hydrogen bonding in photoelectron circular dichroism: the diastereoisomers of 1-amino-2-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (5), pp.2739-2748. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4cp04248d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proton tunneling, isotopic effects, and dealkylation reaction in tetra-tertbutyl porphycene: Supersonic jet spectroscopy revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ephriem Tadesse Mengesha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Kijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Sepioł</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 163 (2), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0271560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genesis of OH-stretching vibrational circular dichroism in chiral molecular crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (22), pp.9833-9842. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4sc08055f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Naproxen Cocrystals Through Solid‐State Vibrational Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Sklenář</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Kaminský</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Rohlíček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Bouř</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (3), pp.e70027. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.70027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enantioselective Complexation of Protonated Tyrosine by a Chiral Crown‐ether: The Nature of the Hydrogen Bonds Makes the Difference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kien Vo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martínez-Haya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jos Oomens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun‐ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.e202400880. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.202400880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer‐Selective Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (17), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.202401423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism spectroscopy with a classical polarizable force field: alanine in the gas and condensed phases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Agostini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (8), pp.e202300982. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.202300982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homochiral vs. heterochiral preference in chiral self-recognition of cyclic diols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beppo Hartwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4cp00351a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subtle hydrogen bond preference and dual Franck–Condon activity – the interesting pairing of 2-naphthol with anisole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arman Nejad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (15), pp.10427-10439. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3cp00160a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark experiments for numerical quantum chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Suhm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (39), pp.26415-26416. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d3cp90186f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-covalent interactions reveal the protein chain δ conformation in a flexible single-residue model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynab Imani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rao Mundlapati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D2CC06658K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03923111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumière sur les molécules chirales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced photoelectron circular dichroism onto an achiral chromophore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusree Roy Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.6290. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-42002-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does Chiral Sensitivity of a Structure Depend on the Metal Core? Alkali Ion Complexes of Cyclo(Tyr-Tyr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koki Yoshizawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun‐ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhysChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (18), pp.e202300172. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cphc.202300172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first HyDRA challenge for computational vibrational spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taija L Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarethe Bödecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie M Schweer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (33), pp.22089-22102. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D3CP01216F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron Circular Dichroism as a Signature of Subtle Conformational Changes: The Case of Ring Inversion in 1-Indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (10), pp.2313-2320. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.2c00074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Stereochemical Effects Overcome a Charge-induced Perturbation in Isolated Protonated cyclo(Tyr-Tyr)?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koki Yoshizawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.2c03789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet-cooled laser spectroscopy and solid-state vibrational circular dichroism of the cyclo-(Tyr-Phe) diketopiperazine dipeptide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1262, pp.133059. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.133059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How change in chirality prevents β-amyloid type interaction in a protonated cyclic dipeptide dimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (33), pp.19783 - 19791. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2cp03110h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03788936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Crystal Symmetry Dictates Non-Local Vibrational Circular Dichroism in the Solid State</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.202215599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting up the HyDRA blind challenge for the microhydration of organic molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taija L Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarethe Bödecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo A Mata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin A Suhm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (19), pp.11442-11454. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2cp01119k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736167v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Symmetry Influences the Dissociation of Protonated Cyclic Peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symmetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (4), pp.679. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sym14040679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Collision-Induced Dissociation of the protonated cyclo His-Phe Dipeptide: Mechanistic Studies and Stereochemical Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 75 (6), </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/s10053-021-00173-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03249830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition between inter and intramolecular hydrogen bond evidenced by vibrational circular dichroism spectroscopy: The case of (1S,2R)‐(−)‐cis‐1‐amino‐2‐indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.23362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theoretical and experimental case study of the hydrogen bonding predilection of S-methylcysteine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkateswara Rao Mundlapati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynab Imani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Goldsztejn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amino Acids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (4), pp.621-633. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00726-021-02967-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03186714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of Solid-State Vibrational Circular Dichroism in the Periodic Gauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.7213-7220. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.1c01682⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03311633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereospecific Collision-Induced Dissociation and Vibrational Spectroscopy of Protonated Cyclo (Tyr-Pro)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 465, pp.116590. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijms.2021.116590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03195968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reduced cohesion of homoconfigurational 1,2-diols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beppo Hartwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anja Poblotzki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Medel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (3), pp.1122-1136. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9cp04943f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient incorporation and protection of lansoprazole in cyclodextrin metal-organic frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xue Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Porcino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Martineau-Corcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ting Xiong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 585, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02844079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homochiral vs. heterochiral sodium core dimers of tartaric acid esters: A mass spectrometry and vibrational spectroscopy study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1205, pp.127583. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2019.127583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02441869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral discrimination between tyrosine and -cyclodextrin revealed by cryogenic ion trap infrared spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuta Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0cp02968h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid‐state synthesis of cyclo LD‐diphenylalanine: A chiral phase built from achiral subunits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez‐mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (5), pp.693-703. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.23195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Cluster Models of Solvation for the Description of Vibrational Circular Dichroism Spectra: Synergy between Static and Dynamic Approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Clavaguéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (45), pp.26047-26068. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0CP03869E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycoside scutellarin enhanced CD-MOF anchoring for laryngeal delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianna Porcino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Martineau-Corcos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weifeng Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Patriarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Péchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Pharmaceutica Sinica B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (9), pp.1709-1718. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsb.2020.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformation control through concurrent N–H⋯S and N–H⋯O=C hydrogen bonding and hyperconjugation effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeynab Imani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkateswara Rao Mundlapati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Goldsztejn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.9191-9197. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0SC03339A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformational Study of the Jet-Cooled Diketopiperazine Peptide Cyclo Tyrosyl-Prolyl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 123 (28), pp.6023-6033. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.9b04529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of complexation with sulfuric acid on the photodissociation of protonated Cinchona alkaloids in the gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (28), pp.15439-15451. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9cp01518c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism as a probe of solid‐state organisation of derivatives of cyclic β‐amino acids: Cis ‐ and trans ‐2‐aminocyclobutane‐1‐carboxylic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (8), pp.547-560. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.23083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can the Partial Peptide SIVSF of β 2 -Adrenergic Receptor Recognize Chirality of Epinephrine Neurotransmitter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.9b00184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precise characterisation of isolated molecules: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatko Bacic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Besemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Bradforth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.137-155. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90050G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecules in confinement in clusters, quantum solvents and matrices: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zlatko Bacic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malgorzata Biczysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Bradforth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.569-601. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90053A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereochemistry-dependent hydrogen bonds stabilise stacked conformations in jet-cooled cyclic dipeptides: (LD) vs. (LL) cyclo tyrosine–tyrosine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Bennasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejm-Eddine Jaïdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.399-419. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fd00079d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereochemistry-dependent structure of hydrogen-bonded protonated dimers: the case of 1-amino-2-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Klyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Dopfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (18), pp.12430-12443. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cp00787j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of puckering motion and hydrogen bond formation on the vibrational circular dichroism spectrum of a flexible molecule: the case of ( S )-1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (21), pp.14635-14646. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cp01695j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality effects in the structures of jet-cooled bichromophoric dipeptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 349, pp.71-84. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jms.2018.02.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum dynamics of isolated molecules: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitri Babikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Burd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Clary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.281-306. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90052C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecules in confinement in liquid solvents: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loren Ban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bowman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Bradforth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberte Chambaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dracinsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.383-397. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90051E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supersonic jet spectroscopy of parent hemiporphycene: Structural assignment and vibrational analysis for S 0 and S 1 electronic states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Peukert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Kijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Ostapko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Sepioł</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Le Bris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 149 (13), pp.134307. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5048843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Recognition by a Short Partial Peptide of the Adrenergic Receptor: A Bottom-Up Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hikari Oba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Çarçarbal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rolando Rafael Lozada-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (20), pp.5626-5629. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201712976⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism of a 2,5-diketopiperazine (DKP) peptide: Evidence for dimer formation in cyclo LL or LD diphenylalanine in the solid state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 29 (2), pp.89-96. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.22674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02347991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the Residues Chirality Modify the Conformation of a Cyclo-Dipeptide? Vibrational Spectroscopy of Protonated Cyclo-diphenylalanine in the Gas Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 121 (38), pp.7130-7138. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpca.7b06159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition between inter-and intra-molecular hydrogen bonding: An infrared spectroscopic study of jet-cooled amino-ethanol and its dimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Asselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Madebène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Soulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Georges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Goubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 145 (22), pp.224313. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4972016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality-dependent structuration of protonated or sodiated polyphenylalanines: IRMPD and ion mobility studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Clavaguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Piani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (3), pp.1807-18017. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cp06768e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photofragmentation mechanisms in protonated chiral cinchona alkaloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sunil Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Fayeton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (32), pp.22668 - 22677. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6CP04041A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local folding proclivities in cyclic b -peptide building blocks: assessment of configuration and heteroatom substitution effects by gas phase conformer-selective laser spectroscopy and quantum chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21 (46), pp.16479-16493 </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201501794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01273006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR–UV spectroscopy of jet-cooled 1-indanol: Restriction of the conformational space by hydration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Altnöder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1076, pp.344-351. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molstruc.2014.07.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling non-covalent interactions within flexible biomolecules: from electron density topology to gas phase spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chaudret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. De Courcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Contreras-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16, pp.9876-9891. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C3CP52774C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Spectroscopic Evidence of Hyperconjugation Unveils the Conformational Landscape of Hydrazides†</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 53 (50), pp.13756-13759. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201407801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformational Analysis of Quinine and Its Pseudo Enantiomer Quinidine: A Combined Jet-Cooled Spectroscopy and Vibrational Circular Dichroism Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbu-Debus K. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (32), pp.8334-8344. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp3047888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00755557v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of weak hydrogen bonds in chiral recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (40), pp.17916. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C1CP20987F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jet-cooled hydrates of Chiral (S) 1,2,3,4-tetrahydro-3-isoquinoline methanol (THIQM): structure and mechanism of formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ananya Sen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13, pp.13985-13991. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c1cp20939f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excited-state intramolecular proton transfer reaction modulated by low-frequency vibrations: An effect of an electron-donating substituent on the dually fluorescent bis-benzoxazole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sepioł</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Grabowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Borowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kijak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 135 (3), pp.034307. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3609759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in cinchona alkaloid protonated dimers: Mass spectrometry and UV photodissociation studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debora Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Maître</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flaminia Rondino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 114 (9), pp.3306-3312. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp9094497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in jet-cooled complexes of (1R,2S)-(+)-cis-1-amino-2-indanol and methyl lactate: on the importance of the CH...pi interaction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mahjoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 11 (35), pp.7589-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in jet-cooled complexes of (1R,2S)-(+)-cis-1-amino-2- indanol and methyl lactate: On the importance of the CH⋯π interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mahjoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b906834a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition between alpha-hydroxylesters: a double-resonance IR/UV study of the complexes of methyl mandelate with methyl glycolate and methyl lactate.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Mahjoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 112 (40), pp.9731-41. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp711546p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization of electronic and vibrational energy in the jet-cooled m-cyanophenol/o-cyanophenol dimer: laser induced fluorescence and fluorescence-dip IR spectra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 103 (11-12), pp.1655-1662</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic and vibrational spectroscopy of jet-cooled m-cyanophenol and its dimer: laser-induced fluorescence and fluorescence-dip IR spectra in the S0 and S1 states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seurre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerzy Sepioł</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 295 (1), pp.21-33. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/J.CHEMPHYS.2003.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The o-cyanophenol dimer as studied by laser-induced fluorescence and IR fluorescence dip spectroscopy: a study of a symmetrical double hydrogen bond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 354 (3-4), pp.337-348. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0009-2614(02)00134-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of Hydrogen-Bonded Structures in Jet-Cooled Complexes of a Chiral Chromophore Studied by IR/UV Double Resonance Spectroscopy: Diastereoisomeric Complexes of (±)-2-Naphthyl-1-ethanol with (±)-2-Amino-1-propanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 106 (26), pp.6271-6278. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/JP014673V⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electronic and vibrational spectroscopy of jet-cooled complexes of o-cyanophenol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Photochemistry and Photobiology A: Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 154 (1), pp.41-52. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1010-6030(02)00312-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen-Bonded bridges in Complexes of o-Cyanophenol : Laser-Induced Fluorescence and IR/UV Double-Resonance Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Millie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 105, pp.6841-6850. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp010218n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00136550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen-Bonded Bridges in Complexes of o -Cyanophenol: Laser-Induced Fluorescence and IR/UV Double-Resonance Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Millié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 105 (28), pp.6841-6850. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp010218n⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR-UV investigation of the structure of the 1-phenylethanol chromophore and its hydrated complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3 (21), pp.4684-4688. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b105036m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IR-UV investigation of the structure of the 1-phenylethanol chromophore and its hydrated complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Broquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3, pp.4684-4688. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b105036m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00144687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic studies of enantiomeric discrimination in jet-cooled chiral complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Piuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 13 (10), pp.715-721. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chir.10016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00144704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Experimental and Theoretical Study of Jet-Cooled Complexes of Chiral Molecules: The Role of Dispersive Forces in Chiral Discrimination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Le Barbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Millié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 102 (1), pp.128-137. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/JP972465Q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in Jet-Cooled Cyclic Dipeptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Takayuki Ebata; Masaaki Fujii. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry of Cold Gas-Phase Functional Molecules and Clusters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Singapore, pp.63-87, 2019, 978-981-13-9370-9. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-9371-6_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324659v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gas-phase spectroscopy of chiral molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DPG Spring Meeting 2026 of the Atomic, Molecular, Quantum Optics and Photonics Section</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ferdinand Schmidt-Kaler et Gereon Niedner-Schatteburg, Mar 2026, Mayence (Mainz), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05541838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumière sur la chiralité : Spectroscopie laser de molécules chirales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Spectroscopie Moléculaires JSM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hélène Fleurbaey, Samir Kassi, Didier Mondelain, Mar 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-selective photoelectron circular dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics of Electrons in Atomic and Molecular Nanoclusters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Klavs Hansen, Vitaly Kresin, May 2025, Erice, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-local aspects of chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées André Collet de la Chiralité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivo Rietveld, G. Coquerel, Jun 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-Selective Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Asian and Oceanian Spectroscopy Conference [AOSC-2025]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Naresh Patwari Ganpathi, Sep 2025, Goa, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of Flexible Chiral Molecules and Unconventional Solvents by Vibrational Circular Dichroism Spectroscopyconventional Solvents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VOA8th (8th Conference onVibrational Optical Activity)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christian Merten, Aug 2024, Bochum (RUB), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-Selective Spectroscopy of Chiral Molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fritz Haber Molecular Physics Department Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandra Eibenberger-Arias, Nov 2024, Tegernsee, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational Circular Dichroism of Strongly Interacting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VOA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christian Merten, Aug 2024, Bochum, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-selective Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Masaaki Fujii; Shun-ichi Ishiuchi, Jul 2024, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-selective spectroscopic studies of chiral molecules: from structure to chiroptical spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium of JSPS Core-to-Core Program on “Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shun-ichi Ishiuchi, Jul 2024, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Photoelectron Circular Dichroism (PECD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Photoemission of diluted samples</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy of chiral molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion du GDR Chirafun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Rennes (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in the Structure and Reactivity of Biomolecular Ions and Complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon Koki Yoshizawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Conference "Gaseous Ions: Structures, Energetics and Reactions"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Ventura (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dichroïsme circulaire de photoelectron (PECD) spécifique en conformère à deux photons du 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème Congrès général de la SFP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformer-specific photoelectron circular dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoemission of diluted sample</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Aussois (Savoie), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Photoelectron Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium of JSPS Core-to-core program on “Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon conformer-specific Photoelectron Circular Dichroism (PECD) of 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium of JSPS Core-to-core program on “Molecular Recognition Mechanism between Flexible Molecules”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Photoelectron Circular Dichroism onto an achiral chromophore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusree Roy-Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Core-2-Core Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational Circular Dichroism as a probe of the structure of crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Martenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Général de la Société Française de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron circular dichroism as a probe for conformational isomerism in 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soleil Users’Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Saint-Aubin SOLEIL, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiroptical spectroscopy of flexible molecules at low and room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry and Physics at low temperature (CPLT 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Visegrád, Hungary, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04342400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopy and chirality: what neighbours share</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40 years of spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic studies of chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Molecular Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Urbana (Illinois), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What circular dichroism spectroscopy teaches us about solvation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhusree Roy Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du GDR Solvate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformation isomerism of 1-indanol probe by photoelectron circular dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo A Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles SPEP'2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Ens Paris-Saclay, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of Vibrational Circular Dichroism in the Periodic Gauge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Clavaguera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Vibrational Optical Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the wake of molecular photophysics : a spectroscopic journey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photons, Molécules et la Vie : un Hommage à Sydney Leach</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Meudon Bellevue, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04337495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in Molecular Structure and Recognition: a Spectroscopic Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mori Yuta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérez-Mellor Ariel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirata Keisuke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Swiss Photochemistry Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Genève (on line), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality Effects in Molecular Structure and Recognition: a Spectroscopic Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamura M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mori Y.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sekiguchi T.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alata I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de chimie physique 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Sète (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron circular dichroism as a probe for conformational isomerism in 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Chirafun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the Structure of Chiral Molecules and their Interactions: from Laser Spectroscopy to Circular Dichroism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun-Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion CECAM Benchmarking of electronic structure methods for non-covalent interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Marne La Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of (solid) state biomolecules by (vibrational) circular dichroism” au symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Jähnigen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vuilleumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacifichem Symposium“New Frontier in Fundamental Science of Molecular Chirality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Honolulu (Online), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality effects in the structure and fragmentation of biomolecular clusters au symposium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Spezzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masaaki Fujii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shun Ichi Ishiuchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacifichem Symposium““Structure and function of complex molecular clusters - challenges in theory and experiment”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Honolulu (Online), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photoelectron circular dichroism as a probe for conformational isomerism in 1-indanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Hartweg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Nahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR EMIE – Atelier thématique : Grands Instruments pour la physico-chimie moléculaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de dicétopipérazines par spectroscopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhotOnline</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral recognition in the gas phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker-Rentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masato Tamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuta Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsubasa Sekiguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keisuke Hirata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Reseach Hub Initiative Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Tokyo (Online), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible chiral molecules: from supersonic expansions to solid-state spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole d’été du Collaborative Research Centre 1319 "ELCH" (Extreme Light for sensing and driving molecular CHirality) de l’Université de Kassel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bad Arolsen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrational circular dichroism study of the solid-state organisation of ring-containing peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chirality 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Bordeaux (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrimination chirale au sein de dicétopipérazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Koulali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Perez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de Chimie Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Biarritz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering of Flexible Chiral Molecules: Supersonic Expansion vs. Solid-State spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Aitken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Alauddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium Frontiers in Cluster Science: Structure and Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Otto Dopfer, Nov 2019, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Chirality in the Conformational Preference of Dipeptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel BenNasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, La nouvelle Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereochemistry-dependent Hydrogen Bonds Stabilise Stacked Conformations in Jet-Cooled Cyclic Dipeptides: (LD) vs. (LL) cyclo Tyrosine Tyrosine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel BenNasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nejmeddine Jaïdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Effects in Small Molecular Systems Faraday Discussion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Edinburgh (Ecosse), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoselective molecular interactions and clustering in isolated biomolecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Pérez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel BenNasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Interactions and Dynamics Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Stonehill College in Easton, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chirality and Environment effects on the photofragmentation of cinchona alkaloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feriel Ben Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Scuderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéria Lepère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereodynamics 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Arosa, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04333562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conformational study of DL & LL-diphenylalanine molecule in the gas-phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Perez-Mellor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Atomic and Molecular Physics (WAMP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Varadero, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la chiralité au sein de poly-phénylalanines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Lepere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Le Barbu-Debus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Zehnacker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Alata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel F Perez-Mellor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR EMIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Biarritz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId390"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05451847v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Boyer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou D&#8217;haese" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bowles" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha J&#228;hnigen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Le Barbu-Debus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5c05306" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966062v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sklen&#225;&#345;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zehnacker-Rentien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Kaminsk&#253;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rohl&#237;&#269;ek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Bou&#345;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.70027" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dupont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zehnacker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Garcia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nahon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp04248d" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164937v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Gil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ephriem Tadesse Mengesha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Kijak" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Sepio&#322;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0271560" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164877v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vuilleumier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4sc08055f" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04504045v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beppo Hartwig" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ria Lep&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Guillot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp00351a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732936v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rouquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Lepere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202401423" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861276v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Vo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keisuke Hirata" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mart&#237;nez-Haya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Oomens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun&#8208;ichi Ishiuchi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400880" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04489317v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Agostini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202300982" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04239788v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhusree Roy Chowdhury" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo A Garcia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42002-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239413v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taija L Fischer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarethe B&#246;decker" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M Schweer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP01216F" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239392v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koki Yoshizawa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaaki Fujii" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202300172" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239308v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arman Nejad" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel P&#233;rez-Mellor" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lange" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Alata" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp00160a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333548v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Mata" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Suhm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zehnacker-Rentien" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp90186f" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239473v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923111v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynab Imani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rao Mundlapati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Brenner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gloaguen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC06658K" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736143v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel F P&#233;rez-Mellor" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym14040679" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775845v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hartweg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c00074" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239350v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun-Ichi Ishiuchi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.2c03789" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736150v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.133059" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788936v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp03110h" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926814v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202215599" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736167v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Mata" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin A Suhm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp01119k" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03356734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23362" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249830v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-021-00173-w" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186714v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkateswara Rao Mundlapati" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Goldsztejn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-021-02967-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311633v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c01682" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195968v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2021.116590" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917912v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Brenner" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC03339A" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473832v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Poblotzki" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Medel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp04943f" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441869v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Scuderi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2019.127583" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993740v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Mori" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cp02968h" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571724v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel P&#233;rez&#8208;mellor" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23195" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02844079v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Porcino" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martineau-Corcos" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Guo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xiong" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119442" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03095979v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weifeng Zhu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsb.2020.04.015" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014777v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavagu&#233;ra" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Calvo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP03869E" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347956v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Ben Nasr" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp01518c" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347969v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.9b04529" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347980v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Declerck" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aitken" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mons" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23083" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070253v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Tamura" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsubasa Sekiguchi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b00184" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070259v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Peukert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Ostapko" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Le Bris" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5048843" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070265v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikari Oba" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre &#199;ar&#231;arbal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Rafael Lozada-Garcia" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201712976" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070261v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Scherrer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bouchet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sebastiani" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp01695j" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070258v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlatko Bacic" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benoit" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Biczysko" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bowman" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bradforth" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90053A" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070257v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Bennasr" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejm-Eddine Ja&#239;dane" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8fd00079d" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070263v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klyne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Dopfer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp00787j" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070254v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Besemer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90050G" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070260v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jms.2018.02.005" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070255v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Babikov" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Burd" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clary" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90052C" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070256v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Ban" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberte Chambaud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dracinsky" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90051E" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347991v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.22674" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348003v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Steinmetz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b06159" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356198v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavaguera" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Scuderi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Piani" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp06768e" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01468104v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asselin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Madeb&#232;ne" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Soulard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Georges" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Goubet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972016" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385253v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lucas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fayeton" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP04041A" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273006v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alauddin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tardivel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201501794" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F4JX68D8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131254v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaudret" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. De Courcy" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Contreras-Garc&#237;a" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP52774C" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080713v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Altn&#246;der" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Broquier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zehnacker" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2014.07.061" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJSZX6VT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131234v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brenner" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alauddin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tardivel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mons" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201407801" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-57RJH20X-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755557v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bouchet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lepere" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbu-Debus K. Le" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3047888" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305440v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CP20987F" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915267v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananya Sen" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp20939f" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915272v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sepio&#322;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grabowska" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Borowicz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kijak" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3609759" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617120v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ma&#238;tre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Rondino" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Lep&#232;re" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9094497" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617125v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mahjoub" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b906834a" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/15A3159DA2CB7A7AD17C66D6E5135617DADDC0DC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915290v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le Barbu-Debus" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broquier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahjoub" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915259v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp711546p" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-L8B08SWB-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915305v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lahmani" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305447v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seurre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CHEMPHYS.2003.07.009" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKJNKBN9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915335v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1010-6030(02)00312-X" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4FZ2BXH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915334v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(02)00134-3" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9TKHRJQH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305437v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le Barbu" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/JP014673V" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8BQHM3DJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144704v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piuzzi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.10016" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8L9X0BCM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915341v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Milli&#233;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp010218n" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BM8NQVMP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136550v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millie" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915440v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b105036m" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-S2S6FB53-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144687v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305345v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/JP972465Q" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-L8LZ934M-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324659v2" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-9371-6_3" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340454v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340435v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340351v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340418v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732971v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732987v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965886v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966009v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965926v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346183v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhusree Roy-Chowdhury" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346187v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Martenot" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332064v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332058v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346184v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346180v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nahon Koki Yoshizawa" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346181v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332049v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332084v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337495v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327129v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333551v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342400v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337481v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337471v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hartweg" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381610v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337537v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332177v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mori Yuta" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rez-Mellor Ariel" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirata Keisuke" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332211v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamura M." TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mori Y." TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekiguchi T." TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alata I." TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327168v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335850v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335975v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336028v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezzia" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Ichi Ishiuchi" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327181v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332158v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327190v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335692v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Aitken" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346186v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327233v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin El Koulali" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel F Perez-Mellor" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335784v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333560v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel BenNasr" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333562v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333563v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejmeddine Ja&#239;dane" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333556v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327140v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327247v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555245v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rouquet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ria Lep&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Garcia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nahon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vuilleumier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.3631400" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05451847v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Boyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou D&#8217;haese" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bowles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha J&#228;hnigen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Le Barbu-Debus" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5c05306" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966044v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dupont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zehnacker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp04248d" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164937v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Gil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ephriem Tadesse Mengesha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Kijak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zehnacker-Rentien" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerzy Sepio&#322;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0271560" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164877v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4sc08055f" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sklen&#225;&#345;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Kaminsk&#253;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rohl&#237;&#269;ek" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Bou&#345;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.70027" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861276v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Vo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keisuke Hirata" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mart&#237;nez-Haya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos Oomens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun&#8208;ichi Ishiuchi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400880" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732936v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Lepere" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202401423" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04489317v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Agostini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202300982" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04504045v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beppo Hartwig" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Guillot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp00351a" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239308v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arman Nejad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel P&#233;rez-Mellor" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lange" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Alata" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp00160a" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333548v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Mata" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Suhm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zehnacker-Rentien" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp90186f" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923111v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynab Imani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rao Mundlapati" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Brenner" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gloaguen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC06658K" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239473v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04239788v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhusree Roy Chowdhury" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo A Garcia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42002-1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239392v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koki Yoshizawa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaaki Fujii" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202300172" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239413v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taija L Fischer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarethe B&#246;decker" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M Schweer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3CP01216F" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775845v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hartweg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c00074" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239350v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun-Ichi Ishiuchi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.2c03789" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736150v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.133059" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788936v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp03110h" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926814v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202215599" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736167v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Mata" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin A Suhm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp01119k" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736143v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel F P&#233;rez-Mellor" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym14040679" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249830v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-021-00173-w" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03356734v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23362" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186714v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkateswara Rao Mundlapati" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Goldsztejn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-021-02967-z" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311633v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c01682" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195968v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2021.116590" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473832v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Poblotzki" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Medel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp04943f" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02844079v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Li" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Porcino" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martineau-Corcos" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Guo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xiong" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119442" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441869v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Scuderi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2019.127583" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993740v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Mori" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cp02968h" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571724v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel P&#233;rez&#8208;mellor" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23195" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014777v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavagu&#233;ra" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Calvo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CP03869E" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03095979v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weifeng Zhu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsb.2020.04.015" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917912v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Brenner" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC03339A" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347969v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.9b04529" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347956v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Ben Nasr" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp01518c" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347980v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Declerck" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aitken" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mons" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.23083" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070253v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Tamura" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsubasa Sekiguchi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.9b00184" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070254v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlatko Bacic" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benoit" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Besemer" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bowman" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bradforth" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90050G" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070258v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Biczysko" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90053A" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070257v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Bennasr" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejm-Eddine Ja&#239;dane" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8fd00079d" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070263v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bouchet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klyne" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Dopfer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp00787j" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070261v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Scherrer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sebastiani" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp01695j" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070260v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jms.2018.02.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070255v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Babikov" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Burd" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clary" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90052C" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070256v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren Ban" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberte Chambaud" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dracinsky" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90051E" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070259v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Peukert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Ostapko" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Le Bris" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5048843" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070265v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikari Oba" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre &#199;ar&#231;arbal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Rafael Lozada-Garcia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201712976" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347991v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.22674" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348003v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Steinmetz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b06159" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01468104v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asselin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Madeb&#232;ne" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Soulard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Georges" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Goubet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972016" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356198v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavaguera" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Scuderi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Piani" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp06768e" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385253v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lucas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fayeton" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CP04041A" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01273006v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alauddin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tardivel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201501794" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F4JX68D8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080713v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Altn&#246;der" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Broquier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zehnacker" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2014.07.061" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJSZX6VT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131254v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaudret" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. De Courcy" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Contreras-Garc&#237;a" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP52774C" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131234v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brenner" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alauddin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tardivel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mons" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201407801" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-57RJH20X-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755557v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sen" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bouchet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lepere" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbu-Debus K. Le" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3047888" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305440v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CP20987F" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915267v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananya Sen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp20939f" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915272v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sepio&#322;" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grabowska" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Borowicz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kijak" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3609759" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617120v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ma&#238;tre" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Rondino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Lep&#232;re" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9094497" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915290v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le Barbu-Debus" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broquier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahjoub" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617125v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mahjoub" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b906834a" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/15A3159DA2CB7A7AD17C66D6E5135617DADDC0DC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915259v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp711546p" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-L8B08SWB-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915305v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lahmani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305447v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seurre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CHEMPHYS.2003.07.009" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKJNKBN9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915334v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(02)00134-3" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9TKHRJQH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305437v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le Barbu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/JP014673V" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8BQHM3DJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915335v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1010-6030(02)00312-X" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4FZ2BXH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136550v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Millie" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp010218n" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-BM8NQVMP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915341v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Milli&#233;" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915440v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b105036m" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-S2S6FB53-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144687v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144704v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piuzzi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chir.10016" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8L9X0BCM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305345v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/JP972465Q" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-L8LZ934M-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324659v2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-9371-6_3" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541838v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340351v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340435v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340418v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340454v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732971v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966009v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965886v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732987v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965926v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332064v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346184v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346180v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nahon Koki Yoshizawa" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332058v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346181v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332049v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332084v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346183v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhusree Roy-Chowdhury" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346187v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Martenot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327129v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342400v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337481v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333551v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337471v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hartweg" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381610v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337537v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337495v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332177v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mori Yuta" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rez-Mellor Ariel" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirata Keisuke" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332211v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamura M." TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mori Y." TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekiguchi T." TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alata I." TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327168v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335850v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335975v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336028v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezzia" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Ichi Ishiuchi" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327181v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327190v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332158v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335692v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Aitken" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346186v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327233v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin El Koulali" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel F Perez-Mellor" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335784v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333556v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel BenNasr" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333563v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejmeddine Ja&#239;dane" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333560v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333562v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327140v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327247v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>