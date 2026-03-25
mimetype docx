--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Baillot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des Universités (en disponibilité pour études/recherches), détachée auprès de DARIAH-ERIC (Berlin) </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">annebaillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4593-059X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073633828</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">39592455</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis avril 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> En disponibilité pour études/recherches, rattachée à </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DARIAH-ERIC</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Berlin) dans le cadre du projet </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATRIUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis septembre 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeure des Universités en Études Germaniques à l'</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université du Mans:</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheuse du laboratoire 3l.am, </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">responsable du cursus binational de licence &amp;quot;</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes Européennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Le Mans/Paderborn), élue au conseil d'UFR de la Faculté des Lettres, Langues et Sciences Humaines (2017-2022) et au conseil du laboratoire 3L.AM (depuis 2018).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis septembre 2022, Professeure des Universités 1ère classe, membre élue de la section 12 du CNU.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021-2022 Délégation CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> auprès du laboratoire </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICAR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Interactions, Corpus, Apprentissages, Représentations, CNRS UMR 5191) - ENS de Lyon, site Descartes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avril-Juin 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Résidente à la </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison Française d'Oxford </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">(CNRS-UAR 3129)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-éditrice de la plate-forme </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Scientifiques Numériques (DiScholEd)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-2021 et depuis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Reponsable Erasmus pour le département d'allemand, membre du comité de pilotage des Relations internationales de Le Mans Université.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Fellow de la </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander-von-Humboldt-Stiftung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Comité Scientifique du </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôle Editorial Prairial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et membre du Collège d'Experts du </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DIM Patrimoines matériels – innovation, expérimentation, résilience (PAMIR) </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Conseil Scientifique du </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Directory of Open Access Books</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Co-éditrice de la collection </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DH Research; </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du comité de pilotage SHS d'épisciences (</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">épiSHS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019-2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Conseil Scientifique de </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAPAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Conseil Scientifique du </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BiCDAS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, du Conseil International de l'</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IdS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, du comité d'évaluation des bourses Feodor Lynen de la Alexander-von-Humboldt Stiftung</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Directrice du département d'Allemand de l'Université du Mans.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décembre 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Habilitation à Diriger des Recherches en Philosophie et Sciences Sociales de l'École des Hautes Études en Sciences Sociales (garant: Denis Thouard)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016- août 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Experte en méthodes numériques pour les humanités (DARIAH, Centre Marc Bloch, Berlin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016-Sept. 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Managing Editor du </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of the Text Encoding Initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Juin 2010-décembre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chef du projet &amp;quot;Intellectuels berlinois 1800-1830&amp;quot; à l'institut de littérature allemande de l'Université Humboldt de Berlin. Financement: Deutsche Forschungsgemeinschaft (Emmy Noether-Programm; Nachwuchsgruppenleiterin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semestre d'hiver 2014/2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur d'humanités numériques par interim du Stuttgart Research Center for Text Studies (remplacement à titre commissaire)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du conseil scientifique de la Société Européenne d'études textuelles (ESTS) ainsi que de l’association germanophone des humanités numériques (DHd)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du comité de rédaction de DHCommons Journal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du conseil scientifique de la bibliothèque de recherche sur l'histoire de l'éducation (Berlin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013-2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Directrice du cercle de réflexion &amp;quot;Einstein-Zirkel Digital Humanities&amp;quot; (fondation Einstein)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013-2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du conseil scientifique d'hypotheses.fr et hypotheses.en</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre élu du conseil d'institut et du conseil de faculté; 2014-2016 membre nominé de la commission doctorale de la faculté</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre sélectionné du réseau d'excellence &amp;quot;Berlin der Begegnung&amp;quot; de la Fondation Einstein de Berlin (</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genshagener Kreis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lauréate du Prix &amp;quot;Caroline von Humboldt&amp;quot; de l'Université Humboldt de Berlin </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Janvier 2008-février 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière de la Deutsche Forschungsgemeinschaft et chargée de cours à l'Université Humboldt de Berlin</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Janvier-août 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Congé de maternité et parental</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Janvier-juin 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Visiting Scholar à l'Université de Chicago (Department of Germanic Studies)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005-2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière de la Deutsche Forschungsgemeinschaft auf Forschungszentrum Europäische Aufklärung de Potsdam; chargée de cours à l'Université de Potsdam.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Février-septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Congé de maternité et parental</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Février 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Remplacement au poste de directrice-adjointe de B. Wehinger</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2003-2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière du DAAD et du Forschungszentrum Europäische Aufklärung de Potsdam; chargée de cours à l'Université technique de Berlin et à l'Université de Postdam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2002-2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière du Parlement de Berlin; chargée de cours à l'institut français de Berlin et à l'Université Technique de Berlin.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novembre 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Soutenance de thèse (mention très honorable avec les félicitations du jury), sur le thème &amp;quot;Genèse et réception de la pensée esthétique de K.W.F. Solger&amp;quot; (direction: Michel Espagne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999-2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Allocataire monitrice à l'Université Paris-8-Saint-Denis (département d'études germaniques)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Études durant la scolarité à l'École Normale Supérieure:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998-1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Première année de thèse sous la direction de Michel Espagne</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997-1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Agrégation d'allemand (rang: 17ème) et DEA d'études germaniques sur l'ironie chez Solger</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1996-1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Maîtrise d'études germaniques à Paris-X Nanterre sur Karl Wilhelm Ferdinand Solger et le premier romantisme</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1995-1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Double licence d'allemand et de philosophie à l'Université de Paris-X Nanterre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Entrée à l'École Normale Supérieure de la rue d'Ulm</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stripes and Strings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiener digitale Revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25365/wdr-06-03-01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Sobriété numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1498x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workflows: Introduction (Part 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, Workflows, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/transformations.15780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089436v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Workflows – Part 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations: A DARIAH Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Workflows, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/transformations.16806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05327393v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension von Thorsten Gabler: Epistolo/Graphie. Studien zur Skriptural-Aisthetik brieflicher Kommunikation im 19. Jahrhundert (Bettine und Achim von Arnim; Theodor Fontane). Paderborn: Brill | Fink 2021; Norman Kaspar, Jana Kittelmann, Jochen Strobel, Robert Vellusig (Hrsg.): Die Geschichtlichkeit des Briefs. Kontinuität und Wandel einer Kommunikationsform. Berlin, Boston: De Gruyter 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fontane Blätter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 118, pp.154-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain-Specific Word Embeddings with Structure Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Brandl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakajima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.320-335. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/tacl_a_00538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards robotic translation?⁠ – ⁠Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Grass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Ruiz Fabo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Data Mining and Digital Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Towards robotic translation?, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jdmdh.10446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890686v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une robotique du traduire ⁠–⁠ Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Grass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Ruiz Fabo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Data Mining and Digital Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Towards robotic translation?, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jdmdh.10445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890676v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Von Graphen zu Word Embeddings. Zur Entwicklung des mathematischen und visuellen Instrumentariums der Literaturwissenschaft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Germanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La carte et la frise : les « images » de l’histoire littéraire, entre visualisation et modélisation, 71, pp.191-203. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/germanica.19002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editing for Man and Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variants: the Journal of the European Society for Textual Scholarship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Variants (Journal of the European Society for Textual Scholarship), 15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01233380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publishing an OCR ground truth data set for reuse in an unclear copyright setting.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clemens Neudecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julius Coburger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für digitale Geisteswissenschaften </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Fabrikation von Erkenntnis – Experimente in den Digital Humanities, Sonderband 5, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17175/sb005_006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TEI models for the publication of Social Sciences and Humanities Journals : opportunities, challenges, and firsts steps towards a standardized workflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Giovacchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Text Encoding Initiative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jtei.3419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420483v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les filles de l’Aufklärung à l’âge du romantisme allemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01792393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Identification of Types of Alterations in Historical Manuscripts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergej Dogadov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus-Robert Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakajima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHQ: Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02512217v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernetzung-Erzählung-Kollation. Digitale Methoden in der Biographieforschung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOS – Zeitschrift für Biographieforschung, Oral History und Lebensverlaufsanalysen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30 (1-2/2017), pp.22-29. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3224/bios.v30i1-2.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitales Publizieren & Open Access in der Germanistik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MDGV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, p. 237-247</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02143813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frankreich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mitteilungen des deutschen Germanistenverbandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Prekär. Berichte, Positionen und Konzepte zur Lage des germanistischen 'Mittelbaus', Heft2/2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02460405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruire ce qui manque – ou le déconstruire ? Approches numériques des sources historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Digital Humanities Quarterly, 12 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01133507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data fluidity in DARIAH – pushing the agenda forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Romary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIBLIOTHEK Forschung und Praxis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39 (3), pp.350-357. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/bfp-2016-0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285917v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berliner „Intellektuelle“ um 1800: eine kontroverse Kategorie und ihre Anwendbarkeit im digitalen Zeitalter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">historicum-eStudies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Virtuosen der Öffentlichkeit? Friedrich von Gentz (1764-1832) im globalen intellektuellen Kontext seiner Zeit, http://gentz.mapublishing-lab.uni-koeln.de/digital-intellectuals/berliner-intellektuelle-um-1800-eine-kontroverse-kategorie-und-ihre-anwendbarkeit-im-digitalen-zeitalter/einleitung/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01232093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Von wissenschaftlichen Editionen als interoperable Projekte, oder: Was können eigentlich digitale Editionen?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schnöpf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historische Mitteilungen der Ranke-Gesellschat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Die Zukunft der Digital Humanities, Beiheft 90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01140930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geschichte schreiben: Französisch als Wissenschaftssprache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franziska Heimburger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, HS, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ifha.7931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissenschaftliches Publizieren in Frankreich: erste Schritte für Nachwuchshistorikerinnen und -historiker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mareike König</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, HS, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ifha.7959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus français sont-ils allemands? Éditer des textes de la Prusse frédéricienne en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philologie im Netz: Beihefte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Beiheft 7/2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">’Berliner Intellektuelle um 1800‘ als Programm. Über Potential und Grenzen digitalen Edierens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Literaturkritik.de</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Schwerpunkt: Romantik digital, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Project &amp;quot;Berlin Intellectuals 1800–1830&amp;quot; between Research and Teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Seifert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Text Encoding Initiative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zwischen Doktorenfabrik und Austauschplattform. Promotionsgutachten am Beispiel der Philosophischen Fakultät in den Anfängen der Berliner Universität</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Germanistik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 263 (2), pp.276-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neue Perspektiven der August Boeckh-Forschung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Seifert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Hackel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geschichte der Germanistik. Mitteilungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41/42, p. 139-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric II, Roi-philosophe et législateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunhilde Wehinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de philosophie du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52, pp.317-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Theodor Vischers Auseinandersetzung mit der Solgerschen Philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jahrbuch der deutschen Schiller-Gesellschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 46, p. 2-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chacun•e ses langues. Retour sur une expérience de blogging scientifique en anglais dans un contexte de recherche franco-allemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traverse. Revue d'Histoire/Zeitschrift für Geschichte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Publier en sciences humaines. Passé, présent, avenir, 1_2022, pp.104-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aktualität des Sophokles. Zur Übersetzung und Inszenierung der Antigone. Ein unveröffentlichter Brief von Rudolf Abeken an Karl Solger (Weimar, 1809)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für deutsche Philologie 2/2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2 (120)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gestion écoresponsable des données en humanités numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mareike König</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHNord2025. Valoriser les données de recherche en humanités numériques : enjeux, pratiques, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Tourcoing, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment résister aux sirènes? Réflexions sur la place de l'IA générative et des grands modèles de langage dans les Humanités Numériques d'aujourd'hui et de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CREG "Trabsmissions créatrices à l'ère de l'IA"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why human civilization can't afford AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internal seminar of the Working Group "AG Klimaschutz" at the Centre Marc Bloch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AG Klimaschutz, Centre Marc Bloch Berlin, Apr 2025, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05053884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analog war (vor)gestern. Aber keine Angst, wir schaffen das!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Grallert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne au Centre Marc Bloch "CMB digital"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Marc Bloch, May 2025, Berlin (Centre Marc Bloch), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05431022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting researchers in Archaeology with Diamond Open Access: The experience of Transformations. A DARIAH Journal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Applications and Quantitative Methods in Archaeology (CAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Athens, Greece. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15585652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05101500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ARIADNE Portal at the Heart of the ATRIUM project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Page-Perron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Richards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DaSCHCon 2024 - Archeology and Interoperability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bern, Oct 2024, Bern (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archiving in times of climate crisis. Selecting, digitizing, analyzing for tomorrow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C2DH Hands on Lecture Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C2DH - https://www.c2dh.uni.lu/, Sep 2024, Luxemburg, Luxembourg, France. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/obp.0355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was vom Netzwerk bleibt. Digitale Briefeditionen zwischen Exploration und Archivierung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connecting the dots - Briefe in Literaturwissenschaft und Digital Humanities Transdisziplinäre und internationale Tagung des DFG-Projekts „Korrespondenzen der Frühromantik“</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Akademie der Wissenschaften und Literatur Mainz; Johannes-Gutenbger-Universität Mainz, Apr 2024, Mainz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about astrophysics? And what about China? Of blind spots in the ecological mindsets of researchers, and what digital technologies have to do with it</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar organized by the Green Office at Hochschule Darmstadt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Green Office of Hochschule Darmstadt, Apr 2024, Darmstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04558158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Methods Porn, oder: Warum die Welt ohne nachnutzbare Workflows nicht zu retten ist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ringvorlesung Digital Humanities im Fokus: Methoden, Anwendungen und Perspektiven</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arbeitskreis RosDH, Jul 2024, Rostock, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04636449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable Research Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSLab+ Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESSLab+, May 2024, Darmstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to learn and love digital text in four easy steps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DARIAH Friday Frontiers: Spring 2023 Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, DARIAH-Campus, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bonnes pratiques numériques à l'épreuve de la crise climatique : quelques propositions pour faire communauté autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire HN 2023#2 - Humanités numériques et enjeux environnementaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Bretagne, Jun 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tout changer pour garder l'essentiel. Enjeux d'une épistémologie de la sobriété pour les Humanités Numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire "histoire et numérique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, laboratoire FRAMESPA, Dec 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04334774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urgence climatique: quel impact a le numérique, quelles actions dans nos labos?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Frenoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Série de séminaires "Développement durable"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Délégation Alsace du CNRS, May 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manifesting the Manifesto: Digital Humanities and the Climate Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torsten Roeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo Lindsay Walton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Peaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH 2022 - Responding to Asian Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'une publication scientifique à l'ère du numérique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Science Ouverte-MSH Ange Guépin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A TEI-based publication pipeline for historical egodocuments -the DAHN project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ovide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Gen TEI, 2021 - TEI Conference and Members’ Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03451421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoine numérique et science ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COVID-19 Museum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement à distance et outils numériques dans la germanistique française en contexte de pandémie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle des directeurs/trices de département d'Etudes Germaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02958843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunities and challenges of the TEI for scholarly journals in the Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference and Members Meeting of the Text Encoding Initiative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Text Encoding Initiative Consortium, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIUM’s Contributions to the WMT2019 News Translation Task: Data and Systems for German-French Language Pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Bougares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Wottawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Barrault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Fourth Conference on Machine Translation (Volume 2: Shared Task Papers, Day 1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Florence, France. pp.129-133, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W19-5307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daten als Rezensionsobjekte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jährliche Konferenz des Verbandes "Digital Humanities im deutschsprachigen Raum" 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verband Digital Humanities im deutschsprachigen Raum, Feb 2018, Cologne, Germany. pp.ISBN 978-3-946275-02-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the TEI in Training and Research as an Institutional Strategy towards a DH Competence Center</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vignale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference and Members Meeting of the Text Encoding Initiative 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPLORING THE DIGITAL HERITAGE OF READING: THE READ-IT PROJECT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vignale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFLA-RBSC Mid-term conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nachhaltigkeit durch Zusammenschluss: Die DARIAH Data Re-Use Charter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Romary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHd 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Digital Humanities im deutschsprachigen Raum (DHd) e. V., Feb 2017, Bern, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Access to cultural heritage data. A challenge for digital humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Riondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Seillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Romary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Zirkulation von Briefen, Zirkulation in Briefen. Romantische Korrespondenzen edieren heißt Geschichte (neu)schreiben</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities - Theorie und Methodik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A certification model for digital scholarly editions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Digital Scholarly Editing: Theory, Practice, Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Anvers, Oct 2016, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissen, Lieben – und Schreiben Phantastik und Skepsis im Briefwechsel Chamissos mit seiner Frau aus dem Sommer 1823</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phantastik und Skepsis Die Lebens- und Schreibwelten des Adelbert von Chamisso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Berlin, Germany. p. 351-367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation des réseaux: apports, défis et enjeux du travail sur les données historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numérisation de masse et traitement des grands corpus de textes utilisant des méthodes des humanités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Stuttgart, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01130425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modélisation des données de l’édition numérique « Lettres et textes. Le Berlin intellectuel des années 1800 » et son approche de la variance dans les lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La variance en philologie et dans la critique génétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Forward or the metamorphoses of literary studies turning digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Culture and Technology" - The European Summer School in Digital Humanities, 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elisabeth Burr, Jul 2014, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01141235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qui fait l'intellectuel?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qui fait l'intellectuel? Les professeurs de l'université de Berlin et leur patriotisme (1810-1820)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. pp.109-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00879149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émancipation selon Joséphine von Sydow : exil, littérature et autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44ème congrès de l'AGES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Germanistes de l'Enseignement Supérieur, May 2011, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The University Library and the Humanities: Historical and Contemporary Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Changing Role of the Humanities in the Academy and Society: Historical and Transnational Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00676073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wie rehabilitiert man einen Schriftsteller und wozu? Das Beispiel unerschlossener Briefwechsel aus dem Umfeld des Dichters Ludwig Tieck, des Philosophen Karl Solger und des Historikers Friedrich von Raumer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ème congrès de l'AGES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Aix-la-Chapelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinrich Voß’ „Quadrupelrezension der Sofoklesse“ aus dem Jahre 1804</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Germanistik im Konflikt der Kulturen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Internationale Vereinigung für Germanistik, Aug 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Go with the (Work)Flow! Creating Reusable and Replicable Workflows for Digital Humanities Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Pagé-Perron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Black Megan S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matej Durco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH Benelux 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Amsterdam, Netherlands. Zenodo, 2025, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15721848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a Peer Review Evaluation Framework for Non-Traditional Research Outputs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Bénière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carol Delmazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH2025 Accessibility &amp; citizenship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lisbon, Portugal. 2025, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15967748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05251762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing transparency and reusability through Diamond publishing model: Transformations, A DARIAH Journal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Gelati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Science Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hamburg, France. Zenodo, 2025, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.16779915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05458719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Handwriting to Footprinting: Text and Heritage in the Age of Climate Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Open Book Publishers, 1, 2023, 978-1-80511-087-3. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/OBP.0355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogue bilingue de l'exposition &amp;quot;Sortir de la Guerre/Nach dem Krieg - Le Mans & Paderborn (1919-1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Schreckenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Gaidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhelm Grabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stadt Paderborn, 13, 2019, Paderborn in historischen Fotografien</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France-Allemagne : figures de l’intellectuel, entre Révolution et réaction (1780-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayse Yuva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion, 2014, Mondes germaniques, 978-2-7574-0675-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01120459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich der Große - Philosophische Schriften</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunhilde Wehinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akademie-Verlag / De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2014, Friedrich der Große - Potsdamer Ausgabe, 978-3-05-008325-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRANCE-ALLEMAGNE : LES FIGURES DE L'INTELLECTUEL, ENTRE RÉVOLUTION ET RÉACTION (1780-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayşe Yuva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses du Septentrion, 2014, Collection: Mondes Germaniques, 978-2-7574-0675-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01150310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voß' Übersetzungssprache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica Fantino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josefine Kitzbichler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 32, 2014, Reihe "Transformationen der Antike", 978-3110301243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grundzüge der Philosophie K.W.F. Solgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mildred Galland-Szymkowiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIT Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-3643900760</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Briefe und Texte aus dem intellektuellen Berlin um 1800</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Netzwerke des Wissens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berliner Wissenschaftsverlag, 1, 2011, Reihe "Berliner Intellektuelle um 1800", Anne Baillot, 978-3830519102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue, littérature, culture à l'épreuve de l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes de la philosophie en Allemagne et en France. 1750-1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Coulombeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mildred Galland-Szymkowiak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baillot, Anne; Coulombeau, Charlotte; Galland-Szymkowiak, Mildred. Wehrhahn, 2007, 978–3–86525–206–7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Art et la tragédie du Beau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Solger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Rue d’Ulm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsulm.856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esthétique de K. W. F. Solger. Symbole, tragique et ironie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Du Lérot. 2002, Collection "transferts", Michel Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Fire Fighters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julia Bee, Gerko Egert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimente lernen, Techniken tauschen. Ein spekulatives Handbuch (additional contributions 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-3-00-066190-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fire Fighters In Spe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julia Bee, Gerko Egert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimente lernen. Techniken tauschen. Ein spekulatives Handbuch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No Goethe on a Dead Planet? Drei Wünsche für eine lebendige Romantikforschung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zukünfte der Romantikforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tieck und Solger - der Dichter und sein Freund</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ludwig Tieck - Vorbilder und Zeitgenossen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Moi, solitaire, tel Merlin depuis son tombeau lumineux, faisant entendre mon écho paisiblement, parfois tout près, occasionnellement au loin. » Le vieux Goethe et la reprise de l’œuvre au miroir de la correspondance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Thouard; Christoph König. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goethe, le second auteur. Actualité d'un inactuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, 2022, 9791037007124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitalisierung und ihre Einflüsse auf den Umgang mit alten wie neuen 'Briefen' in deutscher wie internationaler Perspektive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Gruyter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbuch Brief. Von der Frühen Neuzeit bis zur Gegenwart. Band 1: Interdisziplinarität - Systematische Perspektiven - Briefgenres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 387-398, 2020, Band 1: Interdisziplinarität - Systematische Perspektiven - Briefgenres, 978-3-11-037510-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahlenwahn oder Textliebe? Digitale Philologie als Disziplin und als Weltanschauung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Johannes Dahm; Ruth Lambertz-Pollan; Maïwenn Roudaut; Bénédicte Terrisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machines/Maschinen. Les machines dans l'espace germanique: de l'automate de Kempelen à Kraftwerk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 379-388, Presses Universitaires de Rennes, 2020, 978-2-7535-8002-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">280 caractères, ou la privatisation de l'aphorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes brèves. Au croisement des pratiques et des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 41, Presses Universitaires de Rennes, p. 211-223, 2019, Nouvelles Recherches sur l'Imaginaire, 978-2-7535-7910-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berliner Intellektuelle 1800-1830 &amp;quot; Ein Werkstattbericht nach vier Jahren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berlin 1800. Deutsche Großstadtkultur in der klassischen Epoche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 369-380, 2019, 978-3865255648</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01140932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Krux mit dem Netz Verknüpfung und Visualisierung bei digitalen Briefeditionen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Toni Bernhart; Marcus Willand; Sandra Richter; Andrea Albrecht. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Ansätze in den Literatur- und Geisteswissenschaften. Systematische und historische Perspektiven</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. 355-370, 2018, 978-3-11-052200-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01278211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das Netzwerk als Kunstwerk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hannah Lotte Lund, Ulrike Schneider, Ulrike Wels. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Die Kommunikations-, Wissens-, und Handlungsräume der Henriette Herz (1764-1847)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vandenhoeck &amp; Ruprecht, 2017, 978-3-8470-0624-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01280972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tieck und Solger. Zwei Namen und ihre intellektuellen Genealogien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophia Zeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Achim Hölter &amp; Walter Schmitz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Konferenzband der ersten und zweiten Tagungen der Tieck-Gesellschaft </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01277669v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schreibt Wikipedia Biographien? Autorität und Reputation beim Verfassen biographischer Artikel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christof Schöch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Klein; Falko Schnicke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legitimationsmechanismen des Biographischen. Kontexte – Akteure – Techniken – Grenzen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2016, Legitimationsmechanismen des Biographischen. Kontexte - Akteure - Techniken - Grenzen, 978-3034314671</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01133239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formeys Pygmalions? Unterstützen und Unterstütztwerden im literarischen Preußen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Henri Samuel Formey. Wissensmultiplikator der Berliner Aufklärung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wehrhahn Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 105-119, 2016, Aufklärung und Moderne, 978-3-86525-547-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01133645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berliner Intellektuelle 1800-1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbuch Digital Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 15-17, 2015, 978-3-7375-6818-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was tun mit der Weisheit der Massen?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stefanie Stockhorst; Marcel Lepper; Vinzenz Hoppe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symphilologie. Formen der Kooperation in den Geisteswissenschaften</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vandenhoeck &amp; Ruprecht, 2015, Symphilologie. Formen der Kooperation in den Geisteswissenschaften, 978-3-8471-0567-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01232091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Entdeckung der Ironie. Das Bild Shakespeares bei Tieck und Solger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Béatrice Dumiche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare und kein Ende? Beiträge zur Shakespeare-Rezeption in Deutschland und in Frankreich vom 18. bis 20. Jahrhundert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 81-95, 2012, 978-3-86143-201-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis de Beausobre, entre cour et Académie. La correspondance d'un intellectuel francophone en Prusse au XVIIIème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Beaurepaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Hermant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrer en communication de l'âge classique aux Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 123-142, 2012, 978-2-8124-0789-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platon- und Aristoteles-Rezeption bei Friedrich II.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brunhilde Wehinger; Günther Lottes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Friedrich der Große als Leser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Akademie-Verlag, p. 143-157, 2012, 978-3-05-004922-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antigone est-elle weimarienne?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Humbert-Mougin; Claire Lechevalier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le théâtre antique entre France et Allemagne (XIXe-XXe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires François Rabelais, p. 25-43, 2012, 978-2-86906-277-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intellektuelle Öffentlichkeit. Friedrich von Raumers Weg zwischen Politik und Wissenschaft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roland Berbig; Iwan d'Aprile; Helmut Peitsch; Erhard Schütz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berlins 19. Jahrhundert. Ein Metropolen-Kompendium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p 135-146, 2011, 978-3-05-005083-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dekanat, Rektorat, Promotionen. Die Gründerjahre der Philosophischen Fakultät am Beispiel von Karl Wilhelm Ferdinand Solger (1780-1819)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erhard Schütz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">200 Jahre Berliner Universität- 200 Jahre Berliner Germanistik- 1810-2010 - Teil III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-3-0351-0240-6. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/978-3-0351-0240-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tieck et Solger, un dialogue philosophico-littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sebastian Hüsch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophy and literature and the crisis of metaphysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Königshausen &amp; Neumann, p. 273-280, 2011, 978-3-8260-4574-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ein Freund hier würde diese Arbeit unter meiner Beihülfe übernehmen. Die Arbeit Dorothea Tiecks an den Übersetzungen ihres Vaters“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hilary Brown; Brunhilde Wehinger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Übersetzungskultur im 18. Jahrhundert. Übersetzerinnen in Deutschland, Frankreich und der Schweiz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, Wehrhahn Verlag, p. 187-206, 2008, coll. Aufklärung und Moderne, 978-3-86525-212-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">’Wenn der Geist der Sophokles so in einer blauen Flamme emporsteigt’. Deutsche Übersetzungen der alten Tragiker am Beispiel von Solgers Sophokles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vanessa de Senarclens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Das Tragische im Jahrhundert der Aufklärung/Le tragique au siècle des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, p. 127-154, 2007, Coll. Aufklärung und Moderne, 9783-85525-209-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ein Versuch, die ‚Berliner Klassik’ zu zähmen – zur Erforschung von Schriftstellerbriefwechseln</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Iwan d'Aprile; Martin Disselkamp; Claudia Sedlarz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tableau de Berlin. Beiträge zur 'Berliner Klassik' (1786-1815)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wehrhahn Verlag, p. 379-391, 2005, 3-86525-040-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das Bild Brandenburgs und Preußens in den historischen Romanen George Sands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Iwan d'Aprile. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europäische Ansichten</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Berliner Wissenschaftsverlag, 2004, 3-8305-0562-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et méthodes de l'édition numérique de sources textuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension von: Barbara Mahlmann-Bauer (Hg./dir.), Gallotropismus aus helvetischer Sicht/Le gallotropisme dans une perspective helvétique, Heidelberg (Universitätsverlag Winter) 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, http://nbn-resolving.de/urn:nbn:de:bsz:16-frrec-663834</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention, sélection et Humanités Numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension von: Michael Bender, Forschungsumgebungen in den Digital Humanities: Nutzerbedarf – Wissenstransfer – Textualität, Sprache und Wissen 22 (Berlin/Boston: De Gruyter, 2016),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Succéder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet DAHN : une pipeline pour l'édition numérique de documents d'archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension der Monographie von Viviane Rosen-Prest, La colonie huguenote de Prusse de 1780 à 1815. La fin d’une diaspora ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02569693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recreating Philology. Text in the Digital Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02461734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Humanities und Kulturerbe: Vernunftehe oder unbezwingbare Leidenschaft?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02461738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do we still need peer-review? Datajournals as a way of reconsidering our evaluation culture and our understanding of research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formen der Kooperation. Vielfache Autorschaft und ihre digitale Abbildung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Einleitung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01251071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vortrag &amp;quot;Von Textherstellung und Datenverknüpfung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">„Digitale Philologie“ - Versuch einer Einordnung, mithilfe August Boeckhs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATRIUM Peer Review Framework (Version 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Bénière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carol Delmazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DARIAH ERIC. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05458734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survey on researchers requirements and practices towards Cultural Heritage institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Seillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Riondet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] Inria Paris. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse et réception de la pensée esthétique de K.W.F. Solger entre 1800 et 1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Université Paris VIII Vincennes-Saint Denis, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00783069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lettre à l'oeuvre. Modèle du réseau, archive du texte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. EHESS, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01562578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Praxis Praxis Praxis (und etwas Theorie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Praxis der DH, Universität Trier, Germany. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05058124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krieg- und Antikriegsliteratur in Deutschland und Frankreich 1914-1938</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Littérature Germanophone - Option allemand du master Etudes Culturelles Internationales, Le Mans, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was ist ein Friedensvertrag? Am Beispiel von Frankfurt, Versailles und München</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, Le Mans, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03137086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Fantasiestücke nach Callots Manier: Textgrundlage, editorische Prinzipien, Textauswahl und relevante Themen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Cours de préparation à l'option littérature de l'agrégation d'allemand, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grands thèmes prescrits pour l’agrégation externe dans les Fantasiestücke de E.T.A. Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Université de Nantes, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.T.A. Hoffmann-Leben und Werk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Préparation à l'option littérature de l'agrégation d'allemand 2021 - Fantasiestücke de E.T.A. Hoffmann, Université de Nantes, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Geschichte von der Reichsgründung bis zur NS-Zeit (1870-1933)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, Le Mans Université, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die « Intellektuellen »- eine kontroverse Kategorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Literatur im 20. Jahrhundert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Histoire et méthodologie de la littérature germanophone - L1 LLCER Allemand, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die deutsche Romantik: literarische Innovationen, soziale Neuordnungen, Schaffensbedingungen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Littérature Germanophone - Option allemand du master Etudes Culturelles Internationales, Le Mans, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Literatur im 18. Jahrhundert - ein Überblick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Histoire et méthodologie de la littérature germanophone, Le Mans, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Literatur: Einführung in die Literaturwissenschaft; die deutsche Literatur vom Mittelalter zum 17. Jh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Großstadt und ihre Rolle für die deutsche Romantik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Le Mans, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03012124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die deutsche Nation als intellektuelles Konstrukt des 19. Jahrhunderts - Einführung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orte intellektuellen Wirkens in Deutschland zu Beginn des 19. Jhdts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutschsprachige Literatur im 19. Jahrhundert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. CM: La littérature germanophone au XIXème siècle, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Méthodologie du travail universitaire, Le Mans, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Lumières éducatrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Le Mans Université, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-02288650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire, LLCER, L1, Séance 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Méthodologie du travail universitaire, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire. L1 LLCER, Séance 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-02288649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId276"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anne Baillot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des Universités (en disponibilité pour études/recherches), détachée auprès de DARIAH-ERIC (Berlin) </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">annebaillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4593-059X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">073633828</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">39592455</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis avril 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> En disponibilité pour études/recherches, rattachée à </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DARIAH-ERIC</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Berlin) dans le cadre du projet </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATRIUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis septembre 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeure des Universités en Études Germaniques à l'</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université du Mans:</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercheuse du laboratoire 3l.am, </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">responsable du cursus binational de licence &amp;quot;</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes Européennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Le Mans/Paderborn), élue au conseil d'UFR de la Faculté des Lettres, Langues et Sciences Humaines (2017-2022) et au conseil du laboratoire 3L.AM (depuis 2018).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis septembre 2022, Professeure des Universités 1ère classe, membre élue de la section 12 du CNU.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021-2022 Délégation CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> auprès du laboratoire </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ICAR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Interactions, Corpus, Apprentissages, Représentations, CNRS UMR 5191) - ENS de Lyon, site Descartes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avril-Juin 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Résidente à la </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison Française d'Oxford </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">(CNRS-UAR 3129)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-éditrice de la plate-forme </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Scientifiques Numériques (DiScholEd)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-2021 et depuis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Reponsable Erasmus pour le département d'allemand, membre du comité de pilotage des Relations internationales de Le Mans Université.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Fellow de la </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander-von-Humboldt-Stiftung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Comité Scientifique du </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pôle Editorial Prairial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et membre du Collège d'Experts du </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DIM Patrimoines matériels – innovation, expérimentation, résilience (PAMIR) </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Conseil Scientifique du </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Directory of Open Access Books</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Co-éditrice de la collection </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DH Research; </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020-2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du comité de pilotage SHS d'épisciences (</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">épiSHS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019-2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Conseil Scientifique de </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TAPAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du Conseil Scientifique du </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BiCDAS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, du Conseil International de l'</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IdS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, du comité d'évaluation des bourses Feodor Lynen de la Alexander-von-Humboldt Stiftung</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017-2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Directrice du département d'Allemand de l'Université du Mans.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décembre 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Habilitation à Diriger des Recherches en Philosophie et Sciences Sociales de l'École des Hautes Études en Sciences Sociales (garant: Denis Thouard)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016- août 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Experte en méthodes numériques pour les humanités (DARIAH, Centre Marc Bloch, Berlin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016-Sept. 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Managing Editor du </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of the Text Encoding Initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Juin 2010-décembre 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Chef du projet &amp;quot;Intellectuels berlinois 1800-1830&amp;quot; à l'institut de littérature allemande de l'Université Humboldt de Berlin. Financement: Deutsche Forschungsgemeinschaft (Emmy Noether-Programm; Nachwuchsgruppenleiterin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semestre d'hiver 2014/2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur d'humanités numériques par interim du Stuttgart Research Center for Text Studies (remplacement à titre commissaire)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du conseil scientifique de la Société Européenne d'études textuelles (ESTS) ainsi que de l’association germanophone des humanités numériques (DHd)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du comité de rédaction de DHCommons Journal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du conseil scientifique de la bibliothèque de recherche sur l'histoire de l'éducation (Berlin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013-2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Directrice du cercle de réflexion &amp;quot;Einstein-Zirkel Digital Humanities&amp;quot; (fondation Einstein)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013-2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre du conseil scientifique d'hypotheses.fr et hypotheses.en</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre élu du conseil d'institut et du conseil de faculté; 2014-2016 membre nominé de la commission doctorale de la faculté</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Membre sélectionné du réseau d'excellence &amp;quot;Berlin der Begegnung&amp;quot; de la Fondation Einstein de Berlin (</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genshagener Kreis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lauréate du Prix &amp;quot;Caroline von Humboldt&amp;quot; de l'Université Humboldt de Berlin </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Janvier 2008-février 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière de la Deutsche Forschungsgemeinschaft et chargée de cours à l'Université Humboldt de Berlin</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Janvier-août 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Congé de maternité et parental</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Janvier-juin 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Visiting Scholar à l'Université de Chicago (Department of Germanic Studies)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005-2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière de la Deutsche Forschungsgemeinschaft auf Forschungszentrum Europäische Aufklärung de Potsdam; chargée de cours à l'Université de Potsdam.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Février-septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Congé de maternité et parental</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Février 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Remplacement au poste de directrice-adjointe de B. Wehinger</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2003-2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière du DAAD et du Forschungszentrum Europäische Aufklärung de Potsdam; chargée de cours à l'Université technique de Berlin et à l'Université de Postdam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2002-2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Boursière du Parlement de Berlin; chargée de cours à l'institut français de Berlin et à l'Université Technique de Berlin.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Novembre 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Soutenance de thèse (mention très honorable avec les félicitations du jury), sur le thème &amp;quot;Genèse et réception de la pensée esthétique de K.W.F. Solger&amp;quot; (direction: Michel Espagne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999-2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Allocataire monitrice à l'Université Paris-8-Saint-Denis (département d'études germaniques)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Études durant la scolarité à l'École Normale Supérieure:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1998-1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Première année de thèse sous la direction de Michel Espagne</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1997-1998</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Agrégation d'allemand (rang: 17ème) et DEA d'études germaniques sur l'ironie chez Solger</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1996-1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Maîtrise d'études germaniques à Paris-X Nanterre sur Karl Wilhelm Ferdinand Solger et le premier romantisme</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1995-1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Double licence d'allemand et de philosophie à l'Université de Paris-X Nanterre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Entrée à l'École Normale Supérieure de la rue d'Ulm</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stripes and Strings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiener digitale Revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25365/wdr-06-03-01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Sobriété numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Ligozat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1498x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workflows: Introduction (Part 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, Workflows, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/transformations.15780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089436v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to Workflows – Part 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations: A DARIAH Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Workflows, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/transformations.16806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05327393v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension von Thorsten Gabler: Epistolo/Graphie. Studien zur Skriptural-Aisthetik brieflicher Kommunikation im 19. Jahrhundert (Bettine und Achim von Arnim; Theodor Fontane). Paderborn: Brill | Fink 2021; Norman Kaspar, Jana Kittelmann, Jochen Strobel, Robert Vellusig (Hrsg.): Die Geschichtlichkeit des Briefs. Kontinuität und Wandel einer Kommunikationsform. Berlin, Boston: De Gruyter 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fontane Blätter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 118, pp.154-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05057380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain-Specific Word Embeddings with Structure Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Brandl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakajima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.320-335. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/tacl_a_00538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Von Graphen zu Word Embeddings. Zur Entwicklung des mathematischen und visuellen Instrumentariums der Literaturwissenschaft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Germanica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La carte et la frise : les « images » de l’histoire littéraire, entre visualisation et modélisation, 71, pp.191-203. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/germanica.19002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards robotic translation?⁠ – ⁠Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Grass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Ruiz Fabo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Data Mining and Digital Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Towards robotic translation?, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jdmdh.10446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890686v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une robotique du traduire ⁠–⁠ Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellen Carter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Grass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Ruiz Fabo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Data Mining and Digital Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Towards robotic translation?, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/jdmdh.10445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890676v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Identification of Types of Alterations in Historical Manuscripts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergej Dogadov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus-Robert Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shinichi Nakajima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHQ: Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02512217v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publishing an OCR ground truth data set for reuse in an unclear copyright setting.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lassner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clemens Neudecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julius Coburger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für digitale Geisteswissenschaften </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Fabrikation von Erkenntnis – Experimente in den Digital Humanities, Sonderband 5, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17175/sb005_006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editing for Man and Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variants: the Journal of the European Society for Textual Scholarship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Variants (Journal of the European Society for Textual Scholarship), 15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01233380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TEI models for the publication of Social Sciences and Humanities Journals : opportunities, challenges, and firsts steps towards a standardized workflow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Giovacchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Text Encoding Initiative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/jtei.3419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02420483v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les filles de l’Aufklärung à l’âge du romantisme allemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaina</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01792393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernetzung-Erzählung-Kollation. Digitale Methoden in der Biographieforschung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOS – Zeitschrift für Biographieforschung, Oral History und Lebensverlaufsanalysen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30 (1-2/2017), pp.22-29. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3224/bios.v30i1-2.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitales Publizieren & Open Access in der Germanistik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MDGV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, p. 237-247</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02143813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frankreich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mitteilungen des deutschen Germanistenverbandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Prekär. Berichte, Positionen und Konzepte zur Lage des germanistischen 'Mittelbaus', Heft2/2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02460405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruire ce qui manque – ou le déconstruire ? Approches numériques des sources historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Digital Humanities Quarterly, 12 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01133507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berliner „Intellektuelle“ um 1800: eine kontroverse Kategorie und ihre Anwendbarkeit im digitalen Zeitalter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">historicum-eStudies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Virtuosen der Öffentlichkeit? Friedrich von Gentz (1764-1832) im globalen intellektuellen Kontext seiner Zeit, http://gentz.mapublishing-lab.uni-koeln.de/digital-intellectuals/berliner-intellektuelle-um-1800-eine-kontroverse-kategorie-und-ihre-anwendbarkeit-im-digitalen-zeitalter/einleitung/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01232093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data fluidity in DARIAH – pushing the agenda forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Romary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIBLIOTHEK Forschung und Praxis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39 (3), pp.350-357. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/bfp-2016-0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285917v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Von wissenschaftlichen Editionen als interoperable Projekte, oder: Was können eigentlich digitale Editionen?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schnöpf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historische Mitteilungen der Ranke-Gesellschat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Die Zukunft der Digital Humanities, Beiheft 90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01140930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geschichte schreiben: Französisch als Wissenschaftssprache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franziska Heimburger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, HS, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ifha.7931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissenschaftliches Publizieren in Frankreich: erste Schritte für Nachwuchshistorikerinnen und -historiker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mareike König</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, HS, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ifha.7959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus français sont-ils allemands? Éditer des textes de la Prusse frédéricienne en Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philologie im Netz: Beihefte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Beiheft 7/2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">’Berliner Intellektuelle um 1800‘ als Programm. Über Potential und Grenzen digitalen Edierens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Literaturkritik.de</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Schwerpunkt: Romantik digital, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zwischen Doktorenfabrik und Austauschplattform. Promotionsgutachten am Beispiel der Philosophischen Fakultät in den Anfängen der Berliner Universität</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für Germanistik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 263 (2), pp.276-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Project &amp;quot;Berlin Intellectuals 1800–1830&amp;quot; between Research and Teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Seifert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Text Encoding Initiative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neue Perspektiven der August Boeckh-Forschung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Seifert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Hackel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geschichte der Germanistik. Mitteilungen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41/42, p. 139-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric II, Roi-philosophe et législateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunhilde Wehinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives de philosophie du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52, pp.317-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Theodor Vischers Auseinandersetzung mit der Solgerschen Philosophie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jahrbuch der deutschen Schiller-Gesellschaft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 46, p. 2-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chacun•e ses langues. Retour sur une expérience de blogging scientifique en anglais dans un contexte de recherche franco-allemand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traverse. Revue d'Histoire/Zeitschrift für Geschichte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Publier en sciences humaines. Passé, présent, avenir, 1_2022, pp.104-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aktualität des Sophokles. Zur Übersetzung und Inszenierung der Antigone. Ein unveröffentlichter Brief von Rudolf Abeken an Karl Solger (Weimar, 1809)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zeitschrift für deutsche Philologie 2/2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2 (120)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gestion écoresponsable des données en humanités numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mareike König</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHNord2025. Valoriser les données de recherche en humanités numériques : enjeux, pratiques, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Tourcoing, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment résister aux sirènes? Réflexions sur la place de l'IA générative et des grands modèles de langage dans les Humanités Numériques d'aujourd'hui et de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CREG "Trabsmissions créatrices à l'ère de l'IA"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why human civilization can't afford AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internal seminar of the Working Group "AG Klimaschutz" at the Centre Marc Bloch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AG Klimaschutz, Centre Marc Bloch Berlin, Apr 2025, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05053884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analog war (vor)gestern. Aber keine Angst, wir schaffen das!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till Grallert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interne au Centre Marc Bloch "CMB digital"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Marc Bloch, May 2025, Berlin (Centre Marc Bloch), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05431022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting researchers in Archaeology with Diamond Open Access: The experience of Transformations. A DARIAH Journal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Applications and Quantitative Methods in Archaeology (CAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Athens, Greece. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15585652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05101500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable Research Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESSLab+ Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESSLab+, May 2024, Darmstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ARIADNE Portal at the Heart of the ATRIUM project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Page-Perron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Richards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DaSCHCon 2024 - Archeology and Interoperability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bern, Oct 2024, Bern (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archiving in times of climate crisis. Selecting, digitizing, analyzing for tomorrow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C2DH Hands on Lecture Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C2DH - https://www.c2dh.uni.lu/, Sep 2024, Luxemburg, Luxembourg, France. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/obp.0355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was vom Netzwerk bleibt. Digitale Briefeditionen zwischen Exploration und Archivierung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connecting the dots - Briefe in Literaturwissenschaft und Digital Humanities Transdisziplinäre und internationale Tagung des DFG-Projekts „Korrespondenzen der Frühromantik“</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Akademie der Wissenschaften und Literatur Mainz; Johannes-Gutenbger-Universität Mainz, Apr 2024, Mainz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about astrophysics? And what about China? Of blind spots in the ecological mindsets of researchers, and what digital technologies have to do with it</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar organized by the Green Office at Hochschule Darmstadt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Green Office of Hochschule Darmstadt, Apr 2024, Darmstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04558158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Methods Porn, oder: Warum die Welt ohne nachnutzbare Workflows nicht zu retten ist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ringvorlesung Digital Humanities im Fokus: Methoden, Anwendungen und Perspektiven</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arbeitskreis RosDH, Jul 2024, Rostock, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04636449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urgence climatique: quel impact a le numérique, quelles actions dans nos labos?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Frenoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Série de séminaires "Développement durable"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Délégation Alsace du CNRS, May 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to learn and love digital text in four easy steps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DARIAH Friday Frontiers: Spring 2023 Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, DARIAH-Campus, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bonnes pratiques numériques à l'épreuve de la crise climatique : quelques propositions pour faire communauté autrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire HN 2023#2 - Humanités numériques et enjeux environnementaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Bretagne, Jun 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tout changer pour garder l'essentiel. Enjeux d'une épistémologie de la sobriété pour les Humanités Numériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire "histoire et numérique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, laboratoire FRAMESPA, Dec 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04334774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manifesting the Manifesto: Digital Humanities and the Climate Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torsten Roeder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo Lindsay Walton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Peaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH 2022 - Responding to Asian Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'une publication scientifique à l'ère du numérique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Science Ouverte-MSH Ange Guépin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A TEI-based publication pipeline for historical egodocuments -the DAHN project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ovide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Gen TEI, 2021 - TEI Conference and Members’ Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03451421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrimoine numérique et science ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COVID-19 Museum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement à distance et outils numériques dans la germanistique française en contexte de pandémie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion annuelle des directeurs/trices de département d'Etudes Germaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02958843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunities and challenges of the TEI for scholarly journals in the Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference and Members Meeting of the Text Encoding Initiative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Text Encoding Initiative Consortium, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIUM’s Contributions to the WMT2019 News Translation Task: Data and Systems for German-French Language Pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Bougares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Wottawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Barrault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Fourth Conference on Machine Translation (Volume 2: Shared Task Papers, Day 1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Florence, France. pp.129-133, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W19-5307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daten als Rezensionsobjekte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jährliche Konferenz des Verbandes "Digital Humanities im deutschsprachigen Raum" 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verband Digital Humanities im deutschsprachigen Raum, Feb 2018, Cologne, Germany. pp.ISBN 978-3-946275-02-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the TEI in Training and Research as an Institutional Strategy towards a DH Competence Center</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vignale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference and Members Meeting of the Text Encoding Initiative 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPLORING THE DIGITAL HERITAGE OF READING: THE READ-IT PROJECT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vignale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFLA-RBSC Mid-term conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence &amp;quot;Zirkulation von Briefen, Zirkulation in Briefen. Romantische Korrespondenzen edieren heißt Geschichte (neu)schreiben</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities - Theorie und Methodik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nachhaltigkeit durch Zusammenschluss: Die DARIAH Data Re-Use Charter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Busch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Romary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHd 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Digital Humanities im deutschsprachigen Raum (DHd) e. V., Feb 2017, Bern, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Access to cultural heritage data. A challenge for digital humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Riondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Seillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Romary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A certification model for digital scholarly editions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Digital Scholarly Editing: Theory, Practice, Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Anvers, Oct 2016, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissen, Lieben – und Schreiben Phantastik und Skepsis im Briefwechsel Chamissos mit seiner Frau aus dem Sommer 1823</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phantastik und Skepsis Die Lebens- und Schreibwelten des Adelbert von Chamisso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Berlin, Germany. p. 351-367</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation des réseaux: apports, défis et enjeux du travail sur les données historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numérisation de masse et traitement des grands corpus de textes utilisant des méthodes des humanités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Stuttgart, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01130425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modélisation des données de l’édition numérique « Lettres et textes. Le Berlin intellectuel des années 1800 » et son approche de la variance dans les lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La variance en philologie et dans la critique génétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Forward or the metamorphoses of literary studies turning digital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Culture and Technology" - The European Summer School in Digital Humanities, 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elisabeth Burr, Jul 2014, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01141235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qui fait l'intellectuel?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qui fait l'intellectuel? Les professeurs de l'université de Berlin et leur patriotisme (1810-1820)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France. pp.109-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00879149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émancipation selon Joséphine von Sydow : exil, littérature et autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44ème congrès de l'AGES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Germanistes de l'Enseignement Supérieur, May 2011, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The University Library and the Humanities: Historical and Contemporary Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Changing Role of the Humanities in the Academy and Society: Historical and Transnational Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00676073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wie rehabilitiert man einen Schriftsteller und wozu? Das Beispiel unerschlossener Briefwechsel aus dem Umfeld des Dichters Ludwig Tieck, des Philosophen Karl Solger und des Historikers Friedrich von Raumer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ème congrès de l'AGES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Aix-la-Chapelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heinrich Voß’ „Quadrupelrezension der Sofoklesse“ aus dem Jahre 1804</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Germanistik im Konflikt der Kulturen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Internationale Vereinigung für Germanistik, Aug 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building a Peer Review Evaluation Framework for Non-Traditional Research Outputs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Bénière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carol Delmazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH2025 Accessibility &amp; citizenship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lisbon, Portugal. 2025, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15967748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05251762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing transparency and reusability through Diamond publishing model: Transformations, A DARIAH Journal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Gelati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Science Conference 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Hamburg, France. Zenodo, 2025, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.16779915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05458719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Go with the (Work)Flow! Creating Reusable and Replicable Workflows for Digital Humanities Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Pagé-Perron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Black Megan S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matej Durco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH Benelux 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Amsterdam, Netherlands. Zenodo, 2025, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.15721848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Handwriting to Footprinting: Text and Heritage in the Age of Climate Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Open Book Publishers, 1, 2023, 978-1-80511-087-3. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/OBP.0355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04154855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogue bilingue de l'exposition &amp;quot;Sortir de la Guerre/Nach dem Krieg - Le Mans & Paderborn (1919-1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Tison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Schreckenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Gaidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhelm Grabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stadt Paderborn, 13, 2019, Paderborn in historischen Fotografien</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02461918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grundzüge der Philosophie K.W.F. Solgers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mildred Galland-Szymkowiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIT Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-3643900760</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voß' Übersetzungssprache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrica Fantino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josefine Kitzbichler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 32, 2014, Reihe "Transformationen der Antike", 978-3110301243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France-Allemagne : figures de l’intellectuel, entre Révolution et réaction (1780-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayse Yuva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Septentrion, 2014, Mondes germaniques, 978-2-7574-0675-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01120459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich der Große - Philosophische Schriften</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brunhilde Wehinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akademie-Verlag / De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2014, Friedrich der Große - Potsdamer Ausgabe, 978-3-05-008325-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRANCE-ALLEMAGNE : LES FIGURES DE L'INTELLECTUEL, ENTRE RÉVOLUTION ET RÉACTION (1780-1848)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayşe Yuva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses du Septentrion, 2014, Collection: Mondes Germaniques, 978-2-7574-0675-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01150310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Briefe und Texte aus dem intellektuellen Berlin um 1800</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Netzwerke des Wissens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berliner Wissenschaftsverlag, 1, 2011, Reihe "Berliner Intellektuelle um 1800", Anne Baillot, 978-3830519102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue, littérature, culture à l'épreuve de l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes de la philosophie en Allemagne et en France. 1750-1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Coulombeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mildred Galland-Szymkowiak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baillot, Anne; Coulombeau, Charlotte; Galland-Szymkowiak, Mildred. Wehrhahn, 2007, 978–3–86525–206–7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Art et la tragédie du Beau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Solger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Rue d’Ulm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsulm.856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esthétique de K. W. F. Solger. Symbole, tragique et ironie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Du Lérot. 2002, Collection "transferts", Michel Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Fire Fighters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julia Bee, Gerko Egert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimente lernen, Techniken tauschen. Ein spekulatives Handbuch (additional contributions 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 978-3-00-066190-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fire Fighters In Spe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julia Bee, Gerko Egert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimente lernen. Techniken tauschen. Ein spekulatives Handbuch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No Goethe on a Dead Planet? Drei Wünsche für eine lebendige Romantikforschung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zukünfte der Romantikforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tieck und Solger - der Dichter und sein Freund</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ludwig Tieck - Vorbilder und Zeitgenossen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Moi, solitaire, tel Merlin depuis son tombeau lumineux, faisant entendre mon écho paisiblement, parfois tout près, occasionnellement au loin. » Le vieux Goethe et la reprise de l’œuvre au miroir de la correspondance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Thouard; Christoph König. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goethe, le second auteur. Actualité d'un inactuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, 2022, 9791037007124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahlenwahn oder Textliebe? Digitale Philologie als Disziplin und als Weltanschauung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Johannes Dahm; Ruth Lambertz-Pollan; Maïwenn Roudaut; Bénédicte Terrisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machines/Maschinen. Les machines dans l'espace germanique: de l'automate de Kempelen à Kraftwerk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 379-388, Presses Universitaires de Rennes, 2020, 978-2-7535-8002-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitalisierung und ihre Einflüsse auf den Umgang mit alten wie neuen 'Briefen' in deutscher wie internationaler Perspektive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Gruyter. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbuch Brief. Von der Frühen Neuzeit bis zur Gegenwart. Band 1: Interdisziplinarität - Systematische Perspektiven - Briefgenres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 387-398, 2020, Band 1: Interdisziplinarität - Systematische Perspektiven - Briefgenres, 978-3-11-037510-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berliner Intellektuelle 1800-1830 &amp;quot; Ein Werkstattbericht nach vier Jahren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berlin 1800. Deutsche Großstadtkultur in der klassischen Epoche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 369-380, 2019, 978-3865255648</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01140932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">280 caractères, ou la privatisation de l'aphorisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes brèves. Au croisement des pratiques et des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 41, Presses Universitaires de Rennes, p. 211-223, 2019, Nouvelles Recherches sur l'Imaginaire, 978-2-7535-7910-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Krux mit dem Netz Verknüpfung und Visualisierung bei digitalen Briefeditionen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Toni Bernhart; Marcus Willand; Sandra Richter; Andrea Albrecht. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantitative Ansätze in den Literatur- und Geisteswissenschaften. Systematische und historische Perspektiven</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. 355-370, 2018, 978-3-11-052200-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01278211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das Netzwerk als Kunstwerk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hannah Lotte Lund, Ulrike Schneider, Ulrike Wels. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Die Kommunikations-, Wissens-, und Handlungsräume der Henriette Herz (1764-1847)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vandenhoeck &amp; Ruprecht, 2017, 978-3-8470-0624-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01280972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tieck und Solger. Zwei Namen und ihre intellektuellen Genealogien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophia Zeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Achim Hölter &amp; Walter Schmitz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Konferenzband der ersten und zweiten Tagungen der Tieck-Gesellschaft </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01277669v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schreibt Wikipedia Biographien? Autorität und Reputation beim Verfassen biographischer Artikel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christof Schöch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Klein; Falko Schnicke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Legitimationsmechanismen des Biographischen. Kontexte – Akteure – Techniken – Grenzen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2016, Legitimationsmechanismen des Biographischen. Kontexte - Akteure - Techniken - Grenzen, 978-3034314671</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01133239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formeys Pygmalions? Unterstützen und Unterstütztwerden im literarischen Preußen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Henri Samuel Formey. Wissensmultiplikator der Berliner Aufklärung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wehrhahn Verlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 105-119, 2016, Aufklärung und Moderne, 978-3-86525-547-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01133645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berliner Intellektuelle 1800-1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbuch Digital Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 15-17, 2015, 978-3-7375-6818-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was tun mit der Weisheit der Massen?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stefanie Stockhorst; Marcel Lepper; Vinzenz Hoppe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symphilologie. Formen der Kooperation in den Geisteswissenschaften</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vandenhoeck &amp; Ruprecht, 2015, Symphilologie. Formen der Kooperation in den Geisteswissenschaften, 978-3-8471-0567-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01232091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Entdeckung der Ironie. Das Bild Shakespeares bei Tieck und Solger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Béatrice Dumiche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare und kein Ende? Beiträge zur Shakespeare-Rezeption in Deutschland und in Frankreich vom 18. bis 20. Jahrhundert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 81-95, 2012, 978-3-86143-201-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis de Beausobre, entre cour et Académie. La correspondance d'un intellectuel francophone en Prusse au XVIIIème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Beaurepaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Hermant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entrer en communication de l'âge classique aux Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 123-142, 2012, 978-2-8124-0789-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platon- und Aristoteles-Rezeption bei Friedrich II.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brunhilde Wehinger; Günther Lottes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Friedrich der Große als Leser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Akademie-Verlag, p. 143-157, 2012, 978-3-05-004922-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antigone est-elle weimarienne?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Humbert-Mougin; Claire Lechevalier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le théâtre antique entre France et Allemagne (XIXe-XXe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires François Rabelais, p. 25-43, 2012, 978-2-86906-277-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tieck et Solger, un dialogue philosophico-littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sebastian Hüsch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophy and literature and the crisis of metaphysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Königshausen &amp; Neumann, p. 273-280, 2011, 978-3-8260-4574-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intellektuelle Öffentlichkeit. Friedrich von Raumers Weg zwischen Politik und Wissenschaft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roland Berbig; Iwan d'Aprile; Helmut Peitsch; Erhard Schütz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berlins 19. Jahrhundert. Ein Metropolen-Kompendium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p 135-146, 2011, 978-3-05-005083-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dekanat, Rektorat, Promotionen. Die Gründerjahre der Philosophischen Fakultät am Beispiel von Karl Wilhelm Ferdinand Solger (1780-1819)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erhard Schütz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">200 Jahre Berliner Universität- 200 Jahre Berliner Germanistik- 1810-2010 - Teil III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang AG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-3-0351-0240-6. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/978-3-0351-0240-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ein Freund hier würde diese Arbeit unter meiner Beihülfe übernehmen. Die Arbeit Dorothea Tiecks an den Übersetzungen ihres Vaters“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hilary Brown; Brunhilde Wehinger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Übersetzungskultur im 18. Jahrhundert. Übersetzerinnen in Deutschland, Frankreich und der Schweiz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, Wehrhahn Verlag, p. 187-206, 2008, coll. Aufklärung und Moderne, 978-3-86525-212-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">’Wenn der Geist der Sophokles so in einer blauen Flamme emporsteigt’. Deutsche Übersetzungen der alten Tragiker am Beispiel von Solgers Sophokles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vanessa de Senarclens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Das Tragische im Jahrhundert der Aufklärung/Le tragique au siècle des Lumières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, p. 127-154, 2007, Coll. Aufklärung und Moderne, 9783-85525-209-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ein Versuch, die ‚Berliner Klassik’ zu zähmen – zur Erforschung von Schriftstellerbriefwechseln</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Iwan d'Aprile; Martin Disselkamp; Claudia Sedlarz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tableau de Berlin. Beiträge zur 'Berliner Klassik' (1786-1815)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wehrhahn Verlag, p. 379-391, 2005, 3-86525-040-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Das Bild Brandenburgs und Preußens in den historischen Romanen George Sands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Iwan d'Aprile. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europäische Ansichten</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Berliner Wissenschaftsverlag, 2004, 3-8305-0562-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et méthodes de l'édition numérique de sources textuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension von: Barbara Mahlmann-Bauer (Hg./dir.), Gallotropismus aus helvetischer Sicht/Le gallotropisme dans une perspective helvétique, Heidelberg (Universitätsverlag Winter) 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, http://nbn-resolving.de/urn:nbn:de:bsz:16-frrec-663834</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention, sélection et Humanités Numériques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension von: Michael Bender, Forschungsumgebungen in den Digital Humanities: Nutzerbedarf – Wissenstransfer – Textualität, Sprache und Wissen 22 (Berlin/Boston: De Gruyter, 2016),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Succéder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet DAHN : une pipeline pour l'édition numérique de documents d'archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rezension der Monographie von Viviane Rosen-Prest, La colonie huguenote de Prusse de 1780 à 1815. La fin d’une diaspora ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02569693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recreating Philology. Text in the Digital Humanities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02461734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Humanities und Kulturerbe: Vernunftehe oder unbezwingbare Leidenschaft?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02461738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do we still need peer-review? Datajournals as a way of reconsidering our evaluation culture and our understanding of research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formen der Kooperation. Vielfache Autorschaft und ihre digitale Abbildung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01562487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Einleitung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01251071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vortrag &amp;quot;Von Textherstellung und Datenverknüpfung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">„Digitale Philologie“ - Versuch einer Einordnung, mithilfe August Boeckhs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01132263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATRIUM Peer Review Framework (Version 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toma Tasovac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Bénière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carol Delmazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DARIAH ERIC. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05458734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survey on researchers requirements and practices towards Cultural Heritage institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Seillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Puren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Riondet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] Inria Paris. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse et réception de la pensée esthétique de K.W.F. Solger entre 1800 et 1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Université Paris VIII Vincennes-Saint Denis, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00783069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lettre à l'oeuvre. Modèle du réseau, archive du texte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. EHESS, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01562578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Praxis Praxis Praxis (und etwas Theorie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Praxis der DH, Universität Trier, Germany. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05058124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krieg- und Antikriegsliteratur in Deutschland und Frankreich 1914-1938</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Littérature Germanophone - Option allemand du master Etudes Culturelles Internationales, Le Mans, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was ist ein Friedensvertrag? Am Beispiel von Frankfurt, Versailles und München</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, Le Mans, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03137086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Fantasiestücke nach Callots Manier: Textgrundlage, editorische Prinzipien, Textauswahl und relevante Themen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Cours de préparation à l'option littérature de l'agrégation d'allemand, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grands thèmes prescrits pour l’agrégation externe dans les Fantasiestücke de E.T.A. Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Université de Nantes, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.T.A. Hoffmann-Leben und Werk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Préparation à l'option littérature de l'agrégation d'allemand 2021 - Fantasiestücke de E.T.A. Hoffmann, Université de Nantes, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Geschichte von der Reichsgründung bis zur NS-Zeit (1870-1933)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, Le Mans Université, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die « Intellektuellen »- eine kontroverse Kategorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Literatur im 20. Jahrhundert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Histoire et méthodologie de la littérature germanophone - L1 LLCER Allemand, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Literatur im 18. Jahrhundert - ein Überblick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Histoire et méthodologie de la littérature germanophone, Le Mans, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutsche Literatur: Einführung in die Literaturwissenschaft; die deutsche Literatur vom Mittelalter zum 17. Jh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die deutsche Romantik: literarische Innovationen, soziale Neuordnungen, Schaffensbedingungen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Littérature Germanophone - Option allemand du master Etudes Culturelles Internationales, Le Mans, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Großstadt und ihre Rolle für die deutsche Romantik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Le Mans, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03012124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die deutsche Nation als intellektuelles Konstrukt des 19. Jahrhunderts - Einführung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orte intellektuellen Wirkens in Deutschland zu Beginn des 19. Jhdts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Civilisation germanophone, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02953363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deutschsprachige Literatur im 19. Jahrhundert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. CM: La littérature germanophone au XIXème siècle, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02516708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Méthodologie du travail universitaire, Le Mans, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Lumières éducatrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Le Mans Université, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-02288650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire, LLCER, L1, Séance 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Méthodologie du travail universitaire, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie du travail universitaire. L1 LLCER, Séance 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-02288649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId276"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="38AA1DDF"/>
+    <w:nsid w:val="F67235A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="652F4F5E"/>
+    <w:nsid w:val="612D1AA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annebaillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4593-059X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073633828" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/39592455" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dariah.eu/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atrium-research.eu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-lemans.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://3lam.univ-lemans.fr/fr/membres/enseignants-chercheurs/baillot-anne.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.europaeischestudien.eu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://icar.cnrs.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfo.ac.uk/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://discholed.huma-num.fr/exist/apps/discholed/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.humboldt-foundation.de/web/start.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications-prairial.fr/accueil/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pamir.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doabooks.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transcript-verlag.de/digital-humanities-research" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.episciences.org/page/shs" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapasproject.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uni-bielefeld.de/datascience/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www1.ids-mannheim.de/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jtei.revues.org/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://genshagenerkreis.de/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068348v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25365/wdr-06-03-01" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143071v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ligozat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1498x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089436v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gouzi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toma Tasovac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/transformations.15780" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327393v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/transformations.16806" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057380v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lassner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Brandl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Nakajima" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/tacl_a_00538" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890686v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Carter" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grass" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10446" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890676v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10445" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687146v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.19002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01233380v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Busch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482671v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Neudecker" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Coburger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17175/sb005_006" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420483v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Giovacchini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jtei.3419" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01792393v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512217v3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergej Dogadov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus-Robert M&#252;ller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455253v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3224/bios.v30i1-2.01" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02143813v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02460405v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01133507v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01285917v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Romary" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mertens" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bfp-2016-0039" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232093v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140930v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schn&#246;pf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455692v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Heimburger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.7931" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455694v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareike K&#246;nig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.7959" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455685v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455687v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562580v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Seifert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455678v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455674v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Hackel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788671v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunhilde Wehinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455264v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679046v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455261v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421661v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126149v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053884v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431022v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Grallert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05101500v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15585652" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059565v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Page-Perron" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Richards" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708608v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/obp.0355" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668976v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04558158v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04636449v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584199v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104225v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140159v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04334774v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106174v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Frenoux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739718v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Roeder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Baker" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Lindsay Walton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Peaker" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704195v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451421v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chiffoleau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ovide" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202629v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958843v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925041v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405788v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5307" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925128v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925056v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vignale" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01826795v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03883832v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Puren" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582176v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Riondet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Seillier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463686v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392880v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132315v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01130425v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132693v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141235v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00879149v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455955v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676073v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455718v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455714v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128504v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Pag&#233;-Perron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Black Megan S." TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Durco" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15721848" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251762v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah B&#233;ni&#232;re" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Delmazo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15967748" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05458719v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gelati" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.16779915" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154855v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0355" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461918v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tison" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schreckenberg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Gaidt" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Grabe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120459v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Yuva" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455223v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.degruyter.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01150310v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#351;e Yuva" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455219v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Fantino" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefine Kitzbichler" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145227v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mildred Galland-Szymkowiak" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lit-verlag.de/isbn/3-643-90076-0" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455225v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455215v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455211v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145269v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coulombeau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455207v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Solger" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionsulm/856?lang=fr" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsulm.856" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455205v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056206v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530230v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530212v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530218v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462414v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543927v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562486v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455256v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140932v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278211v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01280972v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01277669v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Zeil" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01133239v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Sch&#246;ch" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01133645v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wehrhahn-verlag.de/public/index.php?ID_Section=1&amp;amp;ID_Category=2&amp;amp;ID_Product=1127" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455260v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232091v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455766v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466063v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Beaurepaire" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Hermant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455767v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455764v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455761v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455267v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Peters" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhard Sch&#252;tz" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/35248" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0351-0240-6" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455757v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455753v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455702v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455698v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455697v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887769v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455258v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556473v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455257v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401122v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628094v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569693v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461734v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461738v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463693v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562487v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251071v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466040v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132263v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05458734v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01562860v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00783069v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01562578v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058124v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180412v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03137086v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141707v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229935v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126697v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126699v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953356v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524075v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987092v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463980v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455415v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012124v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953348v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953363v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516708v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300724v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455408v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02288650v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293866v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02288649v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annebaillot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4593-059X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/073633828" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/39592455" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dariah.eu/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atrium-research.eu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-lemans.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://3lam.univ-lemans.fr/fr/membres/enseignants-chercheurs/baillot-anne.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.europaeischestudien.eu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://icar.cnrs.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfo.ac.uk/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://discholed.huma-num.fr/exist/apps/discholed/index.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.humboldt-foundation.de/web/start.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications-prairial.fr/accueil/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pamir.fr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doabooks.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transcript-verlag.de/digital-humanities-research" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.episciences.org/page/shs" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapasproject.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uni-bielefeld.de/datascience/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www1.ids-mannheim.de/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jtei.revues.org/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://genshagenerkreis.de/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068348v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baillot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25365/wdr-06-03-01" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143071v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ligozat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1498x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089436v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gouzi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toma Tasovac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/transformations.15780" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327393v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/transformations.16806" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057380v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lassner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Brandl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Nakajima" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/tacl_a_00538" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687146v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/germanica.19002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890686v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Carter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grass" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10446" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890676v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jdmdh.10445" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512217v3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergej Dogadov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus-Robert M&#252;ller" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482671v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Neudecker" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Coburger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17175/sb005_006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01233380v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Busch" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420483v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Giovacchini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jtei.3419" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01792393v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455253v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3224/bios.v30i1-2.01" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02143813v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02460405v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01133507v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232093v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01285917v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Romary" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mertens" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bfp-2016-0039" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140930v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schn&#246;pf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455692v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Heimburger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.7931" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455694v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mareike K&#246;nig" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.7959" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455685v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455687v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455678v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562580v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Seifert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455674v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Hackel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788671v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunhilde Wehinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455264v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679046v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455261v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421661v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126149v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053884v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431022v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Grallert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05101500v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15585652" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584199v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059565v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Page-Perron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Richards" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708608v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/obp.0355" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668976v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04558158v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04636449v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106174v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Frenoux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104225v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140159v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04334774v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739718v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Roeder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Baker" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Lindsay Walton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Peaker" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704195v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451421v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chiffoleau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ovide" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202629v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02958843v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925041v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405788v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5307" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925128v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925056v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vignale" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01826795v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463686v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03883832v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Puren" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582176v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Riondet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Seillier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392880v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132315v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01130425v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132693v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01141235v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00879149v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455955v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676073v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455718v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455714v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251762v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah B&#233;ni&#232;re" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Delmazo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15967748" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05458719v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gelati" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.16779915" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128504v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Pag&#233;-Perron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Black Megan S." TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Durco" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.15721848" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154855v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/OBP.0355" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461918v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tison" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Schreckenberg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Gaidt" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Grabe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145227v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mildred Galland-Szymkowiak" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lit-verlag.de/isbn/3-643-90076-0" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455219v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Fantino" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefine Kitzbichler" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120459v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Yuva" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455223v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.degruyter.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01150310v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ay&#351;e Yuva" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455225v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455215v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455211v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145269v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coulombeau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455207v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Solger" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionsulm/856?lang=fr" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsulm.856" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455205v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056206v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530230v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530212v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530218v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462414v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562486v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543927v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140932v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455256v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278211v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01280972v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01277669v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Zeil" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01133239v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Sch&#246;ch" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01133645v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wehrhahn-verlag.de/public/index.php?ID_Section=1&amp;amp;ID_Category=2&amp;amp;ID_Product=1127" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455260v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232091v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455766v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466063v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Beaurepaire" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Hermant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455767v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455764v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455757v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455761v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455267v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Peters" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhard Sch&#252;tz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/35248" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0351-0240-6" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455753v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455702v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455698v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455697v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887769v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455258v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556473v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455257v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401122v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628094v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569693v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461734v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461738v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463693v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01562487v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251071v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466040v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01132263v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05458734v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01562860v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00783069v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01562578v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058124v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180412v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03137086v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141707v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229935v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126697v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126699v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953356v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524075v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463980v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455415v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987092v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03012124v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953348v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953363v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516708v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300724v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455408v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02288650v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293866v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02288649v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>