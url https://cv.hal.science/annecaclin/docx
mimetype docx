--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,563 +100,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Musicians Have Better Short-Term Memory Than Nonmusicians? A Multilab Study</w:t>
+                <w:t xml:space="preserve">Attentional Refreshing in Working Memory and Its Interplay with Long-term Memory: A Behavioral and EEG Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimo Grassi</w:t>
+                <w:t xml:space="preserve">Maximilien Labaronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Talamini</w:t>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianmarco Altoè</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaën Plancher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Methods and Practices in Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/25152459251379432⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (3), pp.657-679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/jocn_a_02267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05382213v1</w:t>
+                <w:t xml:space="preserve">hal-04789168v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond pitch: temporal processing deficits in congenital amusia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brain dynamics of the interplay between auditory selective attention and working memory during melody encoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien de la Chapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Serres-Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floris Tijmen van Vugt</w:t>
+                <w:t xml:space="preserve">Alma Elshafei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+                <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Pralus</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne Caclin</w:t>
+                <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00426-025-02153-w⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.22453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-03378-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05139926v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05139162v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attentional Refreshing in Working Memory and Its Interplay with Long-term Memory: A Behavioral and EEG Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do Musicians Have Better Short-Term Memory Than Nonmusicians? A Multilab Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Grassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilien Labaronne</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Francesca Talamini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianmarco Altoè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvira Brattico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/jocn_a_02267⟩</w:t>
+              <w:t xml:space="preserve">Advances in Methods and Practices in Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (4), pp.1-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/25152459251379432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04789168v2</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain dynamics of the interplay between auditory selective attention and working memory during melody encoding</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beyond pitch: temporal processing deficits in congenital amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Serres-Blain</w:t>
+                <w:t xml:space="preserve">Floris Tijmen van Vugt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alma Elshafei</w:t>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis P Schwartz</w:t>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Daligault</w:t>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.22453. </w:t>
+              <w:t xml:space="preserve">Psychological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 89 (5), pp.141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-03378-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00426-025-02153-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05139162v2</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05139926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can melodic contour help encoding luminance sequences? A cross-modal short-term memory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Talamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Vigl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -776,51 +776,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrique Sequeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bidet-Caulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -884,90 +884,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of auditory cognition in 5‐ to 10‐year‐old children: Focus on speech‐in‐babble‐noise perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ginzburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Aguera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Child Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 96 (1), pp.407-425. </w:t>
@@ -999,2734 +999,2734 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the prefrontal cortex in musical and verbal short-term memory: A functional near-infrared spectroscopy study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cross-frequency coupling in cortico-hippocampal networks supports the maintenance of sequential auditory information in short-term memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Cheylus</w:t>
+                <w:t xml:space="preserve">Arthur Borderie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Collard</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Ferreri</w:t>
+                <w:t xml:space="preserve">Marcela Perrone-Bertolotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+                <w:t xml:space="preserve">Roxane Hoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2, pp.1-23. </w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (3), pp.e3002512. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/imag_a_00168⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3002512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04575183v1</w:t>
+                <w:t xml:space="preserve">hal-04609138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-frequency coupling in cortico-hippocampal networks supports the maintenance of sequential auditory information in short-term memory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Role of the prefrontal cortex in musical and verbal short-term memory: A functional near-infrared spectroscopy study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Ginzburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Borderie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Caclin</w:t>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Lachaux</w:t>
+                <w:t xml:space="preserve">Elise Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcela Perrone-Bertolotti</w:t>
+                <w:t xml:space="preserve">Laura Ferreri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane Hoyer</w:t>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 22 (3), pp.e3002512. </w:t>
+              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3002512⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/imag_a_00168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04609138v1</w:t>
+                <w:t xml:space="preserve">hal-04575183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individuals with congenital amusia remember music they like</w:t>
+                <w:t xml:space="preserve">Do developmental dyslexia and congenital amusia share underlying impairments?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohana Lévêque</w:t>
+                <w:t xml:space="preserve">Manon Couvignou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Glenn Schellenberg</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Régine Kolinsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13415-023-01084-6⟩</w:t>
+              <w:t xml:space="preserve">Child Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09297049.2022.2162031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04187980v1</w:t>
+                <w:t xml:space="preserve">hal-04090421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditory cortex and beyond: Deficits in congenital amusia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jackson Graves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Talamini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jackson Graves</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hearing Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 437, pp.108855. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.heares.2023.108855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do developmental dyslexia and congenital amusia share underlying impairments?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consonance Perception in Congenital Amusia: Behavioral and Brain Responses to Harmonicity and Beating Cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jackson Graves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Couvignou</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Andrew Oxenham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Child Neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09297049.2022.2162031⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (5), pp.765-780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/jocn_a_01973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090421v1</w:t>
+                <w:t xml:space="preserve">hal-04080670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consonance Perception in Congenital Amusia: Behavioral and Brain Responses to Harmonicity and Beating Cues</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Earworms in the Amusic Mind? Questionnaire Investigation in Congenital Amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pralus Agathe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Oxenham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+                <w:t xml:space="preserve">Caliani Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35 (5), pp.765-780. </w:t>
+              <w:t xml:space="preserve">Music &amp; Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.205920432311663. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/jocn_a_01973⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/20592043231166332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04080670v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04080712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earworms in the Amusic Mind? Questionnaire Investigation in Congenital Amusia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Individuals with congenital amusia remember music they like</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Glenn Schellenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caliani Hoarau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Albouy</w:t>
+                <w:t xml:space="preserve">Patrick Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Music &amp; Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6, pp.205920432311663. </w:t>
+              <w:t xml:space="preserve">Cognitive, Affective, and Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (4), pp.1210-1221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/20592043231166332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3758/s13415-023-01084-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04080712v1</w:t>
+                <w:t xml:space="preserve">hal-04187980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tonal structures benefit short-term memory for real music: Evidence from non-musicians and individuals with congenital amusia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics of Oddball Sound Processing: Trial-by-Trial Modeling of ECoG Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lalitte</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Albouy</w:t>
+                <w:t xml:space="preserve">Françoise Lecaignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Brunner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerwin Schalk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bandc.2022.105881⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.794654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2021.794654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685532v1</w:t>
+                <w:t xml:space="preserve">hal-03828586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dream recall frequency is associated with attention rather than with working memory abilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien de la Chapelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bidet-Caulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Ruby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sleep Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 31 (5), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jsr.13557⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03789364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Oddball Sound Processing: Trial-by-Trial Modeling of ECoG Signals</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Age‐related differences in bottom‐up and top‐down attention: Insights from EEG and MEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerwin Schalk</w:t>
+                <w:t xml:space="preserve">Hesham Elshafei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Fakche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2021.794654⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (5), pp.1215-1231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejn.15617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03828586v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03602712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced mismatch negativity in harmonic compared to inharmonic sounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.R. R Quiroga-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krzysztof Basinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Nasielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvira Brattico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ejn.15769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03865356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age‐related differences in bottom‐up and top‐down attention: Insights from EEG and MEG</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Shared cognitive resources between memory and attention during sound-sequence encoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Talamini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bidet-Caulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ejn.15617⟩</w:t>
+              <w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 84 (3), pp.739-759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13414-021-02390-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03602712v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04097901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shared cognitive resources between memory and attention during sound-sequence encoding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salomé Blain</w:t>
+                <w:t xml:space="preserve">Neurocomputational Underpinnings of Expected Surprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lecaignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Talamini</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13414-021-02390-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (3), pp.474 - 486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.0601-21.2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04097901v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurocomputational Underpinnings of Expected Surprise</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Caclin</w:t>
+                <w:t xml:space="preserve">Tonal structures benefit short-term memory for real music: Evidence from non-musicians and individuals with congenital amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Mattout</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Lalitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 42 (3), pp.474 - 486. </w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 161, pp.105881. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/jneurosci.0601-21.2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2022.105881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03828767v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid Assessment of Non-Verbal Auditory Perception in Normal-Hearing Participants and Cochlear Implant Users</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agathe Pralus</w:t>
+                <w:t xml:space="preserve">Listeners with congenital amusia are sensitive to context uncertainty in melodic sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.R. R Quiroga-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruben Hermann</w:t>
+                <w:t xml:space="preserve">E. Brattico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Cholvy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Annie Moulin</w:t>
+                <w:t xml:space="preserve">F. Cholvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm10102093⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 158, pp.107911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2021.107911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03413817v1</w:t>
+                <w:t xml:space="preserve">hal-03384356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Listeners with congenital amusia are sensitive to context uncertainty in melodic sequences</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Brattico</w:t>
+                <w:t xml:space="preserve">Is migraine associated to brain anatomical alterations? New data and coordinate-based meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Cholvy</w:t>
+                <w:t xml:space="preserve">Geneviève Demarquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Fornoni</w:t>
+                <w:t xml:space="preserve">David Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2021.107911⟩</w:t>
+              <w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (3), pp.384-401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10548-021-00824-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03384356v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03583593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is migraine associated to brain anatomical alterations? New data and coordinate-based meta-analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Salem Hannoun</w:t>
+                <w:t xml:space="preserve">Development of auditory cognition in 5‐ to 10‐year‐old children: Focus on musical and verbal short‐term memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Ginzburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Talamini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Topography: a Journal of Cerebral Function and Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10548-021-00824-6⟩</w:t>
+              <w:t xml:space="preserve">Developmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (3), pp.e13188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/desc.13188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03583593v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditory and visual short-term memory: Influence of material type, contour, and musical expertise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Talamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ginzburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Houix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychological Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00426-021-01519-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03384372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of auditory cognition in 5‐ to 10‐year‐old children: Focus on musical and verbal short‐term memory</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+                <w:t xml:space="preserve">Empirical Bayes evaluation of fused EEG-MEG source reconstruction: Application to auditory mismatch evoked responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lecaignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Talamini</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Mattout</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/desc.13188⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 226, pp.117468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.117468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434135v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirical Bayes evaluation of fused EEG-MEG source reconstruction: Application to auditory mismatch evoked responses</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rapid Assessment of Non-Verbal Auditory Perception in Normal-Hearing Participants and Cochlear Implant Users</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Cholvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Aguera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 226, pp.117468. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (10), pp.2093. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2020.117468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jcm10102093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469109v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03413817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditory attention alterations in migraine: A behavioral and MEG/EEG study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Demarquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hesham Elshafei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 131 (8), pp.1933-1946. </w:t>
@@ -3758,217 +3758,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03434203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recognition of musical emotions and their perceived intensity after unilateral brain damage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A case of verbal and emotional prosody processing dissociation after a right temporal venous infarct</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourgeois-Vionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Hermier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Pralus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 130, pp.78-93. </w:t>
+              <w:t xml:space="preserve">Neurological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (3), pp.737-737. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.05.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10072-020-04259-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02999502v1</w:t>
+                <w:t xml:space="preserve">hal-02999662v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-perceived attention difficulties are associated with sensory hypersensitivity in migraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4026,1138 +4026,1138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02996971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Music processing deficits in Landau-Kleffner syndrome: Four case studies in adulthood</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Recognition of musical emotions and their perceived intensity after unilateral brain damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Belfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 129, pp.99 - 111. </w:t>
+              <w:t xml:space="preserve">, 2020, 130, pp.78-93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.03.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.05.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02999336v1</w:t>
+                <w:t xml:space="preserve">hal-02999502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of verbal and emotional prosody processing dissociation after a right temporal venous infarct</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Music processing deficits in Landau-Kleffner syndrome: Four case studies in adulthood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bourgeois-Vionnet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Eliane Roulet-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Deonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 41 (3), pp.737-737. </w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 129, pp.99 - 111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10072-020-04259-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.03.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02999662v2</w:t>
+                <w:t xml:space="preserve">hal-02999336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short- and long-term memory for pitch and non-pitch contours: Insights from congenital amusia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decoding Task-Related Functional Brain Imaging Data to Identify Developmental Disorders: The Case of Congenital Amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jackson E. Graves</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+                <w:t xml:space="preserve">Sam Norman-Haignere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew J. Oxenham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Caclin</w:t>
+                <w:t xml:space="preserve">Isabelle Peretz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 136, pp.103614. </w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13, pp.1165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bandc.2019.103614⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2019.01165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02378149v1</w:t>
+                <w:t xml:space="preserve">hal-02378148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specialized neural dynamics for verbal and tonal memory: fMRI evidence in congenital amusia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emotional prosody in congenital amusia: Impaired and spared processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Peretz</w:t>
+                <w:t xml:space="preserve">A. Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Bermudez</w:t>
+                <w:t xml:space="preserve">R. Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert J Zatorre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+                <w:t xml:space="preserve">M. Gomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bhatara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hbm.24416⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 134, pp.107234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2019.107234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02378155v1</w:t>
+                <w:t xml:space="preserve">hal-02990275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional prosody in congenital amusia: Impaired and spared processes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Fornoni</w:t>
+                <w:t xml:space="preserve">Specialized neural dynamics for verbal and tonal memory: fMRI evidence in congenital amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Peretz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Bouet</w:t>
+                <w:t xml:space="preserve">Patrick Bermudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gomot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Bhatara</w:t>
+                <w:t xml:space="preserve">Robert J Zatorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2019.107234⟩</w:t>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (3), pp.855-867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hbm.24416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02990275v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoding Task-Related Functional Brain Imaging Data to Identify Developmental Disorders: The Case of Congenital Amusia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Short- and long-term memory for pitch and non-pitch contours: Insights from congenital amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jackson E. Graves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J. Oxenham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Peretz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 13, pp.1165. </w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 136, pp.103614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnins.2019.01165⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2019.103614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02378148v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Musical emotions in congenital amusia: Impaired recognition, but preserved emotional intensity</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Musical and verbal short-term memory: insights from neurodevelopmental and neurological disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/neu0000461⟩</w:t>
+              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1423 (1), pp.155-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nyas.13733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948263v1</w:t>
+                <w:t xml:space="preserve">hal-02378163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Musical and verbal short-term memory: insights from neurodevelopmental and neurological disorders</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Musical emotions in congenital amusia: Impaired recognition, but preserved emotional intensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 1423 (1), pp.155-165. </w:t>
+              <w:t xml:space="preserve">Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (7), pp.880-894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nyas.13733⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/neu0000461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02378163v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verbal and musical short-term memory: Variety of auditory disorders after stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Nighoghossian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 113, pp.10-22. </w:t>
@@ -5189,373 +5189,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03434269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrimination of tonal and atonal music in congenital amusia: The advantage of implicit tasks</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Altered intrinsic connectivity of the auditory cortex in congenital amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Fauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Groussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Albouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2016.02.027⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 116 (1), pp.88-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00663.2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01416655v1</w:t>
+                <w:t xml:space="preserve">hal-02386211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered intrinsic connectivity of the auditory cortex in congenital amusia</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Discrimination of tonal and atonal music in congenital amusia: The advantage of implicit tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lalitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bigand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 116 (1), pp.88-97. </w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 85, pp.10 - 18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00663.2015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2016.02.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386211v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01416655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicit learning of predictable sound sequences modulates human brain responses at different levels of the auditory hierarchy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Lecaignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5602,90 +5602,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attention orienting dysfunction with preserved automatic auditory change detection in migraine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Demarquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Brudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.500-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5713,247 +5713,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00914357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A confirmatory analysis of four acoustic correlates of timbre space</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrophysiological correlates of musical timbre perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvira Brattico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Mcadams</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Caclin</w:t>
+                <w:t xml:space="preserve">Bennett K. Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bennett K. Smith</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mari Ternaviemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Giard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 112</w:t>
+              <w:t xml:space="preserve">, 2002, 0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01105807v1</w:t>
+                <w:t xml:space="preserve">hal-01105803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrophysiological correlates of musical timbre perception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A confirmatory analysis of four acoustic correlates of timbre space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Mcadams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bennett K. Smith</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 0</w:t>
+              <w:t xml:space="preserve">, 2002, 112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01105803v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01105807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5984,77 +5984,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musical timbre perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvira Brattico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bennett K. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mari Ternaviemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petri Toiviainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6128,103 +6128,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EEG correlates of concurrent processing during visuospatial maintenance in working memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Labaronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lison Fanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Portrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychonomic Society’s 64th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, San Francisco, United States</w:t>
@@ -6253,77 +6253,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural oscillations of working memory maintenance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Labaronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaën Plancher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème colloque du GDR mémoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Carry-Le-Rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6374,64 +6374,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Díaz-Barriga Yáñez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlis Charpentier-Hélary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaën Plancher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychonomic Society's 64th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, San Francicco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6456,77 +6456,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural Oscillations of Attentional Refreshing and Verbal Rehearsal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Labaronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaën Plancher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychonomic Society 63rd Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6551,103 +6551,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consonance dans l’amusie congénitale : réponses comportementales et électrophysiologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jackson E. Graves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Pralus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Oxenham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes Journées Perception Sonore</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Brest, France. , 2017</w:t>
@@ -6708,64 +6708,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déficits neuro-développementaux et acquis de la mémoire à court terme auditive verbale et musicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMPR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -6833,103 +6833,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating Musical Emotions in People with Unilateral Brain Damage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Belfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Pralus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tranel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain, Beauty, and Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Oxford University Press, New York, pp.170-174, 2022, </w:t>
@@ -6967,64 +6967,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tone Deafness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">W.F. Thompson; K.N. Olsen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Science and Psychology of Music: From Beethoven at the Office to Beyoncé at the Gym</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9781440857720</w:t>
@@ -7079,345 +7079,345 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond pitch: temporal processing deficits in congenital amusia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Caclin</w:t>
+                <w:t xml:space="preserve">Optimizing short-channel regression in fNIRS: an empirical evaluation with ecological audiovisual stimuli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Strelnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Deguine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Caclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05139910v1</w:t>
+                <w:t xml:space="preserve">hal-05374320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing short-channel regression in fNIRS: an empirical evaluation with ecological audiovisual stimuli</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beyond pitch: temporal processing deficits in congenital amusia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floris Tijmen van Vugt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Caclin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Deguine</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05374320v1</w:t>
+                <w:t xml:space="preserve">hal-05139910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditory selective attention during a working memory task with melodies: a MEG study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien de la Chapelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Serres-Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Elshafei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7439,103 +7439,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Top-down inhibition of irrelevant information indexed by alpha rhythms is disrupted in migraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hesham Elshafei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Demarquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7589,51 +7589,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déficits et remédiation de la cognition auditive chez l’Humain : aspects comportementaux et neurophysiologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Caclin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences cognitives. Université Claude Bernard Lyon 1, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7820,51 +7820,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382213v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Grassi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Alto&#232;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Brattico" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459251379432" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139926v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Tijmen van Vugt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesly Fornoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Pralus" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Albouy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-025-02153-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789168v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Labaronne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;n Plancher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_02267" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139162v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de la Chapelle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Serres-Blain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Elshafei" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P Schwartz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03378-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388434v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vigl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Wille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Zentner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caclin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410015v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hinault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Sequeira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bidet-Caulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60554/sn.v68i1.99" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769620v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ginzburg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Aguera" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pierre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.14178" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575183v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Collard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferreri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00168" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609138v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Borderie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lachaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Perrone-Bertolotti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Hoyer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002512" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187980v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohana L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Glenn Schellenberg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouchet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-023-01084-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187505v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Graves" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2023.108855" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090421v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Couvignou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Kolinsky" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2022.2162031" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080670v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Oxenham" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01973" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080712v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pralus Agathe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caliani Hoarau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20592043231166332" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685532v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalitte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2022.105881" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789364v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Blain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Ruby" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13557" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828586v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lecaignard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Bertrand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brunner" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerwin Schalk" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.794654" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865356v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. R Quiroga-Martinez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Basinski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Nasielski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15769" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602712v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesham Elshafei" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Masson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fakche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Moulin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15617" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097901v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02390-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828767v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bertrand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0601-21.2021" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413817v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Hermann" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cholvy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10102093" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384356v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brattico" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cholvy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fornoni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2021.107911" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583593v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Demarquay" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Hannoun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-021-00824-6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384372v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Houix" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01519-0" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434135v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13188" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469109v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117468" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434203v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2020.05.024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999502v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Belfi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hirel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.05.015" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996971v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bidet-Caulet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.01.360" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999336v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Roulet-Perez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deonna" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.03.025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999662v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgeois-Vionnet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-020-04259-y" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378149v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson E. Graves" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Oxenham" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2019.103614" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378155v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Peretz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bermudez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Zatorre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.24416" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990275v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pralus" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bhatara" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.107234" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378148v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Norman-Haignere" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2019.01165" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01948263v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Teyssier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bigand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000461" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378163v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.13733" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434269v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Nighoghossian" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2017.01.003" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01416655v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2016.02.027" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386211v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fauvel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Groussard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00663.2015" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823176v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lecaignard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gimenez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00505" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00914357v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morlet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Brudon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fischer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2013.05.032" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105807v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcadams" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennett K. Smith" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105803v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Ternaviemi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Giard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105797v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petri Toiviainen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039577v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Fanuel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039575v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038724v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#237;az-Barriga Y&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lis Charpentier-H&#233;lary" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039572v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01544321v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789375v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958161v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tranel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780197513620.003.0034" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789311v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139910v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374320v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lemaire" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barone" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Strelnikov" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deguine" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139676v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434175v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04935569v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789168v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Labaronne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;n Plancher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_02267" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139162v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de la Chapelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Serres-Blain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Elshafei" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P Schwartz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03378-w" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382213v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Grassi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Alto&#232;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Brattico" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459251379432" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139926v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Tijmen van Vugt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesly Fornoni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Pralus" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Albouy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-025-02153-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388434v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vigl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Wille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Zentner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caclin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410015v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hinault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Sequeira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bidet-Caulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60554/sn.v68i1.99" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769620v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ginzburg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Aguera" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pierre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.14178" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609138v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Borderie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lachaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Perrone-Bertolotti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Hoyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002512" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575183v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Collard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferreri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00168" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090421v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Couvignou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Kolinsky" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2022.2162031" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187505v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Graves" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohana L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heares.2023.108855" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080670v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Oxenham" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01973" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080712v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pralus Agathe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caliani Hoarau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20592043231166332" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187980v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Glenn Schellenberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouchet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-023-01084-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828586v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lecaignard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Bertrand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brunner" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerwin Schalk" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.794654" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789364v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Blain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Ruby" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13557" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602712v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesham Elshafei" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Masson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fakche" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Moulin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15617" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865356v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. R Quiroga-Martinez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Basinski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Nasielski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15769" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097901v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02390-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828767v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bertrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0601-21.2021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685532v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalitte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2022.105881" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384356v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brattico" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cholvy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fornoni" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2021.107911" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583593v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Demarquay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Hannoun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10548-021-00824-6" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434135v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13188" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384372v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Houix" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01519-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469109v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.117468" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413817v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Hermann" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cholvy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10102093" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434203v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2020.05.024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999662v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgeois-Vionnet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-020-04259-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996971v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bidet-Caulet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.01.360" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999502v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Belfi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hirel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.05.015" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999336v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Roulet-Perez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deonna" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.03.025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378148v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Norman-Haignere" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Peretz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2019.01165" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990275v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pralus" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bhatara" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.107234" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378155v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bermudez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Zatorre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.24416" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378149v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson E. Graves" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Oxenham" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2019.103614" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378163v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.13733" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01948263v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Teyssier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bigand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000461" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434269v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Nighoghossian" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2017.01.003" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02386211v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fauvel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Groussard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00663.2015" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01416655v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2016.02.027" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823176v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lecaignard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gimenez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2015.00505" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00914357v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morlet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Brudon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fischer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2013.05.032" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105803v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennett K. Smith" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Ternaviemi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Giard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105807v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcadams" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105797v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petri Toiviainen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039577v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Fanuel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039575v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038724v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea D&#237;az-Barriga Y&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lis Charpentier-H&#233;lary" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039572v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01544321v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789375v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958161v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tranel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780197513620.003.0034" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789311v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374320v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lemaire" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barone" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Strelnikov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deguine" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139910v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139676v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434175v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04935569v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>