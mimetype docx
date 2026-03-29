--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1583,355 +1583,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02535354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la compréhension du biais de statu quo pour accompagner le changement : vers une mobilité des préférences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les listes d’entreprises stratégiques : objet frontière ou objet barrière de la politique publique d’intelligence économique territoriale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Krupicka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">VIIème Colloque de l’AIRMAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02152494v1</w:t>
+                <w:t xml:space="preserve">hal-02114077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les listes d’entreprises stratégiques : objet frontière ou objet barrière de la politique publique d’intelligence économique territoriale ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la compréhension du biais de statu quo pour accompagner le changement : vers une mobilité des préférences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Krupicka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIème Colloque de l’AIRMAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Biarritz, France</w:t>
+              <w:t xml:space="preserve">AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02114077v1</w:t>
+                <w:t xml:space="preserve">hal-02152494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les proximités à l’œuvre dans un projet de dispositif institutionnel d’accompagnement de l’innovation « en train de se faire »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’intelligence marketing au service de la co-innovation : le rôle clé des communautés stratégiques de connaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Krupicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées internationales de la Proximité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Tours, France</w:t>
+              <w:t xml:space="preserve">Colloque sur la Relation Client : Stratégies et innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICD Business School, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02114112v1</w:t>
+                <w:t xml:space="preserve">hal-04571886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intelligence marketing au service de la co-innovation : le rôle clé des communautés stratégiques de connaissance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les proximités à l’œuvre dans un projet de dispositif institutionnel d’accompagnement de l’innovation « en train de se faire »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Krupicka</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Moinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque sur la Relation Client : Stratégies et innovations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ICD Business School, Jun 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">8èmes Journées internationales de la Proximité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04571886v1</w:t>
+                <w:t xml:space="preserve">hal-02114112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to portray children in their absence?</w:t>
               </w:r>
@@ -2518,281 +2518,281 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choix, désobéissance et influence au coeur de la crise. Question d'éthique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La résilience au de-delà de l'organisation : le cas du système de santé néo-aquitain pendant la crise Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Méric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Sfez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Krupicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Julien Cusin; Christian Marcon; Antoine Renucci; Thomas Stenger. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Covid-19 - Management et démocratie dans les organisations de santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.145-162, 2025, Rencontres (Éd. Classiques Garnier), ISSN 2103-5636 ; 656, 978-2-406-17911-5</w:t>
+              <w:t xml:space="preserve">Manager les résiliences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS Management &amp; société, pp.177-184, 2025, Questions de Société, 978-2-38630-274-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05101428v1</w:t>
+                <w:t xml:space="preserve">hal-05498215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La résilience au de-delà de l'organisation : le cas du système de santé néo-aquitain pendant la crise Covid-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Choix, désobéissance et influence au coeur de la crise. Question d'éthique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Mestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Méric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Flora Sfez</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Cargnello-Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Krupicka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manager les résiliences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EMS Management &amp; société, pp.177-184, 2025, Questions de Société, 978-2-38630-274-9</w:t>
+              <w:t xml:space="preserve">Covid-19 - Management et démocratie dans les organisations de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.145-162, 2025, Rencontres (Éd. Classiques Garnier), ISSN 2103-5636 ; 656, 978-2-406-17911-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05498215v1</w:t>
+                <w:t xml:space="preserve">hal-05101428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vendre une chambre d’enfant : un design nourri par les apports du point de vente</w:t>
               </w:r>
@@ -3049,51 +3049,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B64E0B6C"/>
+    <w:nsid w:val="AB79B9D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3197,51 +3197,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="A4D584F2"/>
+    <w:nsid w:val="492C6B7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3345,51 +3345,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="122DF3E1"/>
+    <w:nsid w:val="E8D910E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3582,51 +3582,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annekrupicka" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-6648-4798" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055750230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/214848953" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000359066920" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605571v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mestre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guichard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Krupicka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Mengi Elayoubi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Autin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19204/2024/NDRS5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04506678v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Autin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.220.0022a" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571597v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marcon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moinet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113721v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coussi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.053.0005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421226v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-In&#233;s de la Ville" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-05-2016-0088" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152456v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.275.0067" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076433v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4607" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01369235v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1214" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417089v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cristau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.782" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512609v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stenger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Michaud-Tr&#233;vinal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512594v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535354v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mclaughlin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bobrie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152494v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114077v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114112v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571886v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377842v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997850v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571891v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Mestre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Besson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cargnello-Charles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961992v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Sfez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17913-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101428v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498215v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627928v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-In&#232;s de La Ville" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nicol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nouveau-monde.net/livre/?GCOI=84736100111120&amp;amp;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890339v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annekrupicka" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-6648-4798" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055750230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/214848953" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000359066920" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605571v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mestre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guichard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Krupicka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Mengi Elayoubi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Autin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19204/2024/NDRS5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04506678v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Autin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.220.0022a" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571597v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marcon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moinet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113721v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coussi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.053.0005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421226v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-In&#233;s de la Ville" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-05-2016-0088" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152456v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.275.0067" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076433v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4607" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01369235v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1214" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417089v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cristau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.782" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512609v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stenger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Michaud-Tr&#233;vinal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512594v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535354v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mclaughlin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bobrie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114077v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152494v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571886v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114112v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377842v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997850v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571891v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Mestre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Besson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cargnello-Charles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961992v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Sfez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17913-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498215v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101428v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627928v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie-In&#232;s de La Ville" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nicol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nouveau-monde.net/livre/?GCOI=84736100111120&amp;amp;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890339v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>