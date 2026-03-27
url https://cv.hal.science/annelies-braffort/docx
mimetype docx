--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2067,256 +2067,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01849177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thumb modeling for the generation of Sign Language</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael Filhol</w:t>
+                <w:t xml:space="preserve">Analysis and Description of Blinking in French Sign Language for Automatic Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chételat-Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Eleni Efthimiou, Georgios Kouroupetroglou, Stavroula-Evita Fotinea. </w:t>
+              <w:t xml:space="preserve">Eleni Efthimiou; Georgios Kouroupetroglou; Stavroula-Evita Fotinea. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gesture and Sign Language in Human-Computer Interaction and Embodied Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7206, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Lecture Notes in Computer Science / Lecture Notes in Artificial Intelligence, 978-3-642-34182-3. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-34182-3_14⟩</w:t>
+              <w:t xml:space="preserve">, pp.173-182, 2012, Lecture Notes in Computer Science / Lecture Notes in Artificial Intelligence, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-34182-3_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01634108v1</w:t>
+                <w:t xml:space="preserve">hal-03383910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and Description of Blinking in French Sign Language for Automatic Generation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Chételat-Pelé</w:t>
+                <w:t xml:space="preserve">Thumb modeling for the generation of Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Eleni Efthimiou; Georgios Kouroupetroglou; Stavroula-Evita Fotinea. </w:t>
+              <w:t xml:space="preserve">Eleni Efthimiou, Georgios Kouroupetroglou, Stavroula-Evita Fotinea. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gesture and Sign Language in Human-Computer Interaction and Embodied Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7206, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.173-182, 2012, Lecture Notes in Computer Science / Lecture Notes in Artificial Intelligence, </w:t>
+              <w:t xml:space="preserve">, 2012, Lecture Notes in Computer Science / Lecture Notes in Artificial Intelligence, 978-3-642-34182-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-34182-3_16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-34182-3_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03383910v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accessibilité du cyberespace : langues des signes</w:t>
               </w:r>
@@ -3386,672 +3386,694 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03384074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARGo: An Architecture for Sign Language Recognition and Interpretation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gesture in Human-Machine Communication: capture, analysis-synthesis, recognition, semantics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gherbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Gestural Interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-4471-0943-3_3⟩</w:t>
+              <w:t xml:space="preserve">Progress in Gestural Interaction - Proceedings of Gesture Workshop ’96</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer London, pp.89-95, 1997, 978-1-4471-0943-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4471-0943-3_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03384082v1</w:t>
+                <w:t xml:space="preserve">hal-03384087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gesture in Human-Machine Communication: capture, analysis-synthesis, recognition, semantics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ARGo: An Architecture for Sign Language Recognition and Interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philip A. Harling, Alistair D. N. Edwards. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Gestural Interaction - Proceedings of Gesture Workshop ’96</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer London, pp.89-95, 1997, 978-1-4471-0943-3. </w:t>
+              <w:t xml:space="preserve">Progress in Gestural Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer London, pp.17-30, 1997, 978-1-4471-0943-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-4471-0943-3_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4471-0943-3_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03384087v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03384082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (129)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (130)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LaboSignes : vers une IA participative pour la reconnaissance automatique de la Langue des Signes Française</w:t>
+                <w:t xml:space="preserve">PoET: Lightweight Pose Encoder Transformer for Online Sign Language Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julie Lascar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jules Françoise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sidonie Minodier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diandra Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études AFIA-ATALA : Technologies linguistiques pour les langues peu dotées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21st International Conference on Computer Vision Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Marbella, Spain. pp.19-28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0014237500004084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05495906v1</w:t>
+                <w:t xml:space="preserve">hal-05564749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Sign-level Strategies to Enhance Automatic Translation of French Sign Language</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">LaboSignes : vers une IA participative pour la reconnaissance automatique de la Langue des Signes Française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jules Françoise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Julie Lascar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Halbout</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Annelies Braffort</w:t>
+                <w:t xml:space="preserve">Sidonie Minodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVA 2025 - 25th ACM International Conference on Intelligent Virtual Agents</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée d'études AFIA-ATALA : Technologies linguistiques pour les langues peu dotées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05280328v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation of LSF subtitled videos without a pre-existing dictionary</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Exploring Sign-level Strategies to Enhance Automatic Translation of French Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diandra Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lascar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Halbout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Ouakrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC-COLING 2024 11th Workshop on the Representation and Processing of Sign Languages: Evaluation of Sign Language Resources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IVA 2025 - 25th ACM International Conference on Intelligent Virtual Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3742886.3756733⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04593866v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05280328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mediapi-RGB: Enabling Technological Breakthroughs in French Sign Language (LSF) Research through an Extensive Video-Text Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Ouakrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah Bull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4141,90 +4163,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matignon-LSF: a Large Corpus of Interpreted French Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Halbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diandra Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Ouakrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lascar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4260,778 +4282,752 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Findings of the Second WMT Shared Task on Sign Language Translation (WMT-SLT23)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Annotation of LSF subtitled videos without a pre-existing dictionary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lascar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Müller</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Danet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WMT23 - Eighth Conference on Machine Translation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LREC-COLING 2024 11th Workshop on the Representation and Processing of Sign Languages: Evaluation of Sign Language Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Turin, Italy. pp.100-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04287113v1</w:t>
+                <w:t xml:space="preserve">hal-04593866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction à base d'exemples du texte vers une représentation hiérarchique de la langue des signes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Bertin-Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Challant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORIA-TALN 2023 30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France. pp.28-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04130223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First WMT Shared Task on Sign Language Translation (WMT-SLT22)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Ebling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleftherios Avramidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Battisti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th Annual Conference of the European Association for Machine Translation (EAMT 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Tampere, Finland. pp.507-508</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04133073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multistream Model for Continuous Recognition of Lexical Units in French Sign Language</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Beautemps</w:t>
+                <w:t xml:space="preserve">Création semi-automatique d’un lexique bilingue langue des signes française (LSF) / français pour l’annotation de vidéos de LSF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lascar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GRETSI - Groupe de Recherche en Traitement du Signal et des Images, Aug 2023, Grenoble, France</w:t>
+              <w:t xml:space="preserve">5èmes journées du Groupement de Recherche CNRS « Linguistique Informatique, Formelle et de Terrain » LIFT 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR LIFT, Nov 2023, Vandoeuvre-Lès-Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04141925v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Example-Based Machine Translation from Text to a Hierarchical Representation of Sign Language</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Multistream Model for Continuous Recognition of Lexical Units in French Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Ouakrim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Beautemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Berthommier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Annual Conference of the European Association for Machine Translation (EAMT 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Tampere, Finland. pp.21-30</w:t>
+              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRETSI - Groupe de Recherche en Traitement du Signal et des Images, Aug 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133087v2</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Création semi-automatique d’un lexique bilingue langue des signes française (LSF) / français pour l’annotation de vidéos de LSF</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Lascar</w:t>
+                <w:t xml:space="preserve">Example-Based Machine Translation from Text to a Hierarchical Representation of Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Bertin-Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Challant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Danet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes journées du Groupement de Recherche CNRS « Linguistique Informatique, Formelle et de Terrain » LIFT 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR LIFT, Nov 2023, Vandoeuvre-Lès-Nancy, France</w:t>
+              <w:t xml:space="preserve">24th Annual Conference of the European Association for Machine Translation (EAMT 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Tampere, Finland. pp.21-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287070v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133087v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers l'annotation automatique de vidéos en Langue des Signes Française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lascar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5046,661 +5042,674 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Visage, gestes, actions et comportement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR ISIS, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04287134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motion analysis using 3D motion capture: the case of signer identification in Sign Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Félix Bigand</w:t>
+                <w:t xml:space="preserve">Findings of the Second WMT Shared Task on Sign Language Translation (WMT-SLT23)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malihe Alikhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleftherios Avramidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bowden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Issues in Sign Language Research 14</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WMT23 - Eighth Conference on Machine Translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Singapore, Singapore. pp.68-94, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2023.wmt-1.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133204v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Findings of the First WMT Shared Task on Sign Language Translation (WMT-SLT22)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Traitement Automatique des Langues des Signes par méthodes d’apprentissage automatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seventh Conference on Machine Translation (WMT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Abu Dhabi, United Arab Emirates. pp.744-772</w:t>
+              <w:t xml:space="preserve">Journées d'Etudes Sign'Maths</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133034v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosetta-LSF: an Aligned Corpus of French Sign Language and French for Text-to-Sign Translation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Bertin-Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Challant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Dauriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.4955-4962</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03720096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement Automatique des Langues des Signes par méthodes d’apprentissage automatique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Findings of the First WMT Shared Task on Sign Language Translation (WMT-SLT22)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Ebling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleftherios Avramidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Battisti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etudes Sign'Maths</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Seventh Conference on Machine Translation (WMT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Abu Dhabi, United Arab Emirates. pp.744-772</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03840068v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Example-based Multilinear Sign Language Generation from a Hierarchical Representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Dauriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élise Bertin-Lemée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LREC 2022 7th International Workshop on Sign Language Translation and Avatar Technology: The Junction of the Visual and the Textual (SLTAT 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.21-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03738596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis for the Kinematic Control of Identity in Sign Language</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Langue des Signes Française : Etat des lieux des ressources linguistiques et des traitements automatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Workshop on Sign Language Translation and Avatar Technology: The Junction of the Visual and the Textual</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">Journées Jointes des Groupements de Recherche Linguistique Informatique, Formelle et de Terrain (LIFT) et Traitement Automatique des Langues (TAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Marseille, France. pp.131-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03738501v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is a sign? A multidisciplinary overview for a finer definition for automatic processing</w:t>
               </w:r>
@@ -5749,220 +5758,233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langue des Signes Française : Etat des lieux des ressources linguistiques et des traitements automatiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis for the Kinematic Control of Identity in Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Bigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jointes des Groupements de Recherche Linguistique Informatique, Formelle et de Terrain (LIFT) et Traitement Automatique des Langues (TAL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Marseille, France. pp.131-138</w:t>
+              <w:t xml:space="preserve">7th International Workshop on Sign Language Translation and Avatar Technology: The Junction of the Visual and the Textual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03846845v1</w:t>
+                <w:t xml:space="preserve">hal-03738501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Fast Is Sign Language? A Reevaluation of the Kinematic Bandwidth Using Motion Capture</w:t>
+                <w:t xml:space="preserve">Motion analysis using 3D motion capture: the case of signer identification in Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Prigent</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th European Signal Processing Conference (EUSIPCO 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Online streaming, France</w:t>
+              <w:t xml:space="preserve">Theoretical Issues in Sign Language Research 14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351256v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dicta-Sign–LSF–v2 : étendre le traitement automatique des langues des signes grâce à un corpus de dialogue en Langue des Signes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Belissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5991,1024 +6013,998 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Minority languages spoken or signed and inclusive spaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Asynchronous online event, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03450108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The myth of signing avatars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalee Wolfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John C Mcdonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Efthimiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evita Fotinea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frankie Picron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Workshop on Automatic Translation for Signed and Spoken Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Online streaming, France. pp.33-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic Annotation and Segmentation of Sign Language Videos: Base-level Features and Lexical Signs Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Chaaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications (VISIGRAPP 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Online streaming, France. pp.484-491, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5220/0010247104840491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEDIAPI-SKEL -A 2D-Skeleton Video Database of French Sign Language With Aligned French Subtitles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hannah Bull</w:t>
+                <w:t xml:space="preserve">How Fast Is Sign Language? A Reevaluation of the Kinematic Bandwidth Using Motion Capture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Bigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Marseille, France. pp.6063-6068</w:t>
+              <w:t xml:space="preserve">29th European Signal Processing Conference (EUSIPCO 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Online streaming, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02952340v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dicta-Sign-LSF-v2: Remake of a Continuous French Sign Language Dialogue Corpus and a First Baseline for Automatic Sign Language Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Belissen</w:t>
+                <w:t xml:space="preserve">Automatic Segmentation of Sign Language into Subtitle-Units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Bull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sign Language Recognition, Translation &amp; Production workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Glasgow ( virtual ), United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-66096-3_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02541792v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Person Identification Based on Sign Language Motion: Insights from Human Perception and Computational Modeling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Prigent</w:t>
+                <w:t xml:space="preserve">Improving and Extending Continuous Sign Language Recognition: Taking Iconicity and Spatial Language into account</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Belissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Movement and Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LREC2020, 9th Workshop on the Representation and Processing of Sign Languages: Sign Language Resources in the Service of the Language Community, Technological Challenges and Application Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, E. Efthimiou, S.-E. Fotinea,T. Hanke, J. A. Hochgesang, J. Kristoffersen, J. Mesch (eds.), 2020, Marseille, France. pp.7-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03078733v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Segmentation of Sign Language into Subtitle-Units</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hannah Bull</w:t>
+                <w:t xml:space="preserve">Towards Continuous Recognition of Illustrative and Spatial Structures in Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Belissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Language Recognition, Translation &amp; Production workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECCV Sign Language Recognition, Translation and Production Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, Aug 2020, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-66096-3_14⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03098684v1</w:t>
+                <w:t xml:space="preserve">hal-03060270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving and Extending Continuous Sign Language Recognition: Taking Iconicity and Spatial Language into account</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Belissen</w:t>
+                <w:t xml:space="preserve">MEDIAPI-SKEL -A 2D-Skeleton Video Database of French Sign Language With Aligned French Subtitles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Bull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC2020, 9th Workshop on the Representation and Processing of Sign Languages: Sign Language Resources in the Service of the Language Community, Technological Challenges and Application Perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, E. Efthimiou, S.-E. Fotinea,T. Hanke, J. A. Hochgesang, J. Kristoffersen, J. Mesch (eds.), 2020, Marseille, France. pp.7-12</w:t>
+              <w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Marseille, France. pp.6063-6068</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02541816v1</w:t>
+                <w:t xml:space="preserve">hal-02952340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Continuous Recognition of Illustrative and Spatial Structures in Sign Language</w:t>
+                <w:t xml:space="preserve">Dicta-Sign-LSF-v2: Remake of a Continuous French Sign Language Dialogue Corpus and a First Baseline for Automatic Sign Language Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Belissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCV Sign Language Recognition, Translation and Production Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer, Aug 2020, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Marseille, France. pp.6040‑6048</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03060270v1</w:t>
+                <w:t xml:space="preserve">hal-02541792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign Language Recognition, Generation, and Translation: An Interdisciplinary Perspective</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Person Identification Based on Sign Language Motion: Insights from Human Perception and Computational Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Bigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 21st International ACM SIGACCESS Conference on Computers and Accessibility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3308561.3353774⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Movement and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, Jul 2020, Jersey City / Virtual, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3401956.3404187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02394580v1</w:t>
+                <w:t xml:space="preserve">hal-03078733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animating virtual signers : the issue of gestural anonymization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7027,196 +7023,196 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Intelligent Virtual Agents (ACM IVA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACM, Jul 2019, Paris, France. pp.252-255, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3308532.3329410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an Automatic Annotation of French Sign Language Videos: Detection of Lexical Signs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Chaaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAIP 2019: Computer Analysis of Images and Patterns</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Salerno, Italy. pp.402-412, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-29891-3_35⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03058012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrieving Human Traits from Gesture in Sign Language : The Example of Gestural Identity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7235,92 +7231,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Movement and Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Tempe, United States. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3347122.3359607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signing Avatar Motion: Combining Naturality and Anonymity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7362,1511 +7358,1550 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Sign Language Translation and Avatar Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling French Sign Language: a proposal for a semantically compositional system</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sign Language Recognition, Generation, and Translation: An Interdisciplinary Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Bragg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Koller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larwan Berke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Boudreault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 21st International ACM SIGACCESS Conference on Computers and Accessibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Pittsburgh, United States. pp.16-31, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3308561.3353774⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01848986v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02394580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Realistically Animating Proforms Involving Placement and Movement in Sign Languages</w:t>
+                <w:t xml:space="preserve">Modeling French Sign Language: a proposal for a semantically compositional system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Mcdonald</w:t>
+                <w:t xml:space="preserve">Mohamed Hadjadj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosalee Wolfe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference of the International Society for Gesture Studies: Gesture and diversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELRA, May 2018, Miyazaki, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01848984v1</w:t>
+                <w:t xml:space="preserve">hal-01848986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which picture? A Methodology for the Evaluation of Sign Language Animation Understandability</w:t>
+                <w:t xml:space="preserve">Realistically Animating Proforms Involving Placement and Movement in Sign Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vonjiniaina Domohina Malala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elise Prigent</w:t>
+                <w:t xml:space="preserve">John Mcdonald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bastien Berret</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalee Wolfe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ELRA, May 2018, Miyazaki, Japan</w:t>
+              <w:t xml:space="preserve">Conference of the International Society for Gesture Studies: Gesture and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01836469v1</w:t>
+                <w:t xml:space="preserve">hal-01848984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction gestuelle : de la capture à la production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Which picture? A Methodology for the Evaluation of Sign Language Animation Understandability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vonjiniaina Domohina Malala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Ecole de printemps sur les IHM et la RVA (IVAR 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Alger, Algérie</w:t>
+              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELRA, May 2018, Miyazaki, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03425273v1</w:t>
+                <w:t xml:space="preserve">hal-01836469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le regard et les mains : Annotation et analyse multipistes d'un corpus de LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Internationales de la Linguistique de Corpus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collecting and Analysing a Motion-Capture Corpus of French Sign Language</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interaction gestuelle : de la capture à la production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Portoroz, Slovenia</w:t>
+              <w:t xml:space="preserve">1ère Ecole de printemps sur les IHM et la RVA (IVAR 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Alger, Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633625v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement automatique des Langues des Signes, Applications potentielles dans le cadre des TICE</w:t>
+                <w:t xml:space="preserve">MOCAP1: A motion capture corpus of French Sign Language for interdisciplinary studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les outils techniques et numériques au service de l’enseignement spécialisé - Colloque INJS/INSHEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées d'études D.I.G : La dynamique Interactionnelle du Geste "Making sense together"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03425443v1</w:t>
+                <w:t xml:space="preserve">hal-01633628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MOCAP1: A motion capture corpus of French Sign Language for interdisciplinary studies</w:t>
+                <w:t xml:space="preserve">Traitement Automatique des Langues des Signes - État des lieux et projets en cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'études D.I.G : La dynamique Interactionnelle du Geste "Making sense together"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque « innovation et handicap » de la Fédération Française des Télécoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01633628v1</w:t>
+                <w:t xml:space="preserve">hal-03425470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement Automatique des Langues des Signes - État des lieux et projets en cours</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconnaissance et approches descriptives des langues des signes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Hadjadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « innovation et handicap » de la Fédération Française des Télécoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Histoire des langues et histoire des représentations linguistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03425470v1</w:t>
+                <w:t xml:space="preserve">hal-01633630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance et approches descriptives des langues des signes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eye gaze in French Sign Language: a study on depicting signs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire des langues et histoire des représentations linguistiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Theoretical Issues in Sign Language Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633630v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01633624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eye gaze in French Sign Language: a study on depicting signs</w:t>
+                <w:t xml:space="preserve">AVATAR : La LSF tout en numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Issues in Sign Language Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Melbourne, Australia</w:t>
+              <w:t xml:space="preserve">Conférence visuel-LSF « La Langue des Signes Française, point central de notre positionnement qualité »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01633624v1</w:t>
+                <w:t xml:space="preserve">hal-03425468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AVATAR : La LSF tout en numérique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Collecting and Analysing a Motion-Capture Corpus of French Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-El-Fatah Benchiheub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence visuel-LSF « La Langue des Signes Française, point central de notre positionnement qualité »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Portoroz, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03425468v1</w:t>
+                <w:t xml:space="preserve">hal-01633625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Gaussian mixture representation of gesture kinematics for on-line Sign Language video annotation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Traitement automatique des Langues des Signes, Applications potentielles dans le cadre des TICE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Visual Computing ISVC'15</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les outils techniques et numériques au service de l’enseignement spécialisé - Colloque INJS/INSHEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01245123v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sign Language processing: from resources to applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Information and Communication Technology and Accessibility </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APLUS: a 3D Corpus of French Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-El-Fatah Benchiheub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International ACM SIGACCESS Conference on Computers and Accessibility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACM, Oct 2015, Lisbonne, Portugal. pp.381-382, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2700648.2811380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eye gaze annotation practices: description vs. interpretation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Gaussian mixture representation of gesture kinematics for on-line Sign Language video annotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Manzanera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gouiffès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on Visual Computing ISVC'15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Las Vegas, United States. pp.293-303, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-27863-6_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634101v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01245123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plat'in : Plateforme pour l'apprentissage de la LSF, étude préliminaire et spécification</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eye gaze annotation practices: description vs. interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier "EIAH et Situations de handicap"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Toulouse, France. pp.9-14</w:t>
+              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03840085v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KAZOO: a sign language generation platform based on production rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8925,747 +8960,708 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Sign Language Translation and Avatar Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Platin : Plateforme d'enseignement/apprentissage de la Langue des Signes Française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Zampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Tice Alpes 2013 - "De l'artisanat à l'ingénierie"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signing avatars - The past and the future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matt Huenerfauth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalee Wolfe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signing Creatures Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dicta-Sign Wiki: Enabling Web Communication for the Deaf</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plat'in : Plateforme pour l'apprentissage de la LSF, étude préliminaire et spécification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Zampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computers for Handicapped Persons - Computers Helping People with Special Needs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Atelier "EIAH et Situations de handicap"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Toulouse, France. pp.9-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03383778v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défi d'annotation DEGELS2012 : la segmentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Developing web fully-integrated conversational assistant agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Sansonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Werner Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Jaques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Leila Boutora</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP-TALN-RECITAL</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Research in Applied Computation Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, San Antonio, France. pp.14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2401603.2401607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01803808v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03384095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dicta-Sign -Building a Multilingual Sign Language Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silke Matthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Regen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Storz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satu Worseck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Workshop on the Representation and Processing of Sign Languages: Interactions between Corpus and Lexicon. Satellite Workshop to the eighth International Conference on Language Resources and Evaluation (LREC-2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03404012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing web fully-integrated conversational assistant agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Paul Sansonnet</w:t>
+                <w:t xml:space="preserve">Défi d'annotation DEGELS2012 : la segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Werner Correa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
+                <w:t xml:space="preserve">Leila Boutora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Research in Applied Computation Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JEP-TALN-RECITAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATALA/AFCP, Jun 2012, Grenoble, France. pp.1-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03384095v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01803808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie d'exploration de corpus et de formalisation de règles grammaticales pour les langues des signes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9681,73 +9677,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, G. Antoniadis, H. Blanchon, G. Sérasset, Jan 2012, Reno, États-Unis. pp.375-382</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Study on Qualification/Naming Structures in Sign Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9763,73 +9759,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Representation and processing of Sign Languages, Language resources and evaluation conference (LREC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01849200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What constraints for representing multilinearity in Sign language?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9845,375 +9841,414 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Constraint Solving and Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01849162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DEGELS1: A comparable corpus of French Sign Language and co-speech gestures</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sign Language technologies and resources of the Dicta-Sign project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Efthimiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stavroula-Evita Fotinea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hanke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Glauert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bowden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2012 - 8th International Conference on Language Resources and Evaluation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ELRA, May 2012, Istanbul, Turkey. pp.2426-2429</w:t>
+              <w:t xml:space="preserve">5th Workshop on the Representation and Processing of Sign Languages: Interactions between Corpus and Lexicon. Satellite Workshop to the eighth International Conference on Language Resources and Evaluation (LREC-2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634104v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign Language technologies and resources of the Dicta-Sign project</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DEGELS1: A comparable corpus of French Sign Language and co-speech gestures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Boutora</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Workshop on the Representation and Processing of Sign Languages: Interactions between Corpus and Lexicon. Satellite Workshop to the eighth International Conference on Language Resources and Evaluation (LREC-2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">LREC 2012 - 8th International Conference on Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELRA, May 2012, Istanbul, Turkey. pp.2426-2429</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404004v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic generation of French Sign Language</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Dicta-Sign Wiki: Enabling Web Communication for the Deaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Efthimiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stavroula-Evita Fotinea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hanke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Glauert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bowden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on Sign Language translation (SLTAT)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Computers for Handicapped Persons - Computers Helping People with Special Needs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Linz, Austria. pp.205-212, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-31534-3_32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02285109v1</w:t>
+                <w:t xml:space="preserve">hal-03383778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation and analysis of non manual gestures involved in LSF: blinking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chetelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10229,493 +10264,506 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Gesture Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2011, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Text to Sign Language translation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic generation of French Sign Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on Sign Language translation (SLTAT), challenge 1: symbolic translation</w:t>
+              <w:t xml:space="preserve">International workshop on Sign Language translation (SLTAT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285111v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SpatiAnn, un outil pour annoter l'utilisation de l'espace dans les corpus vidéo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Text to Sign Language translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Bolot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATALA, Jan 2011, Montpellier, France. pp.2</w:t>
+              <w:t xml:space="preserve">International workshop on Sign Language translation (SLTAT), challenge 1: symbolic translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634147v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual signer coarticulation in Octopus, a Sign Language generation platform</w:t>
+                <w:t xml:space="preserve">SpatiAnn, un outil pour annoter l'utilisation de l'espace dans les corpus vidéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bolot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Gesture Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Athens, Greece</w:t>
+              <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATALA, Jan 2011, Montpellier, France. pp.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634112v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation et premiers résultats du défi d'annotation DEGELS2011 sur un corpus bilingue de français oral et de langue des signes française</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Virtual signer coarticulation in Octopus, a Sign Language generation platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roxane Bertrand</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.3-11</w:t>
+              <w:t xml:space="preserve">International Gesture Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01514695v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation for Sign Language Processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présentation et premiers résultats du défi d'annotation DEGELS2011 sur un corpus bilingue de français oral et de langue des signes française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Boutora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anne Sallandre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annelies Braffort</w:t>
+                <w:t xml:space="preserve">Roxane Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Language Corpora Network, 3rd workshop on annotation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.3-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424240v1</w:t>
+                <w:t xml:space="preserve">hal-01514695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement automatique des langues des signes : le projet Dicta-Sign, des corpus aux applications</w:t>
               </w:r>
@@ -11342,673 +11390,634 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation informatique de la langue des signes française : description ou création d'une variété standard ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annick Choisier</w:t>
+                <w:t xml:space="preserve">Annotation for Sign Language Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Sallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du CerLiCO "L'exemple et le corpus : quel statut ?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Sign Language Corpora Network, 3rd workshop on annotation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01634120v1</w:t>
+                <w:t xml:space="preserve">hal-03424240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign Language Recognition, Generation, and Modelling: A Research Effort with Applications in Deaf Communication</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">LSF resources (French Sign Language)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Sallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Universal Access in Human-Computer Interaction. Addressing Diversity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sign Language Corpora Network, 1st workshop on annotation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, London, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404091v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LSF resources (French Sign Language)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Anne Sallandre</w:t>
+                <w:t xml:space="preserve">Animation generation process for Sign Language synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Language Corpora Network, 1st workshop on annotation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">International Conferences on Advances in Computer-Human Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424244v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animation generation process for Sign Language synthesis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael Filhol</w:t>
+                <w:t xml:space="preserve">SL teacher : a framework for teaching LSF on the web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Sansonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Segouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conferences on Advances in Computer-Human Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Cancun, Mexico</w:t>
+              <w:t xml:space="preserve">International Conference on ICT and Accessibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634136v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SL teacher : a framework for teaching LSF on the web</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Issues in dynamic generation of sign language utterances for a web 2.0 virtual signer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Sansonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on ICT and Accessibility</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Intelligent Virtual Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Amsterdam, Netherlands. pp.482-483, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-04380-2_53⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634123v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Issues in dynamic generation of sign language utterances for a web 2.0 virtual signer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Informing the design of deictic behaviors of a web agent with spoken and sign language video data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Sansonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Sansonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Intelligent Virtual Agents</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Gesture Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Bielefeld, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-04380-2_53⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01634128v1</w:t>
+                <w:t xml:space="preserve">hal-01634130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward categorization of Sign Language corpora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12024,630 +12033,669 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Building and Using Comparable Corpora: from Parallel to Non-parallel Corpora</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACL (pub.) - Fung P., Zweigenbaum P. &amp; Rapp R. (eds.), Jan 2009, Suntec, Singapore. pp.64-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01634126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Informing the design of deictic behaviors of a web agent with spoken and sign language video data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Sansonnet</w:t>
+                <w:t xml:space="preserve">An architecture for Sign Language Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delorme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Gesture Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2009, Bielefeld, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634130v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An architecture for Sign Language Synthesis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael Filhol</w:t>
+                <w:t xml:space="preserve">Toward the study of sign language coarticulation : methodology proposal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Gesture Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Bielefeld, Germany</w:t>
+              <w:t xml:space="preserve">International Conferences on Advances in Computer-Human Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634135v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the study of sign language coarticulation : methodology proposal</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sign Language Recognition, Generation, and Modelling: A Research Effort with Applications in Deaf Communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleni Efthimiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stavroula-Evita Fotinea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vogler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hanke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Glauert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conferences on Advances in Computer-Human Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Universal Access in Human-Computer Interaction. Addressing Diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, San Diego, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-02707-9_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634122v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition d'une méthodologie de réalisation d'un corpus de signes 3D isolés de LSF</w:t>
+                <w:t xml:space="preserve">Modélisation informatique de la langue des signes française : description ou création d'une variété standard ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Segouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Choisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles - Atelier Traitement Automatique des Langues des Signes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Avignon, France</w:t>
+              <w:t xml:space="preserve">Colloque du CerLiCO "L'exemple et le corpus : quel statut ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633762v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A web-based framework for interactive deictic and sign language agents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Description des mouvements des sourcils pour la génération automatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chetelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Workshop sur les Agents Conversationnels Animés (WACA 2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425414v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01633765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description des mouvements des sourcils pour la génération automatique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A web-based framework for interactive deictic and sign language agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Sansonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Avignon, France</w:t>
+              <w:t xml:space="preserve">3ème Workshop sur les Agents Conversationnels Animés (WACA 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633765v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signs language corpus annotation : toward a new methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chetelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12663,168 +12711,168 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2008, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation of non manual gestures : eyebrow movement description</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chetelat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Véronis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Marrakech, Morocco. pp.28-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building 3D French sign language lexicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12883,276 +12931,250 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Language Resources and Evaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2008, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign Language (SL) in Graphical Form : Methodology, modellisation and representations for gestural communication</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Boutet</w:t>
+                <w:t xml:space="preserve">Proposition d'une méthodologie de réalisation d'un corpus de signes 3D isolés de LSF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Dalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Language (SL) in Graphical Form : Methodology, modellisation and representations for gestural communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Lyon, France. http://gesture-lyon2005.ens-lsh.fr/article.php3?id_article=230</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles - Atelier Traitement Automatique des Langues des Signes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00165911v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01633762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accessibilité et langue des signes : modélisations, méthodes, applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Internationale sur l'Accessibilité et les Systèmes de Suppléance aux personnes en situations de handicap "Pour une meilleure insertion dans la société" (2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2007, Toulouse, France. pp.1--8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The first steps of a signing avatar project for French Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13168,591 +13190,604 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Gesture Studies Conference : Integrating Gestures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2007, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sign Language Processing: Modelling of spatio-temporal constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CSLP@Context07: 4th International Workshop on Constraints and Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Roskilde, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démonstrations d'Elsi, la signeuse virtuelle du LIMSI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signing avatar : say hello to Elsi!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles (TALN), Traitement automatique des langues des signes (atelier TALS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Toulouse, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Gesture in Human-Computer Interaction and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2007, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285133v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01633757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signing avatar : say hello to Elsi!</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La langue des signes et avatars signants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Gesture in Human-Computer Interaction and Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2007, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">Journée de travail du Groupe de Travail sur les Agents Conversationnels Animés (GT ACA) sur le thèse « ACA et Geste »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633757v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La langue des signes et avatars signants</w:t>
+                <w:t xml:space="preserve">Démonstrations d'Elsi, la signeuse virtuelle du LIMSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de travail du Groupe de Travail sur les Agents Conversationnels Animés (GT ACA) sur le thèse « ACA et Geste »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles (TALN), Traitement automatique des langues des signes (atelier TALS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425338v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en place d'une méthodologie pour l'annotation des Gestes Non Manuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Chételat-Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Veronis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement Automatique des Langues des Signes (TALS 2007), atelier de Traitement Automatique des Langues Naturelles 2007 (TALS 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ELSI balbutie ! Vers une plateforme d'animation d'avatar signant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Bolot</w:t>
+                <w:t xml:space="preserve">Sign Language (SL) in Graphical Form : Methodology, modellisation and representations for gestural communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael Filhol</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop sur les agents conversationnels animés (WACA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Toujouse, France</w:t>
+              <w:t xml:space="preserve">Sign Language (SL) in Graphical Form : Methodology, modellisation and representations for gestural communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Lyon, France. http://gesture-lyon2005.ens-lsh.fr/article.php3?id_article=230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285138v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00165911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sign description, how geometry and graphing serve linguistic issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13768,1123 +13803,1123 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical issues on Sign Language research (TISLR 9)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Florianopolis, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01849184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Articulatory Analysis of the Manual Parameters of the French Sign Language Conventional Signs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ELSI balbutie ! Vers une plateforme d'animation d'avatar signant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages: lexicographic matters and didactic scenarios. International Conference on Language Resources and Evaluation (LREC 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Gênes, Italy</w:t>
+              <w:t xml:space="preserve">Workshop sur les agents conversationnels animés (WACA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Toujouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404117v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign Language corpus analysis: Synchronisation of linguistic annotation and numerical data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Articulatory Analysis of the Manual Parameters of the French Sign Language Conventional Signs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Language Resources and Evaluation (LREC 2006)</w:t>
+              <w:t xml:space="preserve">Workshop on the Representation and Processing of Sign Languages: lexicographic matters and didactic scenarios. International Conference on Language Resources and Evaluation (LREC 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Gênes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404143v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sequential approach to lexical sign description</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Filhol</w:t>
+                <w:t xml:space="preserve">Sign Language corpus analysis: Synchronisation of linguistic annotation and numerical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Representation and processing of Sign Languages, Language resources and evaluation conference (LREC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Genova, Italy</w:t>
+              <w:t xml:space="preserve">International Conference on Language Resources and Evaluation (LREC 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Gênes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01849195v1</w:t>
+                <w:t xml:space="preserve">hal-03404143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des relations spatiales en langue des signes française</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A sequential approach to lexical sign description</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues des Signes (TALS 2005), atelier de Traitement Automatique des Langues Naturelles (TALN 2005)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Dourdan, France</w:t>
+              <w:t xml:space="preserve">Representation and processing of Sign Languages, Language resources and evaluation conference (LREC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Genova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425377v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01849195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sign language processing: models, representations, tools for video analysis, for signing avatars and for communication</w:t>
+                <w:t xml:space="preserve">Modélisation des relations spatiales en langue des signes française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrice Dalle</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Segouat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Society for Gesture Studies (ISGS 2005) conference: "Interacting bodies"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Lyon, France</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues des Signes (TALS 2005), atelier de Traitement Automatique des Langues Naturelles (TALN 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04678548v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward an Annotation Software for Video of Sign Language, Including Image Processing Tools and Signing Space Modelling</w:t>
+                <w:t xml:space="preserve">Sign language processing: models, representations, tools for video analysis, for signing avatars and for communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Language Resources and Evaluation (LREC 2004)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">2nd International Society for Gesture Studies (ISGS 2005) conference: "Interacting bodies"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404163v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04678548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un système de reconnaissance de gestes pour la Réalité Virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Convard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Congrès Francophone AFRIF-AFIA Reconnaissance des Formes &amp; Intelligence Artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations sémantiques dans le traitement automatique de la Langue des Signes Française</w:t>
+                <w:t xml:space="preserve">Toward an Annotation Software for Video of Sign Language, Including Image Processing Tools and Signing Space Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Choisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gianni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Espace du geste et de la posture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Caen, France</w:t>
+              <w:t xml:space="preserve">International Conference on Language Resources and Evaluation (LREC 2004)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425476v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corpora for sign language studies</w:t>
+                <w:t xml:space="preserve">Les représentations sémantiques dans le traitement automatique de la Langue des Signes Française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Multimodal Corpora, international conference on Language Resources and Evaluation (LREC 2004)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2004, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Colloque Espace du geste et de la posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424256v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations informatiques des gestes et des énoncés de LSF</w:t>
+                <w:t xml:space="preserve">Corpora for sign language studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée « Expression et Communication en Interface Homme-Machine » de l"Université Paris 8</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Saint-Denis, France</w:t>
+              <w:t xml:space="preserve">Workshop on Multimodal Corpora, international conference on Language Resources and Evaluation (LREC 2004)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2004, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425477v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presentation of three French Sign Language corpora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Choisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanch Lejeune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Gesture Workshop on Gesture and Sign Language based Human-Computer Interaction (GW 2003)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2003, Genova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse sémantico-cognitive de quelques structures en Langue des Signes Française</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Représentations informatiques des gestes et des énoncés de LSF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Desclés</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oralité et Gestualité (ORAGE 2001)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Journée « Expression et Communication en Interface Homme-Machine » de l"Université Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425387v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet LS-COLIN. Quel outil de notation pour quelle analyse de la Langue des Signes ?</w:t>
               </w:r>
@@ -14896,51 +14931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Choisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cuxac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14989,964 +15024,977 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie pour la conception et l’évaluation d’un système de reconnaissance de gestes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachid Gherbi</w:t>
+                <w:t xml:space="preserve">Analyse sémantico-cognitive de quelques structures en Langue des Signes Française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanch Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Desclés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Congrès Francophone AFRIF-AFIA Reconnaissance des Formes &amp; Intelligence Artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Paris, France</w:t>
+              <w:t xml:space="preserve">Oralité et Gestualité (ORAGE 2001)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03425389v1</w:t>
+                <w:t xml:space="preserve">hal-03425387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of cooperation between pointing gestures and constrained speech during human-computer interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Martin</w:t>
+                <w:t xml:space="preserve">Méthodologie pour la conception et l’évaluation d’un système de reconnaissance de gestes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Gherbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachid Gherbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measuring Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2000, Nijmegen, Netherlands</w:t>
+              <w:t xml:space="preserve">12ème Congrès Francophone AFRIF-AFIA Reconnaissance des Formes &amp; Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404184v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video-tracking and recognition of pointing gestures using Hidden Markov Models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of cooperation between pointing gestures and constrained speech during human-computer interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Gherbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Intelligent Engineering Systems (INES’98)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1998, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Measuring Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2000, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03423965v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARGo : un système de reconnaissance et de compréhension de la Langue des Signes Française</w:t>
+                <w:t xml:space="preserve">Video-tracking and recognition of pointing gestures using Hidden Markov Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Gherbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">sixième conférence internationale sur la communication homme-machine et les systèmes intelligents (Interfaces’97)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, Montpellier, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Intelligent Engineering Systems (INES’98)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1998, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425393v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03423965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Computer System Dedicated to Sign Language</w:t>
+                <w:t xml:space="preserve">ARGo : un système de reconnaissance et de compréhension de la Langue des Signes Française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Ergonomics Association Congress (IEA’97)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">sixième conférence internationale sur la communication homme-machine et les systèmes intelligents (Interfaces’97)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03423975v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A gesture recognition architecture for sign language</w:t>
+                <w:t xml:space="preserve">A Computer System Dedicated to Sign Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM conference on Assistive technologies (ASSETS'96)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Ergonomics Association Congress (IEA’97)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Tampere, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/228347.228364⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03423992v1</w:t>
+                <w:t xml:space="preserve">hal-03423975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropomorphic model for hand gesture interface</w:t>
+                <w:t xml:space="preserve">A gesture recognition architecture for sign language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Teil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Conference on Human Factors in Computer Systems (CHI'94)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/259963.260474⟩</w:t>
+              <w:t xml:space="preserve">ACM conference on Assistive technologies (ASSETS'96)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1996, Vancouver, Canada. pp.102-109, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/228347.228364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424189v1</w:t>
+                <w:t xml:space="preserve">hal-03423992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principes d’analyse et de traitement des gestes dynamiques</w:t>
+                <w:t xml:space="preserve">Hand configuration preprocessing tool for Sign Language Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Teil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM'94</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, Lille, France</w:t>
+              <w:t xml:space="preserve">Rehabilitation Engineering and Assistive Technology Society of North America (RESNA’94)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, Nashville, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425399v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hand configuration preprocessing tool for Sign Language Recognition</w:t>
+                <w:t xml:space="preserve">Anthropomorphic model for hand gesture interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Teil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rehabilitation Engineering and Assistive Technology Society of North America (RESNA’94)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Conference on Human Factors in Computer Systems (CHI'94)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1994, Boston, United States. pp.259-260, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/259963.260474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424200v1</w:t>
+                <w:t xml:space="preserve">hal-03424189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance des gestes de la main en environnement réel</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Principes d’analyse et de traitement des gestes dynamiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">sixième conférence internationale sur la communication homme-machine et les systèmes intelligents (Interfaces’93)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, ?, France</w:t>
+              <w:t xml:space="preserve">IHM'94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03425404v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03425399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Space, Language and gestures: A model of multimodal expression of space</w:t>
+                <w:t xml:space="preserve">Reconnaissance des gestes de la main en environnement réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Briffault</w:t>
+                <w:t xml:space="preserve">Thomas Baudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Association of Science and Technology for Development (IASTED’93)</w:t>
+              <w:t xml:space="preserve">sixième conférence internationale sur la communication homme-machine et les systèmes intelligents (Interfaces’93)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, ?, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424212v1</w:t>
+                <w:t xml:space="preserve">hal-03425404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Model of Cooperation Between Natural Language and Natural Gestures to Describe Spatial Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15970,111 +16018,193 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Space, Language and gestures: A model of multimodal expression of space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelies Braffort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Association of Science and Technology for Development (IASTED’93)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, ?, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Utilisation des gestes de la main pour l’interaction homme-machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHM'92</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16084,113 +16214,113 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Langue des Signes Française (LSF) - modélisations, ressources et applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE éditions, 2016, 9781784050504</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesture-Based Communication in Human-Computer Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16199,99 +16329,99 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Gherbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Teil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Richardson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer Berlin Heidelberg, 1739, 1999, Lecture Notes in Computer Science, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/3-540-46616-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16301,65 +16431,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation automatique d'un corpus de Langue des Signes Française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Halbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16374,73 +16504,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Jeunes Chercheurs en Parole (RJCP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sign Language Processing with Linguistic Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16449,119 +16579,119 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Halbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMVA Symposium on AI for Sign Language Translation, Production, and Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animer un signeur virtuel par Mocap : le problème de l'identité gestuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16603,87 +16733,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Fédération Demenÿ-Vaucanson (FéDeV) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04222963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatisation des annotations des vidéos en LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Chaaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16698,73 +16828,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handiversité 2018 "Le handicap, un vecteur pour l'innovation"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02272421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de vidéos de Langue des Signes Française à des fins de reconnaissance automatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Belissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16793,73 +16923,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handiversité 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Orsay, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02146360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse automatique de vidéos de communication visuo-gestuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16875,100 +17005,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Convention Scientifique de l'Institut Carnot Cognition : Autonomie et Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02272420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles informations visuelles sont essentielles à la compréhension de la langue des signes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-El-Fatah Benchiheub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16983,100 +17113,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée FéDeV 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Descripteurs de mouvement pour l'annotation semi-automatique de vidéos de langue des signes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Benseghir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17091,284 +17221,284 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée FéDeV 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les projets de recherche en lien avec le handicap du LIMSI-CNRS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bellik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Max</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er colloque Handiversité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01836632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dicta-Sign - Use of a Multilingual Corpus to Improve Sign Language Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silke Matthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Storz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satu Worseck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bowden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Workshop of the Sign Language Corpus Network: Exploitation (SLCN 4 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Berlin, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17378,534 +17508,534 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État de l'art des technologies linguistiques pour la langue française</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId360" w:history="1">
+                <w:t xml:space="preserve">European Language Equality - Report on the French Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioana Vasilescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Yvon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] CNRS - LISN. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ioana Vasilescu</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-03637784v1</w:t>
+                <w:t xml:space="preserve">hal-03637776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European Language Equality - Report on the French Language</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId360" w:history="1">
+                <w:t xml:space="preserve">État de l'art des technologies linguistiques pour la langue française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Vasilescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Yvon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] CNRS - LISN. 2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS - LISN. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03637776v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier DEGELS 2012: Défi GEste Langue des Signes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Boutora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Serasset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JEP-TALN-RECITAL 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ATALA/AFCP, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01805084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier DEGELS 2011 : DEfi GEste Langue des Signes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Boutora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Boutora, Leila et Braffort, Annelies. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement Automatique du Langage (TALN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, France. ATALA, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier TALS : Traitement Automatique de la Langue des Signes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier de la conférence TALN-RECITAL 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tome 2 - Ateliers, ATALA, https://taln.limsi.fr/actes-articles.htm#tals, 2005, Actes de TALN-RECITAL 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17915,51 +18045,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sign Language Translation and Avatar Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalee Wolfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17968,123 +18098,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleni Efthimiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stavroula-Evita Fotinea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Universal Access in the Information Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special Issue: Sign Language Translation and Avatar Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalee Wolfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18126,51 +18256,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machine Translation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 35 (3), 2021, Special Issue: Sign Language Translation and Avatar Technology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18180,51 +18310,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic recognition of Sign Language structures in RGB videos: the detection of pointing and lexical signs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Belissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18246,153 +18376,153 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02146368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a gesture representation network for Sign Language analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Belissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Gouiffes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelies Braffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02146369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId374"/>
+      <w:footerReference w:type="default" r:id="rId376"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18539,51 +18669,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256752v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Braffort" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221882v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalee Wolfe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Efthimiou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evita Fotinea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hanke" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10209-023-01014-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738616v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John McDonald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ebling" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy van Landuyt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info13040206" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298752v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bigand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prigent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.710132" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411455v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259464" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060271v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Belissen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a13120310" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02291707v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Collomb" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kahane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.2164" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633619v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Filhol" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delorme" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bolot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Choisier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10209-015-0415-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633777v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chetelat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Segouat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.1992" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633776v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633775v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Sansonnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Verrecchia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634132v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12553-9_28" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-7QK41243-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633773v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dalle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10209-007-0103-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZWP9Q2FL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633755v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350334v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bellin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376033v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849174v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/la-langue-des-signes-francaise-lsf/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849177v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634108v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-34182-3_14" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34182-3_14" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383910v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ch&#233;telat-Pel&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-34182-3_16" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34182-3_16" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376025v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634133v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-12553-9_28" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634121v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-12553-9_29" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12553-9_29" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505178v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gibet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384043v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanch Lejeune" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11678816_4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-RVZWDLJ9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384056v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bossard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Jardino" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-24598-8_9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-QHFSM17B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384060v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Descl&#233;s Jean-Pierre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-47873-6_21" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-39QS30BS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384088v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-47873-6_1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-NFXB59K6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384065v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Gherbi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-46616-9_14" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-P8NHNKJC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384074v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gibet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richardson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebourque" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFB0052993" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4CD9LPK4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384082v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-0943-3_3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384087v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gherbi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-0943-3_8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495906v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Fran&#231;oise" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lascar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Minodier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280328v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Halbout" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Ouakrim" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3742886.3756733" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593866v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494094v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Bull" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beautemps" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hueber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012372600003660" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593865v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287113v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias M&#252;ller" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malihe Alikhani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftherios Avramidis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bowden" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.wmt-1.4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130223v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bertin-Lem&#233;e" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Challant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133073v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Battisti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Berger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141925v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berthommier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133087v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Bertin-Lem&#233;e" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287070v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287134v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133204v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133034v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720096v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dauriac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840068v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738596v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738501v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prigent" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840058v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846845v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351256v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450108v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375968v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C Mcdonald" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frankie Picron" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375858v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Chaaban" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010247104840491" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952340v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541792v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078733v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3401956.3404187" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098684v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66096-3_14" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541816v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060270v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394580v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Bragg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Koller" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Bellard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larwan Berke" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boudreault" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308561.3353774" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400928v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308532.3329410" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058012v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29891-3_35" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400930v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3347122.3359607" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400929v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848986v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hadjadj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848984v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mcdonald" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836469v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonjiniaina Domohina Malala" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425273v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634139v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633625v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-El-Fatah Benchiheub" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425443v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633628v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425470v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633630v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hadjadj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633624v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425468v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245123v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Mart&#237;nez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Manzanera" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27863-6_27" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634143v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634100v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2700648.2811380" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634101v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840085v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Metz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Zampa" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634102v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634144v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634145v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Huenerfauth" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383778v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula-Evita Fotinea" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Glauert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31534-3_32" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803808v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Boutora" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404012v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Matthes" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Regen" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Storz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satu Worseck" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384095v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Sansonnet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Werner Correa" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Jaques" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2401603.2401607" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634103v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849200v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849162v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634104v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boutora" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404004v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285109v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634109v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285111v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634147v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634112v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514695v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bertrand" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424240v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Sallandre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634113v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634118v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634115v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Delorme" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634114v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634117v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Efthimiou" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fotinea" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hanke" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Glauert" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bowden" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634119v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Matthes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Storz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Dimou" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634120v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404091v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vogler" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02707-9_3" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424244v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634136v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634123v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634128v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-04380-2_53" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DGWZ7XF1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634126v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634130v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634135v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634122v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633762v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425414v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633765v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633763v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633764v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J V&#233;ronis" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633760v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00165911v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Garcia" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633759v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633756v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424249v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285133v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633757v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425338v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425376v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Veronis" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285138v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849184v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404117v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404143v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Martin" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849195v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425377v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678548v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404163v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Choisier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Collet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dalle" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gianni" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425383v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Convard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425476v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424256v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425477v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424228v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425387v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Descl&#233;s" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425369v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cuxac" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425389v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404184v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423965v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425393v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423975v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423992v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/228347.228364" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424189v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Teil" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/259963.260474" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425399v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424200v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425404v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudel" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424212v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briffault" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424207v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425409v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375980v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375993v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Richardson" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-46616-9" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495878v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495664v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222963v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272421v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146360v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272420v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425438v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633629v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Benseghir" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Martinez" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836632v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Bellik" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Max" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419837v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637784v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Vasilescu" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Yvon" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nomin&#233;" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637776v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805084v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Serasset" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803811v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424279v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221885v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375911v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146368v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146369v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiffes" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256752v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Braffort" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221882v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalee Wolfe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Efthimiou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evita Fotinea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hanke" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10209-023-01014-w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738616v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John McDonald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ebling" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy van Landuyt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info13040206" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298752v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Bigand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prigent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.710132" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411455v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0259464" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060271v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Belissen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a13120310" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02291707v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Collomb" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kahane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.2164" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633619v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Filhol" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delorme" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bolot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Choisier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10209-015-0415-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633777v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chetelat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Segouat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.1992" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633776v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633775v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Sansonnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Verrecchia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634132v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12553-9_28" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-7QK41243-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633773v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dalle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10209-007-0103-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZWP9Q2FL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633755v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350334v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bellin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376033v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849174v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/la-langue-des-signes-francaise-lsf/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849177v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383910v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ch&#233;telat-Pel&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-34182-3_16" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34182-3_16" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634108v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-34182-3_14" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-34182-3_14" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376025v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634133v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-12553-9_28" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634121v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-642-12553-9_29" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12553-9_29" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505178v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gibet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384043v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanch Lejeune" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11678816_4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-RVZWDLJ9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384056v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bossard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Jardino" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-24598-8_9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-QHFSM17B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384060v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Descl&#233;s Jean-Pierre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-47873-6_21" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-39QS30BS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384088v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-47873-6_1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-NFXB59K6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384065v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Gherbi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-46616-9_14" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-P8NHNKJC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384074v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gibet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Richardson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebourque" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFB0052993" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4CD9LPK4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384087v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Forest" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gherbi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-0943-3_8" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384082v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-0943-3_3" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564749v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lascar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Fran&#231;oise" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0014237500004084" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495906v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Minodier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280328v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Halbout" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Ouakrim" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3742886.3756733" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494094v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Bull" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beautemps" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hueber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012372600003660" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593865v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593866v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Danet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130223v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bertin-Lem&#233;e" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Challant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133073v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias M&#252;ller" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleftherios Avramidis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Battisti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Berger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287070v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141925v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berthommier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133087v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Bertin-Lem&#233;e" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287134v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287113v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malihe Alikhani" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bowden" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.wmt-1.4" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840068v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720096v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dauriac" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133034v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738596v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846845v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840058v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738501v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prigent" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133204v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450108v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375968v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C Mcdonald" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frankie Picron" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375858v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Chaaban" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010247104840491" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351256v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098684v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66096-3_14" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541816v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060270v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952340v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541792v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078733v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3401956.3404187" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400928v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308532.3329410" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058012v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29891-3_35" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400930v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3347122.3359607" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400929v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394580v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Bragg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Koller" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Bellard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larwan Berke" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boudreault" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308561.3353774" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848986v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hadjadj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848984v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Mcdonald" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836469v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vonjiniaina Domohina Malala" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634139v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425273v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633628v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425470v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633630v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hadjadj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633624v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425468v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633625v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-El-Fatah Benchiheub" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425443v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634143v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634100v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2700648.2811380" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245123v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Mart&#237;nez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Manzanera" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27863-6_27" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634101v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634102v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634144v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Metz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Zampa" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634145v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Huenerfauth" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840085v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384095v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Sansonnet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Werner Correa" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Jaques" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2401603.2401607" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404012v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Matthes" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Regen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Storz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satu Worseck" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803808v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Boutora" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634103v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849200v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849162v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404004v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula-Evita Fotinea" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Glauert" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634104v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boutora" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383778v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31534-3_32" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634109v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285109v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285111v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634147v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634112v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514695v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Bertrand" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634113v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634118v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634115v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Delorme" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634114v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634117v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Efthimiou" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fotinea" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Hanke" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Glauert" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bowden" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634119v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Matthes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Storz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Dimou" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424240v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Sallandre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424244v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634136v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634123v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634128v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-04380-2_53" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DGWZ7XF1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634130v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634126v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634135v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634122v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404091v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vogler" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02707-9_3" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634120v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633765v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425414v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633763v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633764v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J V&#233;ronis" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633760v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633762v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633759v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633756v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424249v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633757v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425338v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285133v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425376v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Veronis" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00165911v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Garcia" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849184v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285138v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404117v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404143v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Martin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849195v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425377v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678548v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425383v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Convard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404163v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Choisier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Collet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dalle" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gianni" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425476v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424256v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424228v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425477v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425369v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cuxac" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425387v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Descl&#233;s" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425389v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404184v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423965v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425393v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423975v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423992v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/228347.228364" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424200v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Teil" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424189v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/259963.260474" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425399v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425404v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudel" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424207v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briffault" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424212v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425409v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375980v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375993v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Richardson" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-46616-9" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495878v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495664v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222963v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272421v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146360v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272420v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425438v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633629v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Benseghir" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Martinez" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836632v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Bellik" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Max" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419837v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637776v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Vasilescu" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Yvon" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637784v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nomin&#233;" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805084v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Serasset" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803811v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424279v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221885v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375911v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146368v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146369v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiffes" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>