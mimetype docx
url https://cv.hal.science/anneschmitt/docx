--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -242,209 +242,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Être prise au jeu. Navigatrice, surfeuse, ou enquêtrice ? La vigilance épistémologique à l’épreuve du jeu sportif</w:t>
+                <w:t xml:space="preserve">‘It’s a bit tough when you’re just trying to have fun’: gendered practices of school sport surfing in France and California</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Atencio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margo Curschellas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07053436.2024.2321748⟩</w:t>
+              <w:t xml:space="preserve">Sport, Education and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13573322.2023.2300352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04313729v1</w:t>
+                <w:t xml:space="preserve">hal-04380050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘It’s a bit tough when you’re just trying to have fun’: gendered practices of school sport surfing in France and California</w:t>
+                <w:t xml:space="preserve">Être prise au jeu. Navigatrice, surfeuse, ou enquêtrice ? La vigilance épistémologique à l’épreuve du jeu sportif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Margo Curschellas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport, Education and Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1-14. </w:t>
+              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 47 (1), pp.105-123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13573322.2023.2300352⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/07053436.2024.2321748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04380050v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lutter contre la domination masculine dans la navigation à voile en milieu scolaire</w:t>
               </w:r>
@@ -625,51 +625,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“If I’m sailing with a girl, I get identified as a ‘marshmallow’ ”: Gendered practices of school sport sailing in Western France and California</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Atencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Sempé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -820,51 +820,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“You’re sitting on a hot soccer field drinking Gatorade…I’m sitting in a yacht club just enjoying the view, enjoying the drinks”: Parental reproduction of social class through school sport sailing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Atencio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Sempé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1060,51 +1060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duke Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Atencio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">95th Pacifical Sociological Association's Annual Conference (PSA, 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Pacific sociological association, Mar 2024, San Diego (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2179,51 +2179,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parenting in School-Based Sailing Programs: Gender and Social Class Reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Atencio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Steven Ortiz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Family and Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Emerald Publishing Limited; Emerald Publishing Limited, pp.45-56, 2023, Research in the Sociology of Sport, </w:t>
@@ -2274,51 +2274,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“I’m a son of a son of a sailor”: gender and social class reproduction through parenting in school sport sailing programs in western France and California</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Atencio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emergent Sociological Issues in Family and Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Emerald Publishing., 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2337,217 +2337,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04342267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Football: dégommer les normes</w:t>
+                <w:t xml:space="preserve">Queer empowerment : Roller Derby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Bohuon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florys Castan Vicente</w:t>
+                <w:t xml:space="preserve">Florys Castan-Vicente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Feu ! Abécédaire des féminismes présents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03470536v1</w:t>
+                <w:t xml:space="preserve">hal-03470544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Queer empowerment : Roller Derby</w:t>
+                <w:t xml:space="preserve">Football: dégommer les normes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Bohuon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florys Castan-Vicente</w:t>
+                <w:t xml:space="preserve">Florys Castan Vicente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Feu ! Abécédaire des féminismes présents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03470544v1</w:t>
+                <w:t xml:space="preserve">hal-03470536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2820,51 +2820,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="93E62E0B"/>
+    <w:nsid w:val="5124CD6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3051,51 +3051,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anneschmitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5503-5097" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249438070" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/116160242742252430648" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313729v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schmitt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2024.2321748" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380050v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Atencio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margo Curschellas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13573322.2023.2300352" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601091v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Semp&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.090.0133" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723255v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bohuon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.136.0103" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470442v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Semp&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690219897549" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470451v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1897108" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356336X20911386" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470436v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Renaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.3064" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528974v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duke Austin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380898v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380934v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quidu Matthieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380902v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380913v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380910v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380906v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380919v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470513v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470508v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470504v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470494v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470499v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470488v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314855v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1476-285420230000019004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470536v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florys Castan Vicente" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470544v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florys Castan-Vicente" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541874v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02965204v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020REN20009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anneschmitt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5503-5097" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/249438070" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/116160242742252430648" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380050v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schmitt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Atencio" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margo Curschellas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13573322.2023.2300352" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313729v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2024.2321748" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601091v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Semp&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.090.0133" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723255v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bohuon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.136.0103" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470442v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Semp&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690219897549" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470451v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1897108" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356336X20911386" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470436v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Renaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.3064" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528974v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duke Austin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380898v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380934v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quidu Matthieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380902v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380913v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380910v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380906v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380919v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470513v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470508v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470500v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470504v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470494v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470499v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470488v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314855v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1476-285420230000019004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470544v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florys Castan-Vicente" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470536v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florys Castan Vicente" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541874v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02965204v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020REN20009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>