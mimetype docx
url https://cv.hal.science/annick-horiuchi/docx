--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2096,1536 +2096,1549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Translators of Dutch Books in Late Eighteenth and Early Nineteenth Century Japan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Horiuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aleksandra Kobiljski and Nicolas Fiévé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Professional Elites of Modern Japan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège de France -Centre d'études japonaises, pp.29-64, 2025, Bibliothèque de l'Institut des Hautes Études Japonaises, 978-2-913-21748-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les espèces médicinales dans le Honzō zufu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Horiuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Matthias Hayek; Nicolas Mollard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Honzō Zufu : Album illustré de la materia medica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Citadelles &amp; Mazenod, pp.101-111, 2025, 9782386110399</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Transmettre le savoir agricole au plus grand nombre : L'exemple du Traité complet d'agriculture (Nōgyō zensho, 1697)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lesigne-Audoly Évelyne; Schaal Sandra; Takahashi Nozomi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modalités et acteurs de la transmission au Japon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires Rhin &amp; Danube, pp.81-114, 2025, 978-2-493323-96-5</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires Rhin &amp; Danube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.81-114, 2025, 978-2-493323-96-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...145 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Making of an Attractive Guidebook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stephan Köhn; Chantal Weber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Commercialization of Knowledge : Enlightening the Masses in Premodern Japan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kulturwissenschaftliche Japanstudien (14), Harrassowitz Verlag, pp.169-188, 2024, 978-3-447-12333-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04935601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">対立する利害に引き裂かれて</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">身分を交差させる：日本とフランスの近世</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tokyo University Press, pp.297- 326, 2023, 978-4-13-020313-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04155543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Horiuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guide illustré des produits renommés des monts et mers du Japon. Nippon sankai meisan zue.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02781990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production Techniques in Early Modern Japan as seen through ‘Famous Products of Japan from Mountain and Sea, Illustrated’ (Nippon sankai meisan zue, 1799)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technical Knowledge in Early Modern Japan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Renaissance Books, pp.1-27, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2307/j.ctv176ktd4.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinsei Nihonshisôshi ni okeru honyaku no yakuwari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Masashi Tsujimoto; Xingqing Xu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Shisôshi kara Higashi Ajia o kangaeru</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nihongaku kenkyûsôsho, pp.271-294, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01677906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Jinkōki Phenomenon: The Story of a Longstanding Calculation Manual in Tokugawa Japan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Horiuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Listen, Copy, Read: Popular Learning in Early Modern Japan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.253-287, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01073961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">近世遊歴絵師の日常と社会観</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National de la Littérature Japonaise et Institut des Hautes Etudes Japonaises. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">集と断片--類聚と編纂の日本文化</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bensei shuppan, pp.278-296, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01023574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editors' introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Hayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Listen, Copy, Read: Popular Learning in Early Modern Japan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Brill, pp.253-287, 2014</w:t>
+              <w:t xml:space="preserve">, 46, Brill, pp.1-19, 2014, Brill's Japanese Studies Library, 9789004279704</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Matthias Hayek</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01077776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">History of Mathematics Education in East Asia in Premodern Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bréard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alexander Karp; Gert Schubring. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook on the History of Mathematics Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer New York</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.153-174, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01677905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le quotidien d'un lettré en voyage à Nagasaki : le Journal de Shiba Kōkan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cécile Sakai, Daniel Struve, Terada Sumie, Vieillard-Baron Michel et Robert Jean-Noël. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Rameaux noués, Hommages offerts à Jacqueline Pigeot</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège de France, pp.253-276, 2013, Bibliothèque de l'IHEJ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00943087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloges du Japon et de la japonité au seuil du XVIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nihon no Aidentitî, Keisei to Hankyô (Le Japon et son identité : formation et impact); Shijû nikoku jinbutsu josetsu; Kai tsûshôkô;</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hosei Publishing, pp.113-139, 2012, Koksai Nihongaku kenkyû sôsho 16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00947538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaiho Seiryô, or the importance of discernment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">W.J. Boot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Readings in the Intellectual History of Early Modern Japan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brill, pp.473-518, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00736754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Japon et la Russie au tournant du XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dejanirah Couto et François Lachaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Empires éloignés, L'Europe et le Japon (XVIe-XIXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole Française de l'Extrême-Orient, pp.171-192, 2010, Etudes thématiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00669033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les lettrés japonais au tournant du XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Annick Horiuchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques lettrées au Japon et en Chine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Indes savantes, pp.45-66, 2010, Etudes japonaises</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00669036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">日本思想史のあり方を考えるー丸山眞男論を通じて</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">星野勉. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">国際日本学とはなにか　内と外からのまなざし</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 三和書籍, pp.145-160, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00743748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">『海上珍奇集』における人間や動物に関する言説</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">志筑忠雄没後200年記念国際シンポジュウム報告書・蘭学のフロンテイア志筑忠雄の世界</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 長崎文献社, pp.90-99, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00743749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Sakoku-ron et la construction de l'identité japonaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sakae Murakami-Giroux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La rencontre du Japon et de l'Europe - Images d'une découverte -Actes du troisième colloque d'études japonaises de l'Université Marc Bloch</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications orientalistes de France, pp.123-134, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00741810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3645,138 +3658,138 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pascal Crozet; Annick Horiuchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traduire, transposer, naturaliser : Les mécanismes de la transmission scientifique et la formation d’une langue scientifique moderne au XIXe siècle (Japon, Chine, Monde islamique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.i-xxx, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02965117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les savants japonais du XVIIe siècle face à l'héritage scientifique chinois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Horiuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabelle Ang; Pierre-Etienne Will. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombres, astres, plantes et viscères : sept essais sur l'histoire des sciences et des techniques en Asie Orientale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XXXV, Collège de France, Institut des Hautes Etudes Chinoises, pp.113-133, 1994, 2-85757-051-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04728329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId75"/>
+      <w:footerReference w:type="default" r:id="rId76"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3923,51 +3936,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527242v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Horiuchi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15055/0002000126" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176655v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848713v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15055/00007883" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344048v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/mni.2021.0006" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225395v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7221/sjlc04.0123.0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486160v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1600-0498.12202" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486171v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhs.722.0411" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620872v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/mni.2017.0010" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677907v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669158v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741690v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669034v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762290v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781206v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Struve" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte von Verschuer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.8306" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073960v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hayek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120690v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Cottegnies" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladan Niayesh," TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00553680v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00579019v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00335253v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006080v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Crozet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006078v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Girard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mieko Mace" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00335254v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412751v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412784v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371885v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263916v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412807v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935601v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155543v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003031v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv176ktd4.5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781990v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677906v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023574v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073961v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01077776v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677905v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Br&#233;ard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-1-4614-9155-2_8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943087v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Robert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947538v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00736754v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669033v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669036v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743748v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743749v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741810v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02965117v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04728329v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527242v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Horiuchi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15055/0002000126" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176655v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848713v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15055/00007883" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344048v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/mni.2021.0006" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225395v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7221/sjlc04.0123.0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486160v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1600-0498.12202" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486171v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhs.722.0411" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620872v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/mni.2017.0010" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677907v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669158v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00741690v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669034v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762290v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781206v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Struve" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte von Verschuer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.8306" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073960v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hayek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120690v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Cottegnies" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladan Niayesh," TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00553680v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00579019v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00335253v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006080v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Crozet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00006078v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Girard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mieko Mace" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00335254v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412751v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412784v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263916v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412807v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371885v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.purhindanube.eu/e-boutique/modalites-et-acteurs-de-la-transmission-au-japon/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935601v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155543v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02781990v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003031v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv176ktd4.5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677906v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073961v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01023574v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01077776v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677905v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Br&#233;ard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-1-4614-9155-2_8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943087v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Robert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947538v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00736754v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669033v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00669036v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743748v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743749v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741810v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02965117v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04728329v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>